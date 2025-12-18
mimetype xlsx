--- v0 (2025-10-04)
+++ v1 (2025-12-18)
@@ -12,79 +12,112 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Результати пошуку" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="427">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="437">
   <si>
     <t>Назва установи</t>
   </si>
   <si>
     <t>Дата підключення</t>
   </si>
   <si>
     <t>Код за ЄДРПОУ</t>
   </si>
   <si>
     <t>Статус у системі</t>
   </si>
   <si>
     <t>Абонентський вузол</t>
   </si>
   <si>
     <t>Коментарі</t>
   </si>
   <si>
+    <t>ТОВ "Опендатабот"</t>
+  </si>
+  <si>
+    <t>15.12.2025</t>
+  </si>
+  <si>
+    <t>En Абонент - надавач послуг</t>
+  </si>
+  <si>
+    <t>["Опендатабот"]</t>
+  </si>
+  <si>
+    <t>АТ “Укрзалізниця”</t>
+  </si>
+  <si>
+    <t>03.11.2025</t>
+  </si>
+  <si>
+    <t>["Укрзалізниця"]</t>
+  </si>
+  <si>
+    <t>ТОВ "ГАМА АПГРЕЙД"</t>
+  </si>
+  <si>
+    <t>24.10.2025</t>
+  </si>
+  <si>
+    <t>["Ranok"]</t>
+  </si>
+  <si>
+    <t>ТОВ ФК "УКРАЇНСЬКИЙ ПЛАТІЖНИЙ ЦЕНТР"</t>
+  </si>
+  <si>
+    <t>["rocketmoney","aerocash"]</t>
+  </si>
+  <si>
     <t>ГО «Черкаський інститут міста»</t>
   </si>
   <si>
     <t>01.10.2025</t>
   </si>
   <si>
-    <t>Абонент - надавач послуг</t>
-[...1 lines deleted...]
-  <si>
     <t>["Соціологічна служба Черкаського інституту міста"]</t>
   </si>
   <si>
     <t>ТОВ “ЛУН КО”</t>
   </si>
   <si>
     <t>13.08.2025</t>
   </si>
   <si>
     <t>["Мобільний застосунок ЛУН"]</t>
   </si>
   <si>
     <t>ТОВ «ФЛЕКСІПЕЙ УКРАЇНА»</t>
   </si>
   <si>
     <t>28.07.2025</t>
   </si>
   <si>
     <t>["Мобільний застосунок FlexiPay"]</t>
   </si>
   <si>
     <t>ТОВ "ФК" ЮНІТ"</t>
   </si>
   <si>
     <t>10.07.2025</t>
@@ -245,51 +278,51 @@
   <si>
     <t>ТОВ «КЛТ КРЕДИТ»</t>
   </si>
   <si>
     <t>11.03.2024</t>
   </si>
   <si>
     <t>["KLTCREDIT"]</t>
   </si>
   <si>
     <t>ТОВ «ОПТИМАЛЬНІ КРЕДИТИ»</t>
   </si>
   <si>
     <t>23.02.2024</t>
   </si>
   <si>
     <t>["Limon"]</t>
   </si>
   <si>
     <t>ТОВ «ФК «Є ГРОШІ»</t>
   </si>
   <si>
     <t>20.02.2024</t>
   </si>
   <si>
-    <t>["ТРАДИЦІЯ"]</t>
+    <t>["E-groshi"]</t>
   </si>
   <si>
     <t>ТОВ "СІРОКО ФІНАНС"</t>
   </si>
   <si>
     <t>19.02.2024</t>
   </si>
   <si>
     <t>["MONTO"]</t>
   </si>
   <si>
     <t>ТОВ «ФК «ТАЙГЕР ФІНАНС»</t>
   </si>
   <si>
     <t>14.02.2024</t>
   </si>
   <si>
     <t>["EwaCash"]</t>
   </si>
   <si>
     <t>ТОВ «ФК «АБЕКОР»</t>
   </si>
   <si>
     <t>04.01.2024</t>
   </si>
@@ -764,51 +797,51 @@
   <si>
     <t>["MRMONEY"]</t>
   </si>
   <si>
     <t>ТОВ "ФІНАНСОВА КОМПАНІЯ "НОВІ КРЕДИТИ"</t>
   </si>
   <si>
     <t>["NoviKredyty"]</t>
   </si>
   <si>
     <t>ТОВ "СЛОН КРЕДИТ"</t>
   </si>
   <si>
     <t>28.12.2020</t>
   </si>
   <si>
     <t>["SlonCredit"]</t>
   </si>
   <si>
     <t>ТОВ "БІЗПОЗИКА"</t>
   </si>
   <si>
     <t>24.12.2020</t>
   </si>
   <si>
-    <t>["Bizpozyka","Tpozyka"]</t>
+    <t>["Tpozyka","Bizpozyka"]</t>
   </si>
   <si>
     <t>ТОВ "ФІНТАРГЕТ"</t>
   </si>
   <si>
     <t>23.12.2020</t>
   </si>
   <si>
     <t>["microcash","FCredit"]</t>
   </si>
   <si>
     <t>ТОВ "СМАРТІВЕЙ ЮКРЕЙН"</t>
   </si>
   <si>
     <t>17.12.2020</t>
   </si>
   <si>
     <t>["Smartiway"]</t>
   </si>
   <si>
     <t>ТОВ "ЛІНЕУРА УКРАЇНА"</t>
   </si>
   <si>
     <t>09.12.2020</t>
   </si>
@@ -899,134 +932,131 @@
   <si>
     <t>ГО «ЕЛЕКТРОННА ДЕМОКРАТІЯ»</t>
   </si>
   <si>
     <t>28.03.2019</t>
   </si>
   <si>
     <t>["Електронна Демократія"]</t>
   </si>
   <si>
     <t>ГС «НАРОДНА ВЛАДА УКРАЇНИ»</t>
   </si>
   <si>
     <t>06.02.2019</t>
   </si>
   <si>
     <t>["Горизонтальна мережа «Зворотній зв'язок»"]</t>
   </si>
   <si>
     <t>ТОВ "МАНІВЕО ШВИДКА ФІНАНСОВА ДОПОМОГА"</t>
   </si>
   <si>
     <t>22.12.2018</t>
   </si>
   <si>
-    <t>["Мобільний додаток Moneyveo","Moneyveo","Veomini","Freecredit"]</t>
+    <t>["Moneyveo","Мобільний додаток Moneyveo","Veomini","Freecredit"]</t>
   </si>
   <si>
     <t>Державна служба України з питань геодезії, картографії та кадастру</t>
   </si>
   <si>
     <t>04.07.2018</t>
   </si>
   <si>
     <t>["ДЕРЖГЕОКАДАСТР"]</t>
   </si>
   <si>
     <t>ГО «СОЦІАЛ БУСТ»</t>
   </si>
   <si>
     <t>01.12.2016</t>
   </si>
   <si>
     <t>["Центр авторизації. Громадський Проект","Центр авторизації.DOSVIT"]</t>
   </si>
   <si>
     <t>Мінекономіки</t>
   </si>
   <si>
     <t>["Портал електронних сервісів Мінекономіки"]</t>
   </si>
   <si>
     <t>АТ "Піреус Банк МКБ"</t>
   </si>
   <si>
     <t>02.05.2024</t>
   </si>
   <si>
-    <t>Абонент - ідентифікатор</t>
+    <t>Абонент - ідентифікатор_en</t>
   </si>
   <si>
     <t>["Піреус Банк"]</t>
   </si>
   <si>
     <t>АТ «БАНК ІНВЕСТИЦІЙ ТА ЗАОЩАДЖЕНЬ»</t>
   </si>
   <si>
     <t>30.12.2022</t>
   </si>
   <si>
     <t>["Банк інвестицій та заощаджень"]</t>
   </si>
   <si>
     <t>АКБ “ІНДУСТРІАЛБАНК”</t>
   </si>
   <si>
     <t>10.08.2022</t>
   </si>
   <si>
     <t>["Індустріалбанк"]</t>
   </si>
   <si>
     <t>АБ «КЛІРИНГОВИЙ ДІМ»</t>
   </si>
   <si>
     <t>31.01.2022</t>
   </si>
   <si>
     <t>["БАНК КЛІРИНГОВИЙ ДІМ"]</t>
   </si>
   <si>
     <t>АТ "КРЕДІ АГРІКОЛЬ БАНК"</t>
   </si>
   <si>
     <t>23.12.2021</t>
   </si>
   <si>
     <t>["Креді Агріколь Банк"]</t>
   </si>
   <si>
     <t>АТ "РВС БАНК"</t>
   </si>
   <si>
     <t>25.11.2021</t>
   </si>
   <si>
-    <t>["РВС БАНК"]</t>
-[...1 lines deleted...]
-  <si>
     <t>АТ “Полтава-банк”</t>
   </si>
   <si>
     <t>09807595</t>
   </si>
   <si>
     <t>["Полтава-банк"]</t>
   </si>
   <si>
     <t>АТ "БАНК КРЕДИТ ДНІПРО"</t>
   </si>
   <si>
     <t>21.05.2021</t>
   </si>
   <si>
     <t>["БАНК КРЕДИТ ДНІПРО"]</t>
   </si>
   <si>
     <t>АТ "БАНК 3/4"</t>
   </si>
   <si>
     <t>23.04.2021</t>
   </si>
   <si>
     <t>["БАНК 3\/4"]</t>
@@ -1214,129 +1244,129 @@
   <si>
     <t>АТ "АБ "РАДАБАНК"</t>
   </si>
   <si>
     <t>02.03.2018</t>
   </si>
   <si>
     <t>["Радабанк"]</t>
   </si>
   <si>
     <t>АТ "Ощадбанк"</t>
   </si>
   <si>
     <t>00032129</t>
   </si>
   <si>
     <t>["Ощадбанк"]</t>
   </si>
   <si>
     <t>АТ «ЮНЕКС БАНК»</t>
   </si>
   <si>
     <t>28.01.2022</t>
   </si>
   <si>
-    <t>Абонент - ідентифікатор та надавач послуг</t>
+    <t>En Абонент - ідентифікатор та надавач послуг</t>
   </si>
   <si>
     <t>["Юнекс Банк","Юнекс Банк"]</t>
   </si>
   <si>
     <t>АБ "УКРГАЗБАНК"</t>
   </si>
   <si>
     <t>17.02.2021</t>
   </si>
   <si>
     <t>["УКРГАЗБАНК"]</t>
   </si>
   <si>
     <t>АТ "ТАСКОМБАНК"</t>
   </si>
   <si>
     <t>21.12.2020</t>
   </si>
   <si>
     <t>09806443</t>
   </si>
   <si>
     <t>["izibank (надавач послуг)","Таскомбанк","izibank"]</t>
   </si>
   <si>
     <t>АТ “КБ” ГЛОБУС”</t>
   </si>
   <si>
     <t>05.08.2020</t>
   </si>
   <si>
     <t>["Мобільний додаток GlobusPlus","БАНК ГЛОБУС"]</t>
   </si>
   <si>
     <t>ПАТ "МТБ БАНК"</t>
   </si>
   <si>
     <t>21.07.2020</t>
   </si>
   <si>
     <t>["XPAY","МТБ банк"]</t>
   </si>
   <si>
     <t>АТ «СЕНС БАНК»</t>
   </si>
   <si>
     <t>10.03.2020</t>
   </si>
   <si>
-    <t>["Sense Bank 2","Sense Bank"]</t>
+    <t>["Sense Bank","Sense Bank 2"]</t>
   </si>
   <si>
     <t>АТ "ПУМБ"</t>
   </si>
   <si>
     <t>17.07.2019</t>
   </si>
   <si>
     <t>["Мобільний застосунок ПУМБ Online","ПУМБ"]</t>
   </si>
   <si>
     <t>АТ "Ідея Банк"</t>
   </si>
   <si>
     <t>28.12.2018</t>
   </si>
   <si>
     <t>["Мобільний застосунок O.Bank 2.0.","Ідея банк"]</t>
   </si>
   <si>
-    <t>ПАТ "БАНК ВОСТОК"</t>
+    <t>АТ "ВСТ БАНК"</t>
   </si>
   <si>
     <t>20.12.2018</t>
   </si>
   <si>
-    <t>["Банк ВОСТОК"]</t>
+    <t>["ВСТ БАНК"]</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1657,2433 +1687,2501 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F139"/>
+  <dimension ref="A1:F143"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="40" customWidth="true" style="0"/>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
     <col min="3" max="3" width="10" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="75" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>6</v>
       </c>
       <c r="B2" t="s">
         <v>7</v>
       </c>
       <c r="C2">
-        <v>39770832</v>
+        <v>44487664</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
         <v>10</v>
       </c>
       <c r="B3" t="s">
         <v>11</v>
       </c>
       <c r="C3">
-        <v>41624867</v>
+        <v>40075815</v>
       </c>
       <c r="D3" t="s">
         <v>8</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
         <v>13</v>
       </c>
       <c r="B4" t="s">
         <v>14</v>
       </c>
       <c r="C4">
-        <v>45573680</v>
+        <v>41919810</v>
       </c>
       <c r="D4" t="s">
         <v>8</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
         <v>16</v>
       </c>
       <c r="B5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C5">
+        <v>39898755</v>
+      </c>
+      <c r="D5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E5" t="s">
         <v>17</v>
-      </c>
-[...7 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
+        <v>18</v>
+      </c>
+      <c r="B6" t="s">
         <v>19</v>
       </c>
-      <c r="B6" t="s">
+      <c r="C6">
+        <v>39770832</v>
+      </c>
+      <c r="D6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E6" t="s">
         <v>20</v>
-      </c>
-[...7 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
+        <v>21</v>
+      </c>
+      <c r="B7" t="s">
         <v>22</v>
       </c>
-      <c r="B7" t="s">
+      <c r="C7">
+        <v>41624867</v>
+      </c>
+      <c r="D7" t="s">
+        <v>8</v>
+      </c>
+      <c r="E7" t="s">
         <v>23</v>
-      </c>
-[...7 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
+        <v>24</v>
+      </c>
+      <c r="B8" t="s">
         <v>25</v>
       </c>
-      <c r="B8" t="s">
+      <c r="C8">
+        <v>45573680</v>
+      </c>
+      <c r="D8" t="s">
+        <v>8</v>
+      </c>
+      <c r="E8" t="s">
         <v>26</v>
-      </c>
-[...7 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
+        <v>27</v>
+      </c>
+      <c r="B9" t="s">
         <v>28</v>
       </c>
-      <c r="B9" t="s">
+      <c r="C9">
+        <v>43484903</v>
+      </c>
+      <c r="D9" t="s">
+        <v>8</v>
+      </c>
+      <c r="E9" t="s">
         <v>29</v>
-      </c>
-[...7 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
+        <v>30</v>
+      </c>
+      <c r="B10" t="s">
         <v>31</v>
       </c>
-      <c r="B10" t="s">
+      <c r="C10">
+        <v>43709072</v>
+      </c>
+      <c r="D10" t="s">
+        <v>8</v>
+      </c>
+      <c r="E10" t="s">
         <v>32</v>
-      </c>
-[...7 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
+        <v>33</v>
+      </c>
+      <c r="B11" t="s">
         <v>34</v>
       </c>
-      <c r="B11" t="s">
+      <c r="C11">
+        <v>44087176</v>
+      </c>
+      <c r="D11" t="s">
+        <v>8</v>
+      </c>
+      <c r="E11" t="s">
         <v>35</v>
-      </c>
-[...7 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
+        <v>36</v>
+      </c>
+      <c r="B12" t="s">
         <v>37</v>
       </c>
-      <c r="B12" t="s">
+      <c r="C12">
+        <v>44630255</v>
+      </c>
+      <c r="D12" t="s">
+        <v>8</v>
+      </c>
+      <c r="E12" t="s">
         <v>38</v>
-      </c>
-[...7 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
+        <v>39</v>
+      </c>
+      <c r="B13" t="s">
         <v>40</v>
       </c>
-      <c r="B13" t="s">
+      <c r="C13">
+        <v>30929821</v>
+      </c>
+      <c r="D13" t="s">
+        <v>8</v>
+      </c>
+      <c r="E13" t="s">
         <v>41</v>
-      </c>
-[...7 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
+        <v>42</v>
+      </c>
+      <c r="B14" t="s">
         <v>43</v>
       </c>
-      <c r="B14" t="s">
+      <c r="C14">
+        <v>36301402</v>
+      </c>
+      <c r="D14" t="s">
+        <v>8</v>
+      </c>
+      <c r="E14" t="s">
         <v>44</v>
-      </c>
-[...7 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
+        <v>45</v>
+      </c>
+      <c r="B15" t="s">
+        <v>46</v>
+      </c>
+      <c r="C15">
+        <v>42298246</v>
+      </c>
+      <c r="D15" t="s">
+        <v>8</v>
+      </c>
+      <c r="E15" t="s">
         <v>47</v>
-      </c>
-[...10 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
+        <v>48</v>
+      </c>
+      <c r="B16" t="s">
+        <v>49</v>
+      </c>
+      <c r="C16">
+        <v>30965875</v>
+      </c>
+      <c r="D16" t="s">
+        <v>8</v>
+      </c>
+      <c r="E16" t="s">
         <v>50</v>
-      </c>
-[...10 lines deleted...]
-        <v>52</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
+        <v>51</v>
+      </c>
+      <c r="B17" t="s">
+        <v>52</v>
+      </c>
+      <c r="C17">
+        <v>45005082</v>
+      </c>
+      <c r="D17" t="s">
+        <v>8</v>
+      </c>
+      <c r="E17" t="s">
         <v>53</v>
-      </c>
-[...10 lines deleted...]
-        <v>55</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
+        <v>54</v>
+      </c>
+      <c r="B18" t="s">
+        <v>55</v>
+      </c>
+      <c r="C18" t="s">
         <v>56</v>
       </c>
-      <c r="B18" t="s">
+      <c r="D18" t="s">
+        <v>8</v>
+      </c>
+      <c r="E18" t="s">
         <v>57</v>
-      </c>
-[...7 lines deleted...]
-        <v>58</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" t="s">
+        <v>58</v>
+      </c>
+      <c r="B19" t="s">
         <v>59</v>
       </c>
-      <c r="B19" t="s">
+      <c r="C19">
+        <v>25943180</v>
+      </c>
+      <c r="D19" t="s">
+        <v>8</v>
+      </c>
+      <c r="E19" t="s">
         <v>60</v>
-      </c>
-[...7 lines deleted...]
-        <v>62</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" t="s">
+        <v>61</v>
+      </c>
+      <c r="B20" t="s">
+        <v>62</v>
+      </c>
+      <c r="C20">
+        <v>42016442</v>
+      </c>
+      <c r="D20" t="s">
+        <v>8</v>
+      </c>
+      <c r="E20" t="s">
         <v>63</v>
-      </c>
-[...10 lines deleted...]
-        <v>65</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" t="s">
+        <v>64</v>
+      </c>
+      <c r="B21" t="s">
+        <v>65</v>
+      </c>
+      <c r="C21">
+        <v>39261808</v>
+      </c>
+      <c r="D21" t="s">
+        <v>8</v>
+      </c>
+      <c r="E21" t="s">
         <v>66</v>
-      </c>
-[...10 lines deleted...]
-        <v>68</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" t="s">
+        <v>67</v>
+      </c>
+      <c r="B22" t="s">
+        <v>68</v>
+      </c>
+      <c r="C22">
+        <v>42761807</v>
+      </c>
+      <c r="D22" t="s">
+        <v>8</v>
+      </c>
+      <c r="E22" t="s">
         <v>69</v>
-      </c>
-[...10 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" t="s">
+        <v>70</v>
+      </c>
+      <c r="B23" t="s">
+        <v>71</v>
+      </c>
+      <c r="C23" t="s">
         <v>72</v>
       </c>
-      <c r="B23" t="s">
+      <c r="D23" t="s">
+        <v>8</v>
+      </c>
+      <c r="E23" t="s">
         <v>73</v>
-      </c>
-[...7 lines deleted...]
-        <v>74</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" t="s">
+        <v>74</v>
+      </c>
+      <c r="B24" t="s">
         <v>75</v>
       </c>
-      <c r="B24" t="s">
+      <c r="C24">
+        <v>41803222</v>
+      </c>
+      <c r="D24" t="s">
+        <v>8</v>
+      </c>
+      <c r="E24" t="s">
         <v>76</v>
-      </c>
-[...7 lines deleted...]
-        <v>77</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" t="s">
+        <v>77</v>
+      </c>
+      <c r="B25" t="s">
         <v>78</v>
       </c>
-      <c r="B25" t="s">
+      <c r="C25">
+        <v>44653728</v>
+      </c>
+      <c r="D25" t="s">
+        <v>8</v>
+      </c>
+      <c r="E25" t="s">
         <v>79</v>
-      </c>
-[...7 lines deleted...]
-        <v>80</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" t="s">
+        <v>80</v>
+      </c>
+      <c r="B26" t="s">
         <v>81</v>
       </c>
-      <c r="B26" t="s">
+      <c r="C26">
+        <v>40076206</v>
+      </c>
+      <c r="D26" t="s">
+        <v>8</v>
+      </c>
+      <c r="E26" t="s">
         <v>82</v>
-      </c>
-[...7 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" t="s">
+        <v>83</v>
+      </c>
+      <c r="B27" t="s">
         <v>84</v>
       </c>
-      <c r="B27" t="s">
+      <c r="C27">
+        <v>42780924</v>
+      </c>
+      <c r="D27" t="s">
+        <v>8</v>
+      </c>
+      <c r="E27" t="s">
         <v>85</v>
-      </c>
-[...7 lines deleted...]
-        <v>86</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" t="s">
+        <v>86</v>
+      </c>
+      <c r="B28" t="s">
         <v>87</v>
       </c>
-      <c r="B28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C28">
-        <v>41466388</v>
+        <v>43509084</v>
       </c>
       <c r="D28" t="s">
         <v>8</v>
       </c>
       <c r="E28" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" t="s">
         <v>89</v>
       </c>
       <c r="B29" t="s">
         <v>90</v>
       </c>
       <c r="C29">
-        <v>45179093</v>
+        <v>42827134</v>
       </c>
       <c r="D29" t="s">
         <v>8</v>
       </c>
       <c r="E29" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" t="s">
         <v>92</v>
       </c>
       <c r="B30" t="s">
         <v>93</v>
       </c>
       <c r="C30">
-        <v>44332629</v>
+        <v>43561909</v>
       </c>
       <c r="D30" t="s">
         <v>8</v>
       </c>
       <c r="E30" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" t="s">
         <v>95</v>
       </c>
       <c r="B31" t="s">
         <v>96</v>
       </c>
       <c r="C31">
-        <v>42024152</v>
+        <v>39287145</v>
       </c>
       <c r="D31" t="s">
         <v>8</v>
       </c>
       <c r="E31" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" t="s">
         <v>98</v>
       </c>
       <c r="B32" t="s">
+        <v>96</v>
+      </c>
+      <c r="C32">
+        <v>41466388</v>
+      </c>
+      <c r="D32" t="s">
+        <v>8</v>
+      </c>
+      <c r="E32" t="s">
         <v>99</v>
-      </c>
-[...7 lines deleted...]
-        <v>100</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" t="s">
+        <v>100</v>
+      </c>
+      <c r="B33" t="s">
         <v>101</v>
       </c>
-      <c r="B33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C33">
-        <v>43275743</v>
+        <v>45179093</v>
       </c>
       <c r="D33" t="s">
         <v>8</v>
       </c>
       <c r="E33" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" t="s">
         <v>103</v>
       </c>
       <c r="B34" t="s">
         <v>104</v>
       </c>
       <c r="C34">
-        <v>43564082</v>
+        <v>44332629</v>
       </c>
       <c r="D34" t="s">
         <v>8</v>
       </c>
       <c r="E34" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" t="s">
         <v>106</v>
       </c>
       <c r="B35" t="s">
         <v>107</v>
       </c>
       <c r="C35">
-        <v>44022416</v>
+        <v>42024152</v>
       </c>
       <c r="D35" t="s">
         <v>8</v>
       </c>
       <c r="E35" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" t="s">
         <v>109</v>
       </c>
       <c r="B36" t="s">
         <v>110</v>
       </c>
-      <c r="C36" t="s">
+      <c r="C36">
+        <v>42806643</v>
+      </c>
+      <c r="D36" t="s">
+        <v>8</v>
+      </c>
+      <c r="E36" t="s">
         <v>111</v>
-      </c>
-[...4 lines deleted...]
-        <v>112</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" t="s">
+        <v>112</v>
+      </c>
+      <c r="B37" t="s">
+        <v>110</v>
+      </c>
+      <c r="C37">
+        <v>43275743</v>
+      </c>
+      <c r="D37" t="s">
+        <v>8</v>
+      </c>
+      <c r="E37" t="s">
         <v>113</v>
-      </c>
-[...10 lines deleted...]
-        <v>115</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" t="s">
+        <v>114</v>
+      </c>
+      <c r="B38" t="s">
+        <v>115</v>
+      </c>
+      <c r="C38">
+        <v>43564082</v>
+      </c>
+      <c r="D38" t="s">
+        <v>8</v>
+      </c>
+      <c r="E38" t="s">
         <v>116</v>
-      </c>
-[...10 lines deleted...]
-        <v>118</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39" t="s">
+        <v>117</v>
+      </c>
+      <c r="B39" t="s">
+        <v>118</v>
+      </c>
+      <c r="C39">
+        <v>44022416</v>
+      </c>
+      <c r="D39" t="s">
+        <v>8</v>
+      </c>
+      <c r="E39" t="s">
         <v>119</v>
-      </c>
-[...10 lines deleted...]
-        <v>121</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" t="s">
+        <v>120</v>
+      </c>
+      <c r="B40" t="s">
+        <v>121</v>
+      </c>
+      <c r="C40" t="s">
         <v>122</v>
       </c>
-      <c r="B40" t="s">
+      <c r="D40" t="s">
+        <v>8</v>
+      </c>
+      <c r="E40" t="s">
         <v>123</v>
-      </c>
-[...7 lines deleted...]
-        <v>124</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" t="s">
+        <v>124</v>
+      </c>
+      <c r="B41" t="s">
         <v>125</v>
       </c>
-      <c r="B41" t="s">
+      <c r="C41">
+        <v>44059032</v>
+      </c>
+      <c r="D41" t="s">
+        <v>8</v>
+      </c>
+      <c r="E41" t="s">
         <v>126</v>
-      </c>
-[...7 lines deleted...]
-        <v>127</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" t="s">
+        <v>127</v>
+      </c>
+      <c r="B42" t="s">
         <v>128</v>
       </c>
-      <c r="B42" t="s">
+      <c r="C42">
+        <v>43868852</v>
+      </c>
+      <c r="D42" t="s">
+        <v>8</v>
+      </c>
+      <c r="E42" t="s">
         <v>129</v>
-      </c>
-[...7 lines deleted...]
-        <v>130</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" t="s">
+        <v>130</v>
+      </c>
+      <c r="B43" t="s">
         <v>131</v>
       </c>
-      <c r="B43" t="s">
+      <c r="C43">
+        <v>35142329</v>
+      </c>
+      <c r="D43" t="s">
+        <v>8</v>
+      </c>
+      <c r="E43" t="s">
         <v>132</v>
-      </c>
-[...7 lines deleted...]
-        <v>133</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" t="s">
+        <v>133</v>
+      </c>
+      <c r="B44" t="s">
         <v>134</v>
       </c>
-      <c r="B44" t="s">
+      <c r="C44">
+        <v>43967501</v>
+      </c>
+      <c r="D44" t="s">
+        <v>8</v>
+      </c>
+      <c r="E44" t="s">
         <v>135</v>
-      </c>
-[...7 lines deleted...]
-        <v>136</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" t="s">
+        <v>136</v>
+      </c>
+      <c r="B45" t="s">
         <v>137</v>
       </c>
-      <c r="B45" t="s">
+      <c r="C45">
+        <v>44620708</v>
+      </c>
+      <c r="D45" t="s">
+        <v>8</v>
+      </c>
+      <c r="E45" t="s">
         <v>138</v>
-      </c>
-[...7 lines deleted...]
-        <v>139</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="A46" t="s">
+        <v>139</v>
+      </c>
+      <c r="B46" t="s">
         <v>140</v>
       </c>
-      <c r="B46" t="s">
+      <c r="C46">
+        <v>43805813</v>
+      </c>
+      <c r="D46" t="s">
+        <v>8</v>
+      </c>
+      <c r="E46" t="s">
         <v>141</v>
-      </c>
-[...7 lines deleted...]
-        <v>142</v>
       </c>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" t="s">
+        <v>142</v>
+      </c>
+      <c r="B47" t="s">
         <v>143</v>
       </c>
-      <c r="B47" t="s">
+      <c r="C47">
+        <v>33908322</v>
+      </c>
+      <c r="D47" t="s">
+        <v>8</v>
+      </c>
+      <c r="E47" t="s">
         <v>144</v>
-      </c>
-[...7 lines deleted...]
-        <v>145</v>
       </c>
     </row>
     <row r="48" spans="1:6">
       <c r="A48" t="s">
+        <v>145</v>
+      </c>
+      <c r="B48" t="s">
         <v>146</v>
       </c>
-      <c r="B48" t="s">
+      <c r="C48">
+        <v>41916045</v>
+      </c>
+      <c r="D48" t="s">
+        <v>8</v>
+      </c>
+      <c r="E48" t="s">
         <v>147</v>
-      </c>
-[...7 lines deleted...]
-        <v>148</v>
       </c>
     </row>
     <row r="49" spans="1:6">
       <c r="A49" t="s">
+        <v>148</v>
+      </c>
+      <c r="B49" t="s">
         <v>149</v>
       </c>
-      <c r="B49" t="s">
+      <c r="C49">
+        <v>35310044</v>
+      </c>
+      <c r="D49" t="s">
+        <v>8</v>
+      </c>
+      <c r="E49" t="s">
         <v>150</v>
-      </c>
-[...7 lines deleted...]
-        <v>151</v>
       </c>
     </row>
     <row r="50" spans="1:6">
       <c r="A50" t="s">
+        <v>151</v>
+      </c>
+      <c r="B50" t="s">
         <v>152</v>
       </c>
-      <c r="B50" t="s">
+      <c r="C50">
+        <v>21673832</v>
+      </c>
+      <c r="D50" t="s">
+        <v>8</v>
+      </c>
+      <c r="E50" t="s">
         <v>153</v>
-      </c>
-[...7 lines deleted...]
-        <v>154</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" t="s">
+        <v>154</v>
+      </c>
+      <c r="B51" t="s">
         <v>155</v>
       </c>
-      <c r="B51" t="s">
+      <c r="C51">
+        <v>40474269</v>
+      </c>
+      <c r="D51" t="s">
+        <v>8</v>
+      </c>
+      <c r="E51" t="s">
         <v>156</v>
-      </c>
-[...7 lines deleted...]
-        <v>157</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" t="s">
+        <v>157</v>
+      </c>
+      <c r="B52" t="s">
         <v>158</v>
       </c>
-      <c r="B52" t="s">
+      <c r="C52">
+        <v>33691415</v>
+      </c>
+      <c r="D52" t="s">
+        <v>8</v>
+      </c>
+      <c r="E52" t="s">
         <v>159</v>
-      </c>
-[...7 lines deleted...]
-        <v>160</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="A53" t="s">
+        <v>160</v>
+      </c>
+      <c r="B53" t="s">
         <v>161</v>
       </c>
-      <c r="B53" t="s">
+      <c r="C53">
+        <v>34299140</v>
+      </c>
+      <c r="D53" t="s">
+        <v>8</v>
+      </c>
+      <c r="E53" t="s">
         <v>162</v>
-      </c>
-[...7 lines deleted...]
-        <v>163</v>
       </c>
     </row>
     <row r="54" spans="1:6">
       <c r="A54" t="s">
+        <v>163</v>
+      </c>
+      <c r="B54" t="s">
         <v>164</v>
       </c>
-      <c r="B54" t="s">
+      <c r="C54">
+        <v>36086124</v>
+      </c>
+      <c r="D54" t="s">
+        <v>8</v>
+      </c>
+      <c r="E54" t="s">
         <v>165</v>
-      </c>
-[...7 lines deleted...]
-        <v>166</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" t="s">
+        <v>166</v>
+      </c>
+      <c r="B55" t="s">
         <v>167</v>
       </c>
-      <c r="B55" t="s">
+      <c r="C55">
+        <v>43058787</v>
+      </c>
+      <c r="D55" t="s">
+        <v>8</v>
+      </c>
+      <c r="E55" t="s">
         <v>168</v>
-      </c>
-[...7 lines deleted...]
-        <v>169</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" t="s">
+        <v>169</v>
+      </c>
+      <c r="B56" t="s">
         <v>170</v>
       </c>
-      <c r="B56" t="s">
+      <c r="C56">
+        <v>14333937</v>
+      </c>
+      <c r="D56" t="s">
+        <v>8</v>
+      </c>
+      <c r="E56" t="s">
         <v>171</v>
-      </c>
-[...7 lines deleted...]
-        <v>172</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="A57" t="s">
+        <v>172</v>
+      </c>
+      <c r="B57" t="s">
         <v>173</v>
       </c>
-      <c r="B57" t="s">
+      <c r="C57">
+        <v>35429675</v>
+      </c>
+      <c r="D57" t="s">
+        <v>8</v>
+      </c>
+      <c r="E57" t="s">
         <v>174</v>
-      </c>
-[...7 lines deleted...]
-        <v>175</v>
       </c>
     </row>
     <row r="58" spans="1:6">
       <c r="A58" t="s">
+        <v>175</v>
+      </c>
+      <c r="B58" t="s">
         <v>176</v>
       </c>
-      <c r="B58" t="s">
+      <c r="C58">
+        <v>39977606</v>
+      </c>
+      <c r="D58" t="s">
+        <v>8</v>
+      </c>
+      <c r="E58" t="s">
         <v>177</v>
-      </c>
-[...7 lines deleted...]
-        <v>178</v>
       </c>
     </row>
     <row r="59" spans="1:6">
       <c r="A59" t="s">
+        <v>178</v>
+      </c>
+      <c r="B59" t="s">
         <v>179</v>
       </c>
-      <c r="B59" t="s">
+      <c r="C59">
+        <v>43395033</v>
+      </c>
+      <c r="D59" t="s">
+        <v>8</v>
+      </c>
+      <c r="E59" t="s">
         <v>180</v>
-      </c>
-[...7 lines deleted...]
-        <v>182</v>
       </c>
     </row>
     <row r="60" spans="1:6">
       <c r="A60" t="s">
+        <v>181</v>
+      </c>
+      <c r="B60" t="s">
+        <v>182</v>
+      </c>
+      <c r="C60">
+        <v>35624670</v>
+      </c>
+      <c r="D60" t="s">
+        <v>8</v>
+      </c>
+      <c r="E60" t="s">
         <v>183</v>
-      </c>
-[...10 lines deleted...]
-        <v>185</v>
       </c>
     </row>
     <row r="61" spans="1:6">
       <c r="A61" t="s">
+        <v>184</v>
+      </c>
+      <c r="B61" t="s">
+        <v>185</v>
+      </c>
+      <c r="C61">
+        <v>39551837</v>
+      </c>
+      <c r="D61" t="s">
+        <v>8</v>
+      </c>
+      <c r="E61" t="s">
         <v>186</v>
-      </c>
-[...10 lines deleted...]
-        <v>188</v>
       </c>
     </row>
     <row r="62" spans="1:6">
       <c r="A62" t="s">
+        <v>187</v>
+      </c>
+      <c r="B62" t="s">
+        <v>188</v>
+      </c>
+      <c r="C62">
+        <v>37973945</v>
+      </c>
+      <c r="D62" t="s">
+        <v>8</v>
+      </c>
+      <c r="E62" t="s">
         <v>189</v>
-      </c>
-[...10 lines deleted...]
-        <v>191</v>
       </c>
     </row>
     <row r="63" spans="1:6">
       <c r="A63" t="s">
+        <v>190</v>
+      </c>
+      <c r="B63" t="s">
+        <v>191</v>
+      </c>
+      <c r="C63" t="s">
         <v>192</v>
       </c>
-      <c r="B63" t="s">
+      <c r="D63" t="s">
+        <v>8</v>
+      </c>
+      <c r="E63" t="s">
         <v>193</v>
-      </c>
-[...7 lines deleted...]
-        <v>194</v>
       </c>
     </row>
     <row r="64" spans="1:6">
       <c r="A64" t="s">
+        <v>194</v>
+      </c>
+      <c r="B64" t="s">
         <v>195</v>
       </c>
-      <c r="B64" t="s">
+      <c r="C64">
+        <v>40860735</v>
+      </c>
+      <c r="D64" t="s">
+        <v>8</v>
+      </c>
+      <c r="E64" t="s">
         <v>196</v>
-      </c>
-[...7 lines deleted...]
-        <v>197</v>
       </c>
     </row>
     <row r="65" spans="1:6">
       <c r="A65" t="s">
+        <v>197</v>
+      </c>
+      <c r="B65" t="s">
         <v>198</v>
       </c>
-      <c r="B65" t="s">
+      <c r="C65">
+        <v>43601144</v>
+      </c>
+      <c r="D65" t="s">
+        <v>8</v>
+      </c>
+      <c r="E65" t="s">
         <v>199</v>
-      </c>
-[...7 lines deleted...]
-        <v>200</v>
       </c>
     </row>
     <row r="66" spans="1:6">
       <c r="A66" t="s">
+        <v>200</v>
+      </c>
+      <c r="B66" t="s">
         <v>201</v>
       </c>
-      <c r="B66" t="s">
+      <c r="C66">
+        <v>41526967</v>
+      </c>
+      <c r="D66" t="s">
+        <v>8</v>
+      </c>
+      <c r="E66" t="s">
         <v>202</v>
-      </c>
-[...7 lines deleted...]
-        <v>203</v>
       </c>
     </row>
     <row r="67" spans="1:6">
       <c r="A67" t="s">
+        <v>203</v>
+      </c>
+      <c r="B67" t="s">
         <v>204</v>
       </c>
-      <c r="B67" t="s">
+      <c r="C67">
+        <v>43174156</v>
+      </c>
+      <c r="D67" t="s">
+        <v>8</v>
+      </c>
+      <c r="E67" t="s">
         <v>205</v>
-      </c>
-[...7 lines deleted...]
-        <v>206</v>
       </c>
     </row>
     <row r="68" spans="1:6">
       <c r="A68" t="s">
+        <v>206</v>
+      </c>
+      <c r="B68" t="s">
         <v>207</v>
       </c>
-      <c r="B68" t="s">
+      <c r="C68">
+        <v>41125531</v>
+      </c>
+      <c r="D68" t="s">
+        <v>8</v>
+      </c>
+      <c r="E68" t="s">
         <v>208</v>
-      </c>
-[...7 lines deleted...]
-        <v>209</v>
       </c>
     </row>
     <row r="69" spans="1:6">
       <c r="A69" t="s">
+        <v>209</v>
+      </c>
+      <c r="B69" t="s">
         <v>210</v>
       </c>
-      <c r="B69" t="s">
+      <c r="C69">
+        <v>43979069</v>
+      </c>
+      <c r="D69" t="s">
+        <v>8</v>
+      </c>
+      <c r="E69" t="s">
         <v>211</v>
-      </c>
-[...7 lines deleted...]
-        <v>212</v>
       </c>
     </row>
     <row r="70" spans="1:6">
       <c r="A70" t="s">
+        <v>212</v>
+      </c>
+      <c r="B70" t="s">
         <v>213</v>
       </c>
-      <c r="B70" t="s">
+      <c r="C70">
+        <v>42146903</v>
+      </c>
+      <c r="D70" t="s">
+        <v>8</v>
+      </c>
+      <c r="E70" t="s">
         <v>214</v>
-      </c>
-[...7 lines deleted...]
-        <v>215</v>
       </c>
     </row>
     <row r="71" spans="1:6">
       <c r="A71" t="s">
+        <v>215</v>
+      </c>
+      <c r="B71" t="s">
         <v>216</v>
       </c>
-      <c r="B71" t="s">
+      <c r="C71">
+        <v>37615055</v>
+      </c>
+      <c r="D71" t="s">
+        <v>8</v>
+      </c>
+      <c r="E71" t="s">
         <v>217</v>
-      </c>
-[...7 lines deleted...]
-        <v>218</v>
       </c>
     </row>
     <row r="72" spans="1:6">
       <c r="A72" t="s">
+        <v>218</v>
+      </c>
+      <c r="B72" t="s">
         <v>219</v>
       </c>
-      <c r="B72" t="s">
+      <c r="C72">
+        <v>39487128</v>
+      </c>
+      <c r="D72" t="s">
+        <v>8</v>
+      </c>
+      <c r="E72" t="s">
         <v>220</v>
-      </c>
-[...7 lines deleted...]
-        <v>221</v>
       </c>
     </row>
     <row r="73" spans="1:6">
       <c r="A73" t="s">
+        <v>221</v>
+      </c>
+      <c r="B73" t="s">
         <v>222</v>
       </c>
-      <c r="B73" t="s">
+      <c r="C73">
+        <v>42014911</v>
+      </c>
+      <c r="D73" t="s">
+        <v>8</v>
+      </c>
+      <c r="E73" t="s">
         <v>223</v>
-      </c>
-[...7 lines deleted...]
-        <v>224</v>
       </c>
     </row>
     <row r="74" spans="1:6">
       <c r="A74" t="s">
+        <v>224</v>
+      </c>
+      <c r="B74" t="s">
         <v>225</v>
       </c>
-      <c r="B74" t="s">
+      <c r="C74">
+        <v>34735259</v>
+      </c>
+      <c r="D74" t="s">
+        <v>8</v>
+      </c>
+      <c r="E74" t="s">
         <v>226</v>
-      </c>
-[...7 lines deleted...]
-        <v>227</v>
       </c>
     </row>
     <row r="75" spans="1:6">
       <c r="A75" t="s">
+        <v>227</v>
+      </c>
+      <c r="B75" t="s">
         <v>228</v>
       </c>
-      <c r="B75" t="s">
+      <c r="C75">
+        <v>40966896</v>
+      </c>
+      <c r="D75" t="s">
+        <v>8</v>
+      </c>
+      <c r="E75" t="s">
         <v>229</v>
-      </c>
-[...7 lines deleted...]
-        <v>230</v>
       </c>
     </row>
     <row r="76" spans="1:6">
       <c r="A76" t="s">
+        <v>230</v>
+      </c>
+      <c r="B76" t="s">
         <v>231</v>
       </c>
-      <c r="B76" t="s">
+      <c r="C76">
+        <v>42359240</v>
+      </c>
+      <c r="D76" t="s">
+        <v>8</v>
+      </c>
+      <c r="E76" t="s">
         <v>232</v>
-      </c>
-[...7 lines deleted...]
-        <v>233</v>
       </c>
     </row>
     <row r="77" spans="1:6">
       <c r="A77" t="s">
+        <v>233</v>
+      </c>
+      <c r="B77" t="s">
         <v>234</v>
       </c>
-      <c r="B77" t="s">
+      <c r="C77">
+        <v>43240883</v>
+      </c>
+      <c r="D77" t="s">
+        <v>8</v>
+      </c>
+      <c r="E77" t="s">
         <v>235</v>
-      </c>
-[...7 lines deleted...]
-        <v>236</v>
       </c>
     </row>
     <row r="78" spans="1:6">
       <c r="A78" t="s">
+        <v>236</v>
+      </c>
+      <c r="B78" t="s">
         <v>237</v>
       </c>
-      <c r="B78" t="s">
+      <c r="C78">
+        <v>22859846</v>
+      </c>
+      <c r="D78" t="s">
+        <v>8</v>
+      </c>
+      <c r="E78" t="s">
         <v>238</v>
-      </c>
-[...7 lines deleted...]
-        <v>239</v>
       </c>
     </row>
     <row r="79" spans="1:6">
       <c r="A79" t="s">
+        <v>239</v>
+      </c>
+      <c r="B79" t="s">
         <v>240</v>
       </c>
-      <c r="B79" t="s">
+      <c r="C79">
+        <v>43564077</v>
+      </c>
+      <c r="D79" t="s">
+        <v>8</v>
+      </c>
+      <c r="E79" t="s">
         <v>241</v>
-      </c>
-[...7 lines deleted...]
-        <v>242</v>
       </c>
     </row>
     <row r="80" spans="1:6">
       <c r="A80" t="s">
+        <v>242</v>
+      </c>
+      <c r="B80" t="s">
         <v>243</v>
       </c>
-      <c r="B80" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C80">
-        <v>42152351</v>
+        <v>41346335</v>
       </c>
       <c r="D80" t="s">
         <v>8</v>
       </c>
       <c r="E80" t="s">
         <v>244</v>
       </c>
     </row>
     <row r="81" spans="1:6">
       <c r="A81" t="s">
         <v>245</v>
       </c>
       <c r="B81" t="s">
         <v>246</v>
       </c>
       <c r="C81">
-        <v>42350798</v>
+        <v>39952398</v>
       </c>
       <c r="D81" t="s">
         <v>8</v>
       </c>
       <c r="E81" t="s">
         <v>247</v>
       </c>
     </row>
     <row r="82" spans="1:6">
       <c r="A82" t="s">
         <v>248</v>
       </c>
       <c r="B82" t="s">
         <v>249</v>
       </c>
       <c r="C82">
-        <v>41084239</v>
+        <v>42427514</v>
       </c>
       <c r="D82" t="s">
         <v>8</v>
       </c>
       <c r="E82" t="s">
         <v>250</v>
       </c>
     </row>
     <row r="83" spans="1:6">
       <c r="A83" t="s">
         <v>251</v>
       </c>
       <c r="B83" t="s">
         <v>252</v>
       </c>
       <c r="C83">
-        <v>41955906</v>
+        <v>40660160</v>
       </c>
       <c r="D83" t="s">
         <v>8</v>
       </c>
       <c r="E83" t="s">
         <v>253</v>
       </c>
     </row>
     <row r="84" spans="1:6">
       <c r="A84" t="s">
         <v>254</v>
       </c>
       <c r="B84" t="s">
+        <v>252</v>
+      </c>
+      <c r="C84">
+        <v>42152351</v>
+      </c>
+      <c r="D84" t="s">
+        <v>8</v>
+      </c>
+      <c r="E84" t="s">
         <v>255</v>
-      </c>
-[...7 lines deleted...]
-        <v>256</v>
       </c>
     </row>
     <row r="85" spans="1:6">
       <c r="A85" t="s">
+        <v>256</v>
+      </c>
+      <c r="B85" t="s">
         <v>257</v>
       </c>
-      <c r="B85" t="s">
+      <c r="C85">
+        <v>42350798</v>
+      </c>
+      <c r="D85" t="s">
+        <v>8</v>
+      </c>
+      <c r="E85" t="s">
         <v>258</v>
-      </c>
-[...7 lines deleted...]
-        <v>259</v>
       </c>
     </row>
     <row r="86" spans="1:6">
       <c r="A86" t="s">
+        <v>259</v>
+      </c>
+      <c r="B86" t="s">
         <v>260</v>
       </c>
-      <c r="B86" t="s">
+      <c r="C86">
+        <v>41084239</v>
+      </c>
+      <c r="D86" t="s">
+        <v>8</v>
+      </c>
+      <c r="E86" t="s">
         <v>261</v>
-      </c>
-[...7 lines deleted...]
-        <v>262</v>
       </c>
     </row>
     <row r="87" spans="1:6">
       <c r="A87" t="s">
+        <v>262</v>
+      </c>
+      <c r="B87" t="s">
         <v>263</v>
       </c>
-      <c r="B87" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C87">
-        <v>38548598</v>
+        <v>41955906</v>
       </c>
       <c r="D87" t="s">
         <v>8</v>
       </c>
       <c r="E87" t="s">
         <v>264</v>
       </c>
     </row>
     <row r="88" spans="1:6">
       <c r="A88" t="s">
         <v>265</v>
       </c>
       <c r="B88" t="s">
         <v>266</v>
       </c>
       <c r="C88">
-        <v>39861924</v>
+        <v>42038225</v>
       </c>
       <c r="D88" t="s">
         <v>8</v>
       </c>
       <c r="E88" t="s">
         <v>267</v>
       </c>
     </row>
     <row r="89" spans="1:6">
       <c r="A89" t="s">
         <v>268</v>
       </c>
       <c r="B89" t="s">
         <v>269</v>
       </c>
       <c r="C89">
-        <v>22530614</v>
+        <v>42753492</v>
       </c>
       <c r="D89" t="s">
         <v>8</v>
       </c>
       <c r="E89" t="s">
         <v>270</v>
       </c>
     </row>
     <row r="90" spans="1:6">
       <c r="A90" t="s">
         <v>271</v>
       </c>
       <c r="B90" t="s">
         <v>272</v>
       </c>
       <c r="C90">
-        <v>40484607</v>
+        <v>37356833</v>
       </c>
       <c r="D90" t="s">
         <v>8</v>
       </c>
       <c r="E90" t="s">
         <v>273</v>
       </c>
     </row>
     <row r="91" spans="1:6">
       <c r="A91" t="s">
         <v>274</v>
       </c>
       <c r="B91" t="s">
+        <v>272</v>
+      </c>
+      <c r="C91">
+        <v>38548598</v>
+      </c>
+      <c r="D91" t="s">
+        <v>8</v>
+      </c>
+      <c r="E91" t="s">
         <v>275</v>
-      </c>
-[...10 lines deleted...]
-        <v>277</v>
       </c>
     </row>
     <row r="92" spans="1:6">
       <c r="A92" t="s">
+        <v>276</v>
+      </c>
+      <c r="B92" t="s">
+        <v>277</v>
+      </c>
+      <c r="C92">
+        <v>39861924</v>
+      </c>
+      <c r="D92" t="s">
+        <v>8</v>
+      </c>
+      <c r="E92" t="s">
         <v>278</v>
-      </c>
-[...10 lines deleted...]
-        <v>280</v>
       </c>
     </row>
     <row r="93" spans="1:6">
       <c r="A93" t="s">
+        <v>279</v>
+      </c>
+      <c r="B93" t="s">
+        <v>280</v>
+      </c>
+      <c r="C93">
+        <v>22530614</v>
+      </c>
+      <c r="D93" t="s">
+        <v>8</v>
+      </c>
+      <c r="E93" t="s">
         <v>281</v>
-      </c>
-[...10 lines deleted...]
-        <v>283</v>
       </c>
     </row>
     <row r="94" spans="1:6">
       <c r="A94" t="s">
+        <v>282</v>
+      </c>
+      <c r="B94" t="s">
+        <v>283</v>
+      </c>
+      <c r="C94">
+        <v>40484607</v>
+      </c>
+      <c r="D94" t="s">
+        <v>8</v>
+      </c>
+      <c r="E94" t="s">
         <v>284</v>
-      </c>
-[...10 lines deleted...]
-        <v>286</v>
       </c>
     </row>
     <row r="95" spans="1:6">
       <c r="A95" t="s">
+        <v>285</v>
+      </c>
+      <c r="B95" t="s">
+        <v>286</v>
+      </c>
+      <c r="C95">
+        <v>21654295</v>
+      </c>
+      <c r="D95" t="s">
+        <v>8</v>
+      </c>
+      <c r="E95" t="s">
         <v>287</v>
       </c>
-      <c r="B95" t="s">
+      <c r="F95" t="s">
         <v>288</v>
-      </c>
-[...7 lines deleted...]
-        <v>289</v>
       </c>
     </row>
     <row r="96" spans="1:6">
       <c r="A96" t="s">
+        <v>289</v>
+      </c>
+      <c r="B96" t="s">
         <v>290</v>
       </c>
-      <c r="B96" t="s">
+      <c r="C96">
+        <v>41078230</v>
+      </c>
+      <c r="D96" t="s">
+        <v>8</v>
+      </c>
+      <c r="E96" t="s">
         <v>291</v>
-      </c>
-[...7 lines deleted...]
-        <v>292</v>
       </c>
     </row>
     <row r="97" spans="1:6">
       <c r="A97" t="s">
+        <v>292</v>
+      </c>
+      <c r="B97" t="s">
         <v>293</v>
       </c>
-      <c r="B97" t="s">
+      <c r="C97">
+        <v>35649564</v>
+      </c>
+      <c r="D97" t="s">
+        <v>8</v>
+      </c>
+      <c r="E97" t="s">
         <v>294</v>
-      </c>
-[...7 lines deleted...]
-        <v>295</v>
       </c>
     </row>
     <row r="98" spans="1:6">
       <c r="A98" t="s">
+        <v>295</v>
+      </c>
+      <c r="B98" t="s">
         <v>296</v>
       </c>
-      <c r="B98" t="s">
+      <c r="C98">
+        <v>33592899</v>
+      </c>
+      <c r="D98" t="s">
+        <v>8</v>
+      </c>
+      <c r="E98" t="s">
         <v>297</v>
-      </c>
-[...7 lines deleted...]
-        <v>298</v>
       </c>
     </row>
     <row r="99" spans="1:6">
       <c r="A99" t="s">
+        <v>298</v>
+      </c>
+      <c r="B99" t="s">
         <v>299</v>
       </c>
-      <c r="B99" t="s">
+      <c r="C99">
+        <v>39582446</v>
+      </c>
+      <c r="D99" t="s">
+        <v>8</v>
+      </c>
+      <c r="E99" t="s">
         <v>300</v>
-      </c>
-[...7 lines deleted...]
-        <v>301</v>
       </c>
     </row>
     <row r="100" spans="1:6">
       <c r="A100" t="s">
+        <v>301</v>
+      </c>
+      <c r="B100" t="s">
         <v>302</v>
       </c>
-      <c r="B100" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C100">
-        <v>37508596</v>
+        <v>42428722</v>
       </c>
       <c r="D100" t="s">
         <v>8</v>
       </c>
       <c r="E100" t="s">
         <v>303</v>
       </c>
     </row>
     <row r="101" spans="1:6">
       <c r="A101" t="s">
         <v>304</v>
       </c>
       <c r="B101" t="s">
         <v>305</v>
       </c>
       <c r="C101">
-        <v>20034231</v>
+        <v>38569246</v>
       </c>
       <c r="D101" t="s">
+        <v>8</v>
+      </c>
+      <c r="E101" t="s">
         <v>306</v>
-      </c>
-[...1 lines deleted...]
-        <v>307</v>
       </c>
     </row>
     <row r="102" spans="1:6">
       <c r="A102" t="s">
+        <v>307</v>
+      </c>
+      <c r="B102" t="s">
         <v>308</v>
       </c>
-      <c r="B102" t="s">
+      <c r="C102">
+        <v>39411771</v>
+      </c>
+      <c r="D102" t="s">
+        <v>8</v>
+      </c>
+      <c r="E102" t="s">
         <v>309</v>
-      </c>
-[...7 lines deleted...]
-        <v>310</v>
       </c>
     </row>
     <row r="103" spans="1:6">
       <c r="A103" t="s">
+        <v>310</v>
+      </c>
+      <c r="B103" t="s">
         <v>311</v>
       </c>
-      <c r="B103" t="s">
+      <c r="C103">
+        <v>39308772</v>
+      </c>
+      <c r="D103" t="s">
+        <v>8</v>
+      </c>
+      <c r="E103" t="s">
         <v>312</v>
-      </c>
-[...7 lines deleted...]
-        <v>313</v>
       </c>
     </row>
     <row r="104" spans="1:6">
       <c r="A104" t="s">
+        <v>313</v>
+      </c>
+      <c r="B104" t="s">
+        <v>311</v>
+      </c>
+      <c r="C104">
+        <v>37508596</v>
+      </c>
+      <c r="D104" t="s">
+        <v>8</v>
+      </c>
+      <c r="E104" t="s">
         <v>314</v>
-      </c>
-[...10 lines deleted...]
-        <v>316</v>
       </c>
     </row>
     <row r="105" spans="1:6">
       <c r="A105" t="s">
+        <v>315</v>
+      </c>
+      <c r="B105" t="s">
+        <v>316</v>
+      </c>
+      <c r="C105">
+        <v>20034231</v>
+      </c>
+      <c r="D105" t="s">
         <v>317</v>
       </c>
-      <c r="B105" t="s">
+      <c r="E105" t="s">
         <v>318</v>
-      </c>
-[...7 lines deleted...]
-        <v>319</v>
       </c>
     </row>
     <row r="106" spans="1:6">
       <c r="A106" t="s">
+        <v>319</v>
+      </c>
+      <c r="B106" t="s">
         <v>320</v>
       </c>
-      <c r="B106" t="s">
+      <c r="C106">
+        <v>33695095</v>
+      </c>
+      <c r="D106" t="s">
+        <v>317</v>
+      </c>
+      <c r="E106" t="s">
         <v>321</v>
-      </c>
-[...7 lines deleted...]
-        <v>322</v>
       </c>
     </row>
     <row r="107" spans="1:6">
       <c r="A107" t="s">
+        <v>322</v>
+      </c>
+      <c r="B107" t="s">
         <v>323</v>
       </c>
-      <c r="B107" t="s">
-[...2 lines deleted...]
-      <c r="C107" t="s">
+      <c r="C107">
+        <v>13857564</v>
+      </c>
+      <c r="D107" t="s">
+        <v>317</v>
+      </c>
+      <c r="E107" t="s">
         <v>324</v>
-      </c>
-[...4 lines deleted...]
-        <v>325</v>
       </c>
     </row>
     <row r="108" spans="1:6">
       <c r="A108" t="s">
+        <v>325</v>
+      </c>
+      <c r="B108" t="s">
         <v>326</v>
       </c>
-      <c r="B108" t="s">
+      <c r="C108">
+        <v>21665382</v>
+      </c>
+      <c r="D108" t="s">
+        <v>317</v>
+      </c>
+      <c r="E108" t="s">
         <v>327</v>
-      </c>
-[...7 lines deleted...]
-        <v>328</v>
       </c>
     </row>
     <row r="109" spans="1:6">
       <c r="A109" t="s">
+        <v>328</v>
+      </c>
+      <c r="B109" t="s">
         <v>329</v>
       </c>
-      <c r="B109" t="s">
+      <c r="C109">
+        <v>14361575</v>
+      </c>
+      <c r="D109" t="s">
+        <v>317</v>
+      </c>
+      <c r="E109" t="s">
         <v>330</v>
-      </c>
-[...7 lines deleted...]
-        <v>331</v>
       </c>
     </row>
     <row r="110" spans="1:6">
       <c r="A110" t="s">
+        <v>331</v>
+      </c>
+      <c r="B110" t="s">
         <v>332</v>
       </c>
-      <c r="B110" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C110">
-        <v>21580639</v>
+        <v>39849797</v>
       </c>
       <c r="D110" t="s">
-        <v>306</v>
+        <v>317</v>
       </c>
       <c r="E110" t="s">
-        <v>334</v>
+        <v>287</v>
       </c>
     </row>
     <row r="111" spans="1:6">
       <c r="A111" t="s">
+        <v>333</v>
+      </c>
+      <c r="B111" t="s">
+        <v>216</v>
+      </c>
+      <c r="C111" t="s">
+        <v>334</v>
+      </c>
+      <c r="D111" t="s">
+        <v>317</v>
+      </c>
+      <c r="E111" t="s">
         <v>335</v>
-      </c>
-[...10 lines deleted...]
-        <v>338</v>
       </c>
     </row>
     <row r="112" spans="1:6">
       <c r="A112" t="s">
-        <v>339</v>
+        <v>336</v>
       </c>
       <c r="B112" t="s">
-        <v>340</v>
+        <v>337</v>
       </c>
       <c r="C112">
-        <v>39544699</v>
+        <v>14352406</v>
       </c>
       <c r="D112" t="s">
-        <v>306</v>
+        <v>317</v>
       </c>
       <c r="E112" t="s">
-        <v>341</v>
+        <v>338</v>
       </c>
     </row>
     <row r="113" spans="1:6">
       <c r="A113" t="s">
-        <v>342</v>
+        <v>339</v>
       </c>
       <c r="B113" t="s">
-        <v>343</v>
-[...2 lines deleted...]
-        <v>344</v>
+        <v>340</v>
+      </c>
+      <c r="C113">
+        <v>36002395</v>
       </c>
       <c r="D113" t="s">
-        <v>306</v>
+        <v>317</v>
       </c>
       <c r="E113" t="s">
-        <v>345</v>
+        <v>341</v>
       </c>
     </row>
     <row r="114" spans="1:6">
       <c r="A114" t="s">
-        <v>346</v>
+        <v>342</v>
       </c>
       <c r="B114" t="s">
-        <v>235</v>
-[...2 lines deleted...]
-        <v>347</v>
+        <v>343</v>
+      </c>
+      <c r="C114">
+        <v>21580639</v>
       </c>
       <c r="D114" t="s">
-        <v>306</v>
+        <v>317</v>
       </c>
       <c r="E114" t="s">
-        <v>348</v>
+        <v>344</v>
       </c>
     </row>
     <row r="115" spans="1:6">
       <c r="A115" t="s">
-        <v>349</v>
+        <v>345</v>
       </c>
       <c r="B115" t="s">
-        <v>350</v>
-[...2 lines deleted...]
-        <v>19358784</v>
+        <v>346</v>
+      </c>
+      <c r="C115" t="s">
+        <v>347</v>
       </c>
       <c r="D115" t="s">
-        <v>306</v>
+        <v>317</v>
       </c>
       <c r="E115" t="s">
-        <v>351</v>
+        <v>348</v>
       </c>
     </row>
     <row r="116" spans="1:6">
       <c r="A116" t="s">
-        <v>352</v>
+        <v>349</v>
       </c>
       <c r="B116" t="s">
-        <v>353</v>
+        <v>350</v>
       </c>
       <c r="C116">
-        <v>14305909</v>
+        <v>39544699</v>
       </c>
       <c r="D116" t="s">
-        <v>306</v>
+        <v>317</v>
       </c>
       <c r="E116" t="s">
-        <v>354</v>
+        <v>351</v>
       </c>
     </row>
     <row r="117" spans="1:6">
       <c r="A117" t="s">
+        <v>352</v>
+      </c>
+      <c r="B117" t="s">
+        <v>353</v>
+      </c>
+      <c r="C117" t="s">
+        <v>354</v>
+      </c>
+      <c r="D117" t="s">
+        <v>317</v>
+      </c>
+      <c r="E117" t="s">
         <v>355</v>
-      </c>
-[...10 lines deleted...]
-        <v>357</v>
       </c>
     </row>
     <row r="118" spans="1:6">
       <c r="A118" t="s">
+        <v>356</v>
+      </c>
+      <c r="B118" t="s">
+        <v>246</v>
+      </c>
+      <c r="C118" t="s">
+        <v>357</v>
+      </c>
+      <c r="D118" t="s">
+        <v>317</v>
+      </c>
+      <c r="E118" t="s">
         <v>358</v>
-      </c>
-[...10 lines deleted...]
-        <v>360</v>
       </c>
     </row>
     <row r="119" spans="1:6">
       <c r="A119" t="s">
+        <v>359</v>
+      </c>
+      <c r="B119" t="s">
+        <v>360</v>
+      </c>
+      <c r="C119">
+        <v>19358784</v>
+      </c>
+      <c r="D119" t="s">
+        <v>317</v>
+      </c>
+      <c r="E119" t="s">
         <v>361</v>
-      </c>
-[...10 lines deleted...]
-        <v>364</v>
       </c>
     </row>
     <row r="120" spans="1:6">
       <c r="A120" t="s">
-        <v>365</v>
+        <v>362</v>
       </c>
       <c r="B120" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="C120">
-        <v>35960913</v>
+        <v>14305909</v>
       </c>
       <c r="D120" t="s">
-        <v>306</v>
+        <v>317</v>
       </c>
       <c r="E120" t="s">
-        <v>366</v>
+        <v>364</v>
       </c>
     </row>
     <row r="121" spans="1:6">
       <c r="A121" t="s">
+        <v>365</v>
+      </c>
+      <c r="B121" t="s">
+        <v>366</v>
+      </c>
+      <c r="C121">
+        <v>14360920</v>
+      </c>
+      <c r="D121" t="s">
+        <v>317</v>
+      </c>
+      <c r="E121" t="s">
         <v>367</v>
-      </c>
-[...10 lines deleted...]
-        <v>369</v>
       </c>
     </row>
     <row r="122" spans="1:6">
       <c r="A122" t="s">
+        <v>368</v>
+      </c>
+      <c r="B122" t="s">
+        <v>369</v>
+      </c>
+      <c r="C122">
+        <v>14070197</v>
+      </c>
+      <c r="D122" t="s">
+        <v>317</v>
+      </c>
+      <c r="E122" t="s">
         <v>370</v>
-      </c>
-[...10 lines deleted...]
-        <v>372</v>
       </c>
     </row>
     <row r="123" spans="1:6">
       <c r="A123" t="s">
+        <v>371</v>
+      </c>
+      <c r="B123" t="s">
+        <v>372</v>
+      </c>
+      <c r="C123" t="s">
         <v>373</v>
       </c>
-      <c r="B123" t="s">
+      <c r="D123" t="s">
+        <v>317</v>
+      </c>
+      <c r="E123" t="s">
         <v>374</v>
-      </c>
-[...7 lines deleted...]
-        <v>375</v>
       </c>
     </row>
     <row r="124" spans="1:6">
       <c r="A124" t="s">
+        <v>375</v>
+      </c>
+      <c r="B124" t="s">
+        <v>372</v>
+      </c>
+      <c r="C124">
+        <v>35960913</v>
+      </c>
+      <c r="D124" t="s">
+        <v>317</v>
+      </c>
+      <c r="E124" t="s">
         <v>376</v>
-      </c>
-[...10 lines deleted...]
-        <v>378</v>
       </c>
     </row>
     <row r="125" spans="1:6">
       <c r="A125" t="s">
+        <v>377</v>
+      </c>
+      <c r="B125" t="s">
+        <v>378</v>
+      </c>
+      <c r="C125">
+        <v>21685166</v>
+      </c>
+      <c r="D125" t="s">
+        <v>317</v>
+      </c>
+      <c r="E125" t="s">
         <v>379</v>
-      </c>
-[...10 lines deleted...]
-        <v>381</v>
       </c>
     </row>
     <row r="126" spans="1:6">
       <c r="A126" t="s">
+        <v>380</v>
+      </c>
+      <c r="B126" t="s">
+        <v>381</v>
+      </c>
+      <c r="C126">
+        <v>14360570</v>
+      </c>
+      <c r="D126" t="s">
+        <v>317</v>
+      </c>
+      <c r="E126" t="s">
         <v>382</v>
-      </c>
-[...10 lines deleted...]
-        <v>384</v>
       </c>
     </row>
     <row r="127" spans="1:6">
       <c r="A127" t="s">
+        <v>383</v>
+      </c>
+      <c r="B127" t="s">
+        <v>384</v>
+      </c>
+      <c r="C127">
+        <v>14360080</v>
+      </c>
+      <c r="D127" t="s">
+        <v>317</v>
+      </c>
+      <c r="E127" t="s">
         <v>385</v>
-      </c>
-[...10 lines deleted...]
-        <v>388</v>
       </c>
     </row>
     <row r="128" spans="1:6">
       <c r="A128" t="s">
-        <v>389</v>
+        <v>386</v>
       </c>
       <c r="B128" t="s">
-        <v>390</v>
+        <v>387</v>
       </c>
       <c r="C128">
-        <v>35345213</v>
+        <v>14360506</v>
       </c>
       <c r="D128" t="s">
-        <v>306</v>
+        <v>317</v>
       </c>
       <c r="E128" t="s">
-        <v>391</v>
+        <v>388</v>
       </c>
     </row>
     <row r="129" spans="1:6">
       <c r="A129" t="s">
-        <v>392</v>
+        <v>389</v>
       </c>
       <c r="B129" t="s">
-        <v>393</v>
+        <v>390</v>
       </c>
       <c r="C129">
-        <v>21322127</v>
+        <v>20953647</v>
       </c>
       <c r="D129" t="s">
-        <v>306</v>
+        <v>317</v>
       </c>
       <c r="E129" t="s">
-        <v>394</v>
+        <v>391</v>
       </c>
     </row>
     <row r="130" spans="1:6">
       <c r="A130" t="s">
-        <v>395</v>
+        <v>392</v>
       </c>
       <c r="B130" t="s">
-        <v>300</v>
-[...2 lines deleted...]
-        <v>396</v>
+        <v>393</v>
+      </c>
+      <c r="C130">
+        <v>21133352</v>
       </c>
       <c r="D130" t="s">
-        <v>306</v>
+        <v>317</v>
       </c>
       <c r="E130" t="s">
-        <v>397</v>
+        <v>394</v>
       </c>
     </row>
     <row r="131" spans="1:6">
       <c r="A131" t="s">
+        <v>395</v>
+      </c>
+      <c r="B131" t="s">
+        <v>396</v>
+      </c>
+      <c r="C131" t="s">
+        <v>397</v>
+      </c>
+      <c r="D131" t="s">
+        <v>317</v>
+      </c>
+      <c r="E131" t="s">
         <v>398</v>
-      </c>
-[...10 lines deleted...]
-        <v>401</v>
       </c>
     </row>
     <row r="132" spans="1:6">
       <c r="A132" t="s">
-        <v>402</v>
+        <v>399</v>
       </c>
       <c r="B132" t="s">
-        <v>403</v>
+        <v>400</v>
       </c>
       <c r="C132">
-        <v>23697280</v>
+        <v>35345213</v>
       </c>
       <c r="D132" t="s">
-        <v>400</v>
+        <v>317</v>
       </c>
       <c r="E132" t="s">
-        <v>404</v>
+        <v>401</v>
       </c>
     </row>
     <row r="133" spans="1:6">
       <c r="A133" t="s">
-        <v>405</v>
+        <v>402</v>
       </c>
       <c r="B133" t="s">
-        <v>406</v>
-[...2 lines deleted...]
-        <v>407</v>
+        <v>403</v>
+      </c>
+      <c r="C133">
+        <v>21322127</v>
       </c>
       <c r="D133" t="s">
-        <v>400</v>
+        <v>317</v>
       </c>
       <c r="E133" t="s">
-        <v>408</v>
+        <v>404</v>
       </c>
     </row>
     <row r="134" spans="1:6">
       <c r="A134" t="s">
-        <v>409</v>
+        <v>405</v>
       </c>
       <c r="B134" t="s">
-        <v>410</v>
-[...2 lines deleted...]
-        <v>35591059</v>
+        <v>311</v>
+      </c>
+      <c r="C134" t="s">
+        <v>406</v>
       </c>
       <c r="D134" t="s">
-        <v>400</v>
+        <v>317</v>
       </c>
       <c r="E134" t="s">
-        <v>411</v>
+        <v>407</v>
       </c>
     </row>
     <row r="135" spans="1:6">
       <c r="A135" t="s">
-        <v>412</v>
+        <v>408</v>
       </c>
       <c r="B135" t="s">
-        <v>413</v>
+        <v>409</v>
       </c>
       <c r="C135">
-        <v>21650966</v>
+        <v>20023569</v>
       </c>
       <c r="D135" t="s">
-        <v>400</v>
+        <v>410</v>
       </c>
       <c r="E135" t="s">
-        <v>414</v>
+        <v>411</v>
       </c>
     </row>
     <row r="136" spans="1:6">
       <c r="A136" t="s">
-        <v>415</v>
+        <v>412</v>
       </c>
       <c r="B136" t="s">
-        <v>416</v>
+        <v>413</v>
       </c>
       <c r="C136">
-        <v>23494714</v>
+        <v>23697280</v>
       </c>
       <c r="D136" t="s">
-        <v>400</v>
+        <v>410</v>
       </c>
       <c r="E136" t="s">
-        <v>417</v>
+        <v>414</v>
       </c>
     </row>
     <row r="137" spans="1:6">
       <c r="A137" t="s">
+        <v>415</v>
+      </c>
+      <c r="B137" t="s">
+        <v>416</v>
+      </c>
+      <c r="C137" t="s">
+        <v>417</v>
+      </c>
+      <c r="D137" t="s">
+        <v>410</v>
+      </c>
+      <c r="E137" t="s">
         <v>418</v>
-      </c>
-[...10 lines deleted...]
-        <v>420</v>
       </c>
     </row>
     <row r="138" spans="1:6">
       <c r="A138" t="s">
+        <v>419</v>
+      </c>
+      <c r="B138" t="s">
+        <v>420</v>
+      </c>
+      <c r="C138">
+        <v>35591059</v>
+      </c>
+      <c r="D138" t="s">
+        <v>410</v>
+      </c>
+      <c r="E138" t="s">
         <v>421</v>
-      </c>
-[...10 lines deleted...]
-        <v>423</v>
       </c>
     </row>
     <row r="139" spans="1:6">
       <c r="A139" t="s">
+        <v>422</v>
+      </c>
+      <c r="B139" t="s">
+        <v>423</v>
+      </c>
+      <c r="C139">
+        <v>21650966</v>
+      </c>
+      <c r="D139" t="s">
+        <v>410</v>
+      </c>
+      <c r="E139" t="s">
         <v>424</v>
       </c>
-      <c r="B139" t="s">
+    </row>
+    <row r="140" spans="1:6">
+      <c r="A140" t="s">
         <v>425</v>
       </c>
-      <c r="C139">
+      <c r="B140" t="s">
+        <v>426</v>
+      </c>
+      <c r="C140">
+        <v>23494714</v>
+      </c>
+      <c r="D140" t="s">
+        <v>410</v>
+      </c>
+      <c r="E140" t="s">
+        <v>427</v>
+      </c>
+    </row>
+    <row r="141" spans="1:6">
+      <c r="A141" t="s">
+        <v>428</v>
+      </c>
+      <c r="B141" t="s">
+        <v>429</v>
+      </c>
+      <c r="C141">
+        <v>14282829</v>
+      </c>
+      <c r="D141" t="s">
+        <v>410</v>
+      </c>
+      <c r="E141" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="142" spans="1:6">
+      <c r="A142" t="s">
+        <v>431</v>
+      </c>
+      <c r="B142" t="s">
+        <v>432</v>
+      </c>
+      <c r="C142">
+        <v>19390819</v>
+      </c>
+      <c r="D142" t="s">
+        <v>410</v>
+      </c>
+      <c r="E142" t="s">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="143" spans="1:6">
+      <c r="A143" t="s">
+        <v>434</v>
+      </c>
+      <c r="B143" t="s">
+        <v>435</v>
+      </c>
+      <c r="C143">
         <v>26237202</v>
       </c>
-      <c r="D139" t="s">
-[...3 lines deleted...]
-        <v>426</v>
+      <c r="D143" t="s">
+        <v>410</v>
+      </c>
+      <c r="E143" t="s">
+        <v>436</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">