--- v1 (2025-12-18)
+++ v2 (2026-01-08)
@@ -12,77 +12,77 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Результати пошуку" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="437">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="435">
   <si>
     <t>Назва установи</t>
   </si>
   <si>
     <t>Дата підключення</t>
   </si>
   <si>
     <t>Код за ЄДРПОУ</t>
   </si>
   <si>
     <t>Статус у системі</t>
   </si>
   <si>
     <t>Абонентський вузол</t>
   </si>
   <si>
     <t>Коментарі</t>
   </si>
   <si>
     <t>ТОВ "Опендатабот"</t>
   </si>
   <si>
     <t>15.12.2025</t>
   </si>
   <si>
-    <t>En Абонент - надавач послуг</t>
+    <t>Абонент - надавач послуг</t>
   </si>
   <si>
     <t>["Опендатабот"]</t>
   </si>
   <si>
     <t>АТ “Укрзалізниця”</t>
   </si>
   <si>
     <t>03.11.2025</t>
   </si>
   <si>
     <t>["Укрзалізниця"]</t>
   </si>
   <si>
     <t>ТОВ "ГАМА АПГРЕЙД"</t>
   </si>
   <si>
     <t>24.10.2025</t>
   </si>
   <si>
     <t>["Ranok"]</t>
   </si>
   <si>
     <t>ТОВ ФК "УКРАЇНСЬКИЙ ПЛАТІЖНИЙ ЦЕНТР"</t>
   </si>
@@ -965,98 +965,92 @@
   <si>
     <t>["ДЕРЖГЕОКАДАСТР"]</t>
   </si>
   <si>
     <t>ГО «СОЦІАЛ БУСТ»</t>
   </si>
   <si>
     <t>01.12.2016</t>
   </si>
   <si>
     <t>["Центр авторизації. Громадський Проект","Центр авторизації.DOSVIT"]</t>
   </si>
   <si>
     <t>Мінекономіки</t>
   </si>
   <si>
     <t>["Портал електронних сервісів Мінекономіки"]</t>
   </si>
   <si>
     <t>АТ "Піреус Банк МКБ"</t>
   </si>
   <si>
     <t>02.05.2024</t>
   </si>
   <si>
-    <t>Абонент - ідентифікатор_en</t>
+    <t>Абонент - ідентифікатор</t>
   </si>
   <si>
     <t>["Піреус Банк"]</t>
   </si>
   <si>
     <t>АТ «БАНК ІНВЕСТИЦІЙ ТА ЗАОЩАДЖЕНЬ»</t>
   </si>
   <si>
     <t>30.12.2022</t>
   </si>
   <si>
     <t>["Банк інвестицій та заощаджень"]</t>
   </si>
   <si>
     <t>АКБ “ІНДУСТРІАЛБАНК”</t>
   </si>
   <si>
     <t>10.08.2022</t>
   </si>
   <si>
     <t>["Індустріалбанк"]</t>
   </si>
   <si>
     <t>АБ «КЛІРИНГОВИЙ ДІМ»</t>
   </si>
   <si>
     <t>31.01.2022</t>
   </si>
   <si>
     <t>["БАНК КЛІРИНГОВИЙ ДІМ"]</t>
   </si>
   <si>
     <t>АТ "КРЕДІ АГРІКОЛЬ БАНК"</t>
   </si>
   <si>
     <t>23.12.2021</t>
   </si>
   <si>
     <t>["Креді Агріколь Банк"]</t>
   </si>
   <si>
-    <t>АТ "РВС БАНК"</t>
-[...4 lines deleted...]
-  <si>
     <t>АТ “Полтава-банк”</t>
   </si>
   <si>
     <t>09807595</t>
   </si>
   <si>
     <t>["Полтава-банк"]</t>
   </si>
   <si>
     <t>АТ "БАНК КРЕДИТ ДНІПРО"</t>
   </si>
   <si>
     <t>21.05.2021</t>
   </si>
   <si>
     <t>["БАНК КРЕДИТ ДНІПРО"]</t>
   </si>
   <si>
     <t>АТ "БАНК 3/4"</t>
   </si>
   <si>
     <t>23.04.2021</t>
   </si>
   <si>
     <t>["БАНК 3\/4"]</t>
@@ -1244,102 +1238,102 @@
   <si>
     <t>АТ "АБ "РАДАБАНК"</t>
   </si>
   <si>
     <t>02.03.2018</t>
   </si>
   <si>
     <t>["Радабанк"]</t>
   </si>
   <si>
     <t>АТ "Ощадбанк"</t>
   </si>
   <si>
     <t>00032129</t>
   </si>
   <si>
     <t>["Ощадбанк"]</t>
   </si>
   <si>
     <t>АТ «ЮНЕКС БАНК»</t>
   </si>
   <si>
     <t>28.01.2022</t>
   </si>
   <si>
-    <t>En Абонент - ідентифікатор та надавач послуг</t>
+    <t>Абонент - ідентифікатор та надавач послуг</t>
   </si>
   <si>
     <t>["Юнекс Банк","Юнекс Банк"]</t>
   </si>
   <si>
     <t>АБ "УКРГАЗБАНК"</t>
   </si>
   <si>
     <t>17.02.2021</t>
   </si>
   <si>
     <t>["УКРГАЗБАНК"]</t>
   </si>
   <si>
     <t>АТ "ТАСКОМБАНК"</t>
   </si>
   <si>
     <t>21.12.2020</t>
   </si>
   <si>
     <t>09806443</t>
   </si>
   <si>
     <t>["izibank (надавач послуг)","Таскомбанк","izibank"]</t>
   </si>
   <si>
     <t>АТ “КБ” ГЛОБУС”</t>
   </si>
   <si>
     <t>05.08.2020</t>
   </si>
   <si>
     <t>["Мобільний додаток GlobusPlus","БАНК ГЛОБУС"]</t>
   </si>
   <si>
     <t>ПАТ "МТБ БАНК"</t>
   </si>
   <si>
     <t>21.07.2020</t>
   </si>
   <si>
     <t>["XPAY","МТБ банк"]</t>
   </si>
   <si>
     <t>АТ «СЕНС БАНК»</t>
   </si>
   <si>
     <t>10.03.2020</t>
   </si>
   <si>
-    <t>["Sense Bank","Sense Bank 2"]</t>
+    <t>["Sense Bank 2","Sense Bank"]</t>
   </si>
   <si>
     <t>АТ "ПУМБ"</t>
   </si>
   <si>
     <t>17.07.2019</t>
   </si>
   <si>
     <t>["Мобільний застосунок ПУМБ Online","ПУМБ"]</t>
   </si>
   <si>
     <t>АТ "Ідея Банк"</t>
   </si>
   <si>
     <t>28.12.2018</t>
   </si>
   <si>
     <t>["Мобільний застосунок O.Bank 2.0.","Ідея банк"]</t>
   </si>
   <si>
     <t>АТ "ВСТ БАНК"</t>
   </si>
   <si>
     <t>20.12.2018</t>
   </si>
@@ -1687,51 +1681,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F143"/>
+  <dimension ref="A1:F142"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="40" customWidth="true" style="0"/>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
     <col min="3" max="3" width="10" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="75" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
@@ -3567,621 +3561,604 @@
         <v>327</v>
       </c>
     </row>
     <row r="109" spans="1:6">
       <c r="A109" t="s">
         <v>328</v>
       </c>
       <c r="B109" t="s">
         <v>329</v>
       </c>
       <c r="C109">
         <v>14361575</v>
       </c>
       <c r="D109" t="s">
         <v>317</v>
       </c>
       <c r="E109" t="s">
         <v>330</v>
       </c>
     </row>
     <row r="110" spans="1:6">
       <c r="A110" t="s">
         <v>331</v>
       </c>
       <c r="B110" t="s">
+        <v>216</v>
+      </c>
+      <c r="C110" t="s">
         <v>332</v>
-      </c>
-[...1 lines deleted...]
-        <v>39849797</v>
       </c>
       <c r="D110" t="s">
         <v>317</v>
       </c>
       <c r="E110" t="s">
-        <v>287</v>
+        <v>333</v>
       </c>
     </row>
     <row r="111" spans="1:6">
       <c r="A111" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="B111" t="s">
-        <v>216</v>
-[...2 lines deleted...]
-        <v>334</v>
+        <v>335</v>
+      </c>
+      <c r="C111">
+        <v>14352406</v>
       </c>
       <c r="D111" t="s">
         <v>317</v>
       </c>
       <c r="E111" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
     </row>
     <row r="112" spans="1:6">
       <c r="A112" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="B112" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="C112">
-        <v>14352406</v>
+        <v>36002395</v>
       </c>
       <c r="D112" t="s">
         <v>317</v>
       </c>
       <c r="E112" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
     </row>
     <row r="113" spans="1:6">
       <c r="A113" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="B113" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="C113">
-        <v>36002395</v>
+        <v>21580639</v>
       </c>
       <c r="D113" t="s">
         <v>317</v>
       </c>
       <c r="E113" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
     </row>
     <row r="114" spans="1:6">
       <c r="A114" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="B114" t="s">
-        <v>343</v>
-[...2 lines deleted...]
-        <v>21580639</v>
+        <v>344</v>
+      </c>
+      <c r="C114" t="s">
+        <v>345</v>
       </c>
       <c r="D114" t="s">
         <v>317</v>
       </c>
       <c r="E114" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
     </row>
     <row r="115" spans="1:6">
       <c r="A115" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="B115" t="s">
-        <v>346</v>
-[...2 lines deleted...]
-        <v>347</v>
+        <v>348</v>
+      </c>
+      <c r="C115">
+        <v>39544699</v>
       </c>
       <c r="D115" t="s">
         <v>317</v>
       </c>
       <c r="E115" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
     </row>
     <row r="116" spans="1:6">
       <c r="A116" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="B116" t="s">
-        <v>350</v>
-[...2 lines deleted...]
-        <v>39544699</v>
+        <v>351</v>
+      </c>
+      <c r="C116" t="s">
+        <v>352</v>
       </c>
       <c r="D116" t="s">
         <v>317</v>
       </c>
       <c r="E116" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
     </row>
     <row r="117" spans="1:6">
       <c r="A117" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="B117" t="s">
-        <v>353</v>
+        <v>246</v>
       </c>
       <c r="C117" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="D117" t="s">
         <v>317</v>
       </c>
       <c r="E117" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
     </row>
     <row r="118" spans="1:6">
       <c r="A118" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="B118" t="s">
-        <v>246</v>
-[...2 lines deleted...]
-        <v>357</v>
+        <v>358</v>
+      </c>
+      <c r="C118">
+        <v>19358784</v>
       </c>
       <c r="D118" t="s">
         <v>317</v>
       </c>
       <c r="E118" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
     </row>
     <row r="119" spans="1:6">
       <c r="A119" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="B119" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="C119">
-        <v>19358784</v>
+        <v>14305909</v>
       </c>
       <c r="D119" t="s">
         <v>317</v>
       </c>
       <c r="E119" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
     </row>
     <row r="120" spans="1:6">
       <c r="A120" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B120" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="C120">
-        <v>14305909</v>
+        <v>14360920</v>
       </c>
       <c r="D120" t="s">
         <v>317</v>
       </c>
       <c r="E120" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
     </row>
     <row r="121" spans="1:6">
       <c r="A121" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="B121" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="C121">
-        <v>14360920</v>
+        <v>14070197</v>
       </c>
       <c r="D121" t="s">
         <v>317</v>
       </c>
       <c r="E121" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
     </row>
     <row r="122" spans="1:6">
       <c r="A122" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="B122" t="s">
-        <v>369</v>
-[...2 lines deleted...]
-        <v>14070197</v>
+        <v>370</v>
+      </c>
+      <c r="C122" t="s">
+        <v>371</v>
       </c>
       <c r="D122" t="s">
         <v>317</v>
       </c>
       <c r="E122" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
     </row>
     <row r="123" spans="1:6">
       <c r="A123" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="B123" t="s">
-        <v>372</v>
-[...2 lines deleted...]
-        <v>373</v>
+        <v>370</v>
+      </c>
+      <c r="C123">
+        <v>35960913</v>
       </c>
       <c r="D123" t="s">
         <v>317</v>
       </c>
       <c r="E123" t="s">
         <v>374</v>
       </c>
     </row>
     <row r="124" spans="1:6">
       <c r="A124" t="s">
         <v>375</v>
       </c>
       <c r="B124" t="s">
-        <v>372</v>
+        <v>376</v>
       </c>
       <c r="C124">
-        <v>35960913</v>
+        <v>21685166</v>
       </c>
       <c r="D124" t="s">
         <v>317</v>
       </c>
       <c r="E124" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
     </row>
     <row r="125" spans="1:6">
       <c r="A125" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="B125" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="C125">
-        <v>21685166</v>
+        <v>14360570</v>
       </c>
       <c r="D125" t="s">
         <v>317</v>
       </c>
       <c r="E125" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
     </row>
     <row r="126" spans="1:6">
       <c r="A126" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="B126" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="C126">
-        <v>14360570</v>
+        <v>14360080</v>
       </c>
       <c r="D126" t="s">
         <v>317</v>
       </c>
       <c r="E126" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
     </row>
     <row r="127" spans="1:6">
       <c r="A127" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="B127" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="C127">
-        <v>14360080</v>
+        <v>14360506</v>
       </c>
       <c r="D127" t="s">
         <v>317</v>
       </c>
       <c r="E127" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
     </row>
     <row r="128" spans="1:6">
       <c r="A128" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="B128" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="C128">
-        <v>14360506</v>
+        <v>20953647</v>
       </c>
       <c r="D128" t="s">
         <v>317</v>
       </c>
       <c r="E128" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
     </row>
     <row r="129" spans="1:6">
       <c r="A129" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="B129" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="C129">
-        <v>20953647</v>
+        <v>21133352</v>
       </c>
       <c r="D129" t="s">
         <v>317</v>
       </c>
       <c r="E129" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
     </row>
     <row r="130" spans="1:6">
       <c r="A130" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="B130" t="s">
-        <v>393</v>
-[...2 lines deleted...]
-        <v>21133352</v>
+        <v>394</v>
+      </c>
+      <c r="C130" t="s">
+        <v>395</v>
       </c>
       <c r="D130" t="s">
         <v>317</v>
       </c>
       <c r="E130" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
     </row>
     <row r="131" spans="1:6">
       <c r="A131" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="B131" t="s">
-        <v>396</v>
-[...2 lines deleted...]
-        <v>397</v>
+        <v>398</v>
+      </c>
+      <c r="C131">
+        <v>35345213</v>
       </c>
       <c r="D131" t="s">
         <v>317</v>
       </c>
       <c r="E131" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
     </row>
     <row r="132" spans="1:6">
       <c r="A132" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="B132" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="C132">
-        <v>35345213</v>
+        <v>21322127</v>
       </c>
       <c r="D132" t="s">
         <v>317</v>
       </c>
       <c r="E132" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
     </row>
     <row r="133" spans="1:6">
       <c r="A133" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="B133" t="s">
-        <v>403</v>
-[...2 lines deleted...]
-        <v>21322127</v>
+        <v>311</v>
+      </c>
+      <c r="C133" t="s">
+        <v>404</v>
       </c>
       <c r="D133" t="s">
         <v>317</v>
       </c>
       <c r="E133" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
     </row>
     <row r="134" spans="1:6">
       <c r="A134" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="B134" t="s">
-        <v>311</v>
-[...2 lines deleted...]
-        <v>406</v>
+        <v>407</v>
+      </c>
+      <c r="C134">
+        <v>20023569</v>
       </c>
       <c r="D134" t="s">
-        <v>317</v>
+        <v>408</v>
       </c>
       <c r="E134" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
     </row>
     <row r="135" spans="1:6">
       <c r="A135" t="s">
+        <v>410</v>
+      </c>
+      <c r="B135" t="s">
+        <v>411</v>
+      </c>
+      <c r="C135">
+        <v>23697280</v>
+      </c>
+      <c r="D135" t="s">
         <v>408</v>
       </c>
-      <c r="B135" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E135" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
     </row>
     <row r="136" spans="1:6">
       <c r="A136" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="B136" t="s">
-        <v>413</v>
-[...2 lines deleted...]
-        <v>23697280</v>
+        <v>414</v>
+      </c>
+      <c r="C136" t="s">
+        <v>415</v>
       </c>
       <c r="D136" t="s">
-        <v>410</v>
+        <v>408</v>
       </c>
       <c r="E136" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
     </row>
     <row r="137" spans="1:6">
       <c r="A137" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="B137" t="s">
-        <v>416</v>
-[...2 lines deleted...]
-        <v>417</v>
+        <v>418</v>
+      </c>
+      <c r="C137">
+        <v>35591059</v>
       </c>
       <c r="D137" t="s">
-        <v>410</v>
+        <v>408</v>
       </c>
       <c r="E137" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
     </row>
     <row r="138" spans="1:6">
       <c r="A138" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="B138" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="C138">
-        <v>35591059</v>
+        <v>21650966</v>
       </c>
       <c r="D138" t="s">
-        <v>410</v>
+        <v>408</v>
       </c>
       <c r="E138" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
     </row>
     <row r="139" spans="1:6">
       <c r="A139" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="B139" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="C139">
-        <v>21650966</v>
+        <v>23494714</v>
       </c>
       <c r="D139" t="s">
-        <v>410</v>
+        <v>408</v>
       </c>
       <c r="E139" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
     </row>
     <row r="140" spans="1:6">
       <c r="A140" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="B140" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="C140">
-        <v>23494714</v>
+        <v>14282829</v>
       </c>
       <c r="D140" t="s">
-        <v>410</v>
+        <v>408</v>
       </c>
       <c r="E140" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
     </row>
     <row r="141" spans="1:6">
       <c r="A141" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="B141" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="C141">
-        <v>14282829</v>
+        <v>19390819</v>
       </c>
       <c r="D141" t="s">
-        <v>410</v>
+        <v>408</v>
       </c>
       <c r="E141" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
     </row>
     <row r="142" spans="1:6">
       <c r="A142" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="B142" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="C142">
-        <v>19390819</v>
+        <v>26237202</v>
       </c>
       <c r="D142" t="s">
-        <v>410</v>
+        <v>408</v>
       </c>
       <c r="E142" t="s">
-        <v>433</v>
-[...3 lines deleted...]
-      <c r="A143" t="s">
         <v>434</v>
-      </c>
-[...10 lines deleted...]
-        <v>436</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">