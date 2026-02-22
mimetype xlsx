--- v2 (2026-01-08)
+++ v3 (2026-02-22)
@@ -12,79 +12,106 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Результати пошуку" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="435">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="446">
   <si>
     <t>Назва установи</t>
   </si>
   <si>
     <t>Дата підключення</t>
   </si>
   <si>
     <t>Код за ЄДРПОУ</t>
   </si>
   <si>
     <t>Статус у системі</t>
   </si>
   <si>
     <t>Абонентський вузол</t>
   </si>
   <si>
     <t>Коментарі</t>
   </si>
   <si>
+    <t>ТОВ «ІФГ»_en</t>
+  </si>
+  <si>
+    <t>19.02.2026</t>
+  </si>
+  <si>
+    <t>En Абонент - надавач послуг</t>
+  </si>
+  <si>
+    <t>["finclick"]</t>
+  </si>
+  <si>
+    <t>ТОВ "ГЛОВОАПП УКРАЇНА"</t>
+  </si>
+  <si>
+    <t>09.02.2026</t>
+  </si>
+  <si>
+    <t>["Glovo"]</t>
+  </si>
+  <si>
+    <t>ТОВ "ФІНАНС ЕЛІТ КОМПАНІ"</t>
+  </si>
+  <si>
+    <t>26.01.2026</t>
+  </si>
+  <si>
+    <t>["НОТАКРЕДИТ"]</t>
+  </si>
+  <si>
     <t>ТОВ "Опендатабот"</t>
   </si>
   <si>
     <t>15.12.2025</t>
   </si>
   <si>
-    <t>Абонент - надавач послуг</t>
-[...1 lines deleted...]
-  <si>
     <t>["Опендатабот"]</t>
   </si>
   <si>
     <t>АТ “Укрзалізниця”</t>
   </si>
   <si>
     <t>03.11.2025</t>
   </si>
   <si>
     <t>["Укрзалізниця"]</t>
   </si>
   <si>
     <t>ТОВ "ГАМА АПГРЕЙД"</t>
   </si>
   <si>
     <t>24.10.2025</t>
   </si>
   <si>
     <t>["Ranok"]</t>
   </si>
   <si>
     <t>ТОВ ФК "УКРАЇНСЬКИЙ ПЛАТІЖНИЙ ЦЕНТР"</t>
   </si>
   <si>
     <t>["rocketmoney","aerocash"]</t>
@@ -959,57 +986,63 @@
   <si>
     <t>Державна служба України з питань геодезії, картографії та кадастру</t>
   </si>
   <si>
     <t>04.07.2018</t>
   </si>
   <si>
     <t>["ДЕРЖГЕОКАДАСТР"]</t>
   </si>
   <si>
     <t>ГО «СОЦІАЛ БУСТ»</t>
   </si>
   <si>
     <t>01.12.2016</t>
   </si>
   <si>
     <t>["Центр авторизації. Громадський Проект","Центр авторизації.DOSVIT"]</t>
   </si>
   <si>
     <t>Мінекономіки</t>
   </si>
   <si>
     <t>["Портал електронних сервісів Мінекономіки"]</t>
   </si>
   <si>
+    <t>Абонент вузлів, вилучених у 2018 році</t>
+  </si>
+  <si>
+    <t>01.01.1999</t>
+  </si>
+  <si>
     <t>АТ "Піреус Банк МКБ"</t>
   </si>
   <si>
     <t>02.05.2024</t>
   </si>
   <si>
-    <t>Абонент - ідентифікатор</t>
+    <t>Абонент - ідентифікатор_en</t>
   </si>
   <si>
     <t>["Піреус Банк"]</t>
   </si>
   <si>
     <t>АТ «БАНК ІНВЕСТИЦІЙ ТА ЗАОЩАДЖЕНЬ»</t>
   </si>
   <si>
     <t>30.12.2022</t>
   </si>
   <si>
     <t>["Банк інвестицій та заощаджень"]</t>
   </si>
   <si>
     <t>АКБ “ІНДУСТРІАЛБАНК”</t>
   </si>
   <si>
     <t>10.08.2022</t>
   </si>
   <si>
     <t>["Індустріалбанк"]</t>
   </si>
   <si>
     <t>АБ «КЛІРИНГОВИЙ ДІМ»</t>
   </si>
@@ -1238,111 +1271,111 @@
   <si>
     <t>АТ "АБ "РАДАБАНК"</t>
   </si>
   <si>
     <t>02.03.2018</t>
   </si>
   <si>
     <t>["Радабанк"]</t>
   </si>
   <si>
     <t>АТ "Ощадбанк"</t>
   </si>
   <si>
     <t>00032129</t>
   </si>
   <si>
     <t>["Ощадбанк"]</t>
   </si>
   <si>
     <t>АТ «ЮНЕКС БАНК»</t>
   </si>
   <si>
     <t>28.01.2022</t>
   </si>
   <si>
-    <t>Абонент - ідентифікатор та надавач послуг</t>
+    <t>En Абонент - ідентифікатор та надавач послуг</t>
   </si>
   <si>
     <t>["Юнекс Банк","Юнекс Банк"]</t>
   </si>
   <si>
     <t>АБ "УКРГАЗБАНК"</t>
   </si>
   <si>
     <t>17.02.2021</t>
   </si>
   <si>
     <t>["УКРГАЗБАНК"]</t>
   </si>
   <si>
     <t>АТ "ТАСКОМБАНК"</t>
   </si>
   <si>
     <t>21.12.2020</t>
   </si>
   <si>
     <t>09806443</t>
   </si>
   <si>
-    <t>["izibank (надавач послуг)","Таскомбанк","izibank"]</t>
+    <t>["Таскомбанк","izibank","izibank (надавач послуг)"]</t>
   </si>
   <si>
     <t>АТ “КБ” ГЛОБУС”</t>
   </si>
   <si>
     <t>05.08.2020</t>
   </si>
   <si>
     <t>["Мобільний додаток GlobusPlus","БАНК ГЛОБУС"]</t>
   </si>
   <si>
     <t>ПАТ "МТБ БАНК"</t>
   </si>
   <si>
     <t>21.07.2020</t>
   </si>
   <si>
     <t>["XPAY","МТБ банк"]</t>
   </si>
   <si>
     <t>АТ «СЕНС БАНК»</t>
   </si>
   <si>
     <t>10.03.2020</t>
   </si>
   <si>
     <t>["Sense Bank 2","Sense Bank"]</t>
   </si>
   <si>
     <t>АТ "ПУМБ"</t>
   </si>
   <si>
     <t>17.07.2019</t>
   </si>
   <si>
-    <t>["Мобільний застосунок ПУМБ Online","ПУМБ"]</t>
+    <t>["ПУМБ","Мобільний застосунок ПУМБ Online"]</t>
   </si>
   <si>
     <t>АТ "Ідея Банк"</t>
   </si>
   <si>
     <t>28.12.2018</t>
   </si>
   <si>
     <t>["Мобільний застосунок O.Bank 2.0.","Ідея банк"]</t>
   </si>
   <si>
     <t>АТ "ВСТ БАНК"</t>
   </si>
   <si>
     <t>20.12.2018</t>
   </si>
   <si>
     <t>["ВСТ БАНК"]</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -1681,2484 +1714,2555 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F142"/>
+  <dimension ref="A1:F146"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="40" customWidth="true" style="0"/>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
     <col min="3" max="3" width="10" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="75" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>6</v>
       </c>
       <c r="B2" t="s">
         <v>7</v>
       </c>
       <c r="C2">
-        <v>44487664</v>
+        <v>36413053</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
         <v>10</v>
       </c>
       <c r="B3" t="s">
         <v>11</v>
       </c>
       <c r="C3">
-        <v>40075815</v>
+        <v>42555522</v>
       </c>
       <c r="D3" t="s">
         <v>8</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
         <v>13</v>
       </c>
       <c r="B4" t="s">
         <v>14</v>
       </c>
       <c r="C4">
-        <v>41919810</v>
+        <v>42746155</v>
       </c>
       <c r="D4" t="s">
         <v>8</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
         <v>16</v>
       </c>
       <c r="B5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C5">
-        <v>39898755</v>
+        <v>44487664</v>
       </c>
       <c r="D5" t="s">
         <v>8</v>
       </c>
       <c r="E5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B6" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C6">
-        <v>39770832</v>
+        <v>40075815</v>
       </c>
       <c r="D6" t="s">
         <v>8</v>
       </c>
       <c r="E6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B7" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C7">
-        <v>41624867</v>
+        <v>41919810</v>
       </c>
       <c r="D7" t="s">
         <v>8</v>
       </c>
       <c r="E7" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B8" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="C8">
-        <v>45573680</v>
+        <v>39898755</v>
       </c>
       <c r="D8" t="s">
         <v>8</v>
       </c>
       <c r="E8" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
         <v>27</v>
       </c>
       <c r="B9" t="s">
         <v>28</v>
       </c>
       <c r="C9">
-        <v>43484903</v>
+        <v>39770832</v>
       </c>
       <c r="D9" t="s">
         <v>8</v>
       </c>
       <c r="E9" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
         <v>30</v>
       </c>
       <c r="B10" t="s">
         <v>31</v>
       </c>
       <c r="C10">
-        <v>43709072</v>
+        <v>41624867</v>
       </c>
       <c r="D10" t="s">
         <v>8</v>
       </c>
       <c r="E10" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
         <v>33</v>
       </c>
       <c r="B11" t="s">
         <v>34</v>
       </c>
       <c r="C11">
-        <v>44087176</v>
+        <v>45573680</v>
       </c>
       <c r="D11" t="s">
         <v>8</v>
       </c>
       <c r="E11" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
         <v>36</v>
       </c>
       <c r="B12" t="s">
         <v>37</v>
       </c>
       <c r="C12">
-        <v>44630255</v>
+        <v>43484903</v>
       </c>
       <c r="D12" t="s">
         <v>8</v>
       </c>
       <c r="E12" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
         <v>39</v>
       </c>
       <c r="B13" t="s">
         <v>40</v>
       </c>
       <c r="C13">
-        <v>30929821</v>
+        <v>43709072</v>
       </c>
       <c r="D13" t="s">
         <v>8</v>
       </c>
       <c r="E13" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
         <v>42</v>
       </c>
       <c r="B14" t="s">
         <v>43</v>
       </c>
       <c r="C14">
-        <v>36301402</v>
+        <v>44087176</v>
       </c>
       <c r="D14" t="s">
         <v>8</v>
       </c>
       <c r="E14" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
         <v>45</v>
       </c>
       <c r="B15" t="s">
         <v>46</v>
       </c>
       <c r="C15">
-        <v>42298246</v>
+        <v>44630255</v>
       </c>
       <c r="D15" t="s">
         <v>8</v>
       </c>
       <c r="E15" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
         <v>48</v>
       </c>
       <c r="B16" t="s">
         <v>49</v>
       </c>
       <c r="C16">
-        <v>30965875</v>
+        <v>30929821</v>
       </c>
       <c r="D16" t="s">
         <v>8</v>
       </c>
       <c r="E16" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
         <v>51</v>
       </c>
       <c r="B17" t="s">
         <v>52</v>
       </c>
       <c r="C17">
-        <v>45005082</v>
+        <v>36301402</v>
       </c>
       <c r="D17" t="s">
         <v>8</v>
       </c>
       <c r="E17" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
         <v>54</v>
       </c>
       <c r="B18" t="s">
         <v>55</v>
       </c>
-      <c r="C18" t="s">
+      <c r="C18">
+        <v>42298246</v>
+      </c>
+      <c r="D18" t="s">
+        <v>8</v>
+      </c>
+      <c r="E18" t="s">
         <v>56</v>
-      </c>
-[...4 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" t="s">
+        <v>57</v>
+      </c>
+      <c r="B19" t="s">
         <v>58</v>
       </c>
-      <c r="B19" t="s">
+      <c r="C19">
+        <v>30965875</v>
+      </c>
+      <c r="D19" t="s">
+        <v>8</v>
+      </c>
+      <c r="E19" t="s">
         <v>59</v>
-      </c>
-[...7 lines deleted...]
-        <v>60</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" t="s">
+        <v>60</v>
+      </c>
+      <c r="B20" t="s">
         <v>61</v>
       </c>
-      <c r="B20" t="s">
+      <c r="C20">
+        <v>45005082</v>
+      </c>
+      <c r="D20" t="s">
+        <v>8</v>
+      </c>
+      <c r="E20" t="s">
         <v>62</v>
-      </c>
-[...7 lines deleted...]
-        <v>63</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" t="s">
+        <v>63</v>
+      </c>
+      <c r="B21" t="s">
         <v>64</v>
       </c>
-      <c r="B21" t="s">
+      <c r="C21" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>39261808</v>
       </c>
       <c r="D21" t="s">
         <v>8</v>
       </c>
       <c r="E21" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" t="s">
         <v>67</v>
       </c>
       <c r="B22" t="s">
         <v>68</v>
       </c>
       <c r="C22">
-        <v>42761807</v>
+        <v>25943180</v>
       </c>
       <c r="D22" t="s">
         <v>8</v>
       </c>
       <c r="E22" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" t="s">
         <v>70</v>
       </c>
       <c r="B23" t="s">
         <v>71</v>
       </c>
-      <c r="C23" t="s">
+      <c r="C23">
+        <v>42016442</v>
+      </c>
+      <c r="D23" t="s">
+        <v>8</v>
+      </c>
+      <c r="E23" t="s">
         <v>72</v>
-      </c>
-[...4 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" t="s">
+        <v>73</v>
+      </c>
+      <c r="B24" t="s">
         <v>74</v>
       </c>
-      <c r="B24" t="s">
+      <c r="C24">
+        <v>39261808</v>
+      </c>
+      <c r="D24" t="s">
+        <v>8</v>
+      </c>
+      <c r="E24" t="s">
         <v>75</v>
-      </c>
-[...7 lines deleted...]
-        <v>76</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" t="s">
+        <v>76</v>
+      </c>
+      <c r="B25" t="s">
         <v>77</v>
       </c>
-      <c r="B25" t="s">
+      <c r="C25">
+        <v>42761807</v>
+      </c>
+      <c r="D25" t="s">
+        <v>8</v>
+      </c>
+      <c r="E25" t="s">
         <v>78</v>
-      </c>
-[...7 lines deleted...]
-        <v>79</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" t="s">
+        <v>79</v>
+      </c>
+      <c r="B26" t="s">
         <v>80</v>
       </c>
-      <c r="B26" t="s">
+      <c r="C26" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>40076206</v>
       </c>
       <c r="D26" t="s">
         <v>8</v>
       </c>
       <c r="E26" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" t="s">
         <v>83</v>
       </c>
       <c r="B27" t="s">
         <v>84</v>
       </c>
       <c r="C27">
-        <v>42780924</v>
+        <v>41803222</v>
       </c>
       <c r="D27" t="s">
         <v>8</v>
       </c>
       <c r="E27" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" t="s">
         <v>86</v>
       </c>
       <c r="B28" t="s">
         <v>87</v>
       </c>
       <c r="C28">
-        <v>43509084</v>
+        <v>44653728</v>
       </c>
       <c r="D28" t="s">
         <v>8</v>
       </c>
       <c r="E28" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" t="s">
         <v>89</v>
       </c>
       <c r="B29" t="s">
         <v>90</v>
       </c>
       <c r="C29">
-        <v>42827134</v>
+        <v>40076206</v>
       </c>
       <c r="D29" t="s">
         <v>8</v>
       </c>
       <c r="E29" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" t="s">
         <v>92</v>
       </c>
       <c r="B30" t="s">
         <v>93</v>
       </c>
       <c r="C30">
-        <v>43561909</v>
+        <v>42780924</v>
       </c>
       <c r="D30" t="s">
         <v>8</v>
       </c>
       <c r="E30" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" t="s">
         <v>95</v>
       </c>
       <c r="B31" t="s">
         <v>96</v>
       </c>
       <c r="C31">
-        <v>39287145</v>
+        <v>43509084</v>
       </c>
       <c r="D31" t="s">
         <v>8</v>
       </c>
       <c r="E31" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" t="s">
         <v>98</v>
       </c>
       <c r="B32" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="C32">
-        <v>41466388</v>
+        <v>42827134</v>
       </c>
       <c r="D32" t="s">
         <v>8</v>
       </c>
       <c r="E32" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B33" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C33">
-        <v>45179093</v>
+        <v>43561909</v>
       </c>
       <c r="D33" t="s">
         <v>8</v>
       </c>
       <c r="E33" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B34" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C34">
-        <v>44332629</v>
+        <v>39287145</v>
       </c>
       <c r="D34" t="s">
         <v>8</v>
       </c>
       <c r="E34" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B35" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="C35">
-        <v>42024152</v>
+        <v>41466388</v>
       </c>
       <c r="D35" t="s">
         <v>8</v>
       </c>
       <c r="E35" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" t="s">
         <v>109</v>
       </c>
       <c r="B36" t="s">
         <v>110</v>
       </c>
       <c r="C36">
-        <v>42806643</v>
+        <v>45179093</v>
       </c>
       <c r="D36" t="s">
         <v>8</v>
       </c>
       <c r="E36" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" t="s">
         <v>112</v>
       </c>
       <c r="B37" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="C37">
-        <v>43275743</v>
+        <v>44332629</v>
       </c>
       <c r="D37" t="s">
         <v>8</v>
       </c>
       <c r="E37" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B38" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="C38">
-        <v>43564082</v>
+        <v>42024152</v>
       </c>
       <c r="D38" t="s">
         <v>8</v>
       </c>
       <c r="E38" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B39" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C39">
-        <v>44022416</v>
+        <v>42806643</v>
       </c>
       <c r="D39" t="s">
         <v>8</v>
       </c>
       <c r="E39" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B40" t="s">
-        <v>121</v>
-[...1 lines deleted...]
-      <c r="C40" t="s">
+        <v>119</v>
+      </c>
+      <c r="C40">
+        <v>43275743</v>
+      </c>
+      <c r="D40" t="s">
+        <v>8</v>
+      </c>
+      <c r="E40" t="s">
         <v>122</v>
-      </c>
-[...4 lines deleted...]
-        <v>123</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" t="s">
+        <v>123</v>
+      </c>
+      <c r="B41" t="s">
         <v>124</v>
       </c>
-      <c r="B41" t="s">
+      <c r="C41">
+        <v>43564082</v>
+      </c>
+      <c r="D41" t="s">
+        <v>8</v>
+      </c>
+      <c r="E41" t="s">
         <v>125</v>
-      </c>
-[...7 lines deleted...]
-        <v>126</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" t="s">
+        <v>126</v>
+      </c>
+      <c r="B42" t="s">
         <v>127</v>
       </c>
-      <c r="B42" t="s">
+      <c r="C42">
+        <v>44022416</v>
+      </c>
+      <c r="D42" t="s">
+        <v>8</v>
+      </c>
+      <c r="E42" t="s">
         <v>128</v>
-      </c>
-[...7 lines deleted...]
-        <v>129</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" t="s">
+        <v>129</v>
+      </c>
+      <c r="B43" t="s">
         <v>130</v>
       </c>
-      <c r="B43" t="s">
+      <c r="C43" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>35142329</v>
       </c>
       <c r="D43" t="s">
         <v>8</v>
       </c>
       <c r="E43" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" t="s">
         <v>133</v>
       </c>
       <c r="B44" t="s">
         <v>134</v>
       </c>
       <c r="C44">
-        <v>43967501</v>
+        <v>44059032</v>
       </c>
       <c r="D44" t="s">
         <v>8</v>
       </c>
       <c r="E44" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" t="s">
         <v>136</v>
       </c>
       <c r="B45" t="s">
         <v>137</v>
       </c>
       <c r="C45">
-        <v>44620708</v>
+        <v>43868852</v>
       </c>
       <c r="D45" t="s">
         <v>8</v>
       </c>
       <c r="E45" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="A46" t="s">
         <v>139</v>
       </c>
       <c r="B46" t="s">
         <v>140</v>
       </c>
       <c r="C46">
-        <v>43805813</v>
+        <v>35142329</v>
       </c>
       <c r="D46" t="s">
         <v>8</v>
       </c>
       <c r="E46" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" t="s">
         <v>142</v>
       </c>
       <c r="B47" t="s">
         <v>143</v>
       </c>
       <c r="C47">
-        <v>33908322</v>
+        <v>43967501</v>
       </c>
       <c r="D47" t="s">
         <v>8</v>
       </c>
       <c r="E47" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="48" spans="1:6">
       <c r="A48" t="s">
         <v>145</v>
       </c>
       <c r="B48" t="s">
         <v>146</v>
       </c>
       <c r="C48">
-        <v>41916045</v>
+        <v>44620708</v>
       </c>
       <c r="D48" t="s">
         <v>8</v>
       </c>
       <c r="E48" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="49" spans="1:6">
       <c r="A49" t="s">
         <v>148</v>
       </c>
       <c r="B49" t="s">
         <v>149</v>
       </c>
       <c r="C49">
-        <v>35310044</v>
+        <v>43805813</v>
       </c>
       <c r="D49" t="s">
         <v>8</v>
       </c>
       <c r="E49" t="s">
         <v>150</v>
       </c>
     </row>
     <row r="50" spans="1:6">
       <c r="A50" t="s">
         <v>151</v>
       </c>
       <c r="B50" t="s">
         <v>152</v>
       </c>
       <c r="C50">
-        <v>21673832</v>
+        <v>33908322</v>
       </c>
       <c r="D50" t="s">
         <v>8</v>
       </c>
       <c r="E50" t="s">
         <v>153</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" t="s">
         <v>154</v>
       </c>
       <c r="B51" t="s">
         <v>155</v>
       </c>
       <c r="C51">
-        <v>40474269</v>
+        <v>41916045</v>
       </c>
       <c r="D51" t="s">
         <v>8</v>
       </c>
       <c r="E51" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" t="s">
         <v>157</v>
       </c>
       <c r="B52" t="s">
         <v>158</v>
       </c>
       <c r="C52">
-        <v>33691415</v>
+        <v>35310044</v>
       </c>
       <c r="D52" t="s">
         <v>8</v>
       </c>
       <c r="E52" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="A53" t="s">
         <v>160</v>
       </c>
       <c r="B53" t="s">
         <v>161</v>
       </c>
       <c r="C53">
-        <v>34299140</v>
+        <v>21673832</v>
       </c>
       <c r="D53" t="s">
         <v>8</v>
       </c>
       <c r="E53" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="54" spans="1:6">
       <c r="A54" t="s">
         <v>163</v>
       </c>
       <c r="B54" t="s">
         <v>164</v>
       </c>
       <c r="C54">
-        <v>36086124</v>
+        <v>40474269</v>
       </c>
       <c r="D54" t="s">
         <v>8</v>
       </c>
       <c r="E54" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" t="s">
         <v>166</v>
       </c>
       <c r="B55" t="s">
         <v>167</v>
       </c>
       <c r="C55">
-        <v>43058787</v>
+        <v>33691415</v>
       </c>
       <c r="D55" t="s">
         <v>8</v>
       </c>
       <c r="E55" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" t="s">
         <v>169</v>
       </c>
       <c r="B56" t="s">
         <v>170</v>
       </c>
       <c r="C56">
-        <v>14333937</v>
+        <v>34299140</v>
       </c>
       <c r="D56" t="s">
         <v>8</v>
       </c>
       <c r="E56" t="s">
         <v>171</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="A57" t="s">
         <v>172</v>
       </c>
       <c r="B57" t="s">
         <v>173</v>
       </c>
       <c r="C57">
-        <v>35429675</v>
+        <v>36086124</v>
       </c>
       <c r="D57" t="s">
         <v>8</v>
       </c>
       <c r="E57" t="s">
         <v>174</v>
       </c>
     </row>
     <row r="58" spans="1:6">
       <c r="A58" t="s">
         <v>175</v>
       </c>
       <c r="B58" t="s">
         <v>176</v>
       </c>
       <c r="C58">
-        <v>39977606</v>
+        <v>43058787</v>
       </c>
       <c r="D58" t="s">
         <v>8</v>
       </c>
       <c r="E58" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="59" spans="1:6">
       <c r="A59" t="s">
         <v>178</v>
       </c>
       <c r="B59" t="s">
         <v>179</v>
       </c>
       <c r="C59">
-        <v>43395033</v>
+        <v>14333937</v>
       </c>
       <c r="D59" t="s">
         <v>8</v>
       </c>
       <c r="E59" t="s">
         <v>180</v>
       </c>
     </row>
     <row r="60" spans="1:6">
       <c r="A60" t="s">
         <v>181</v>
       </c>
       <c r="B60" t="s">
         <v>182</v>
       </c>
       <c r="C60">
-        <v>35624670</v>
+        <v>35429675</v>
       </c>
       <c r="D60" t="s">
         <v>8</v>
       </c>
       <c r="E60" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="61" spans="1:6">
       <c r="A61" t="s">
         <v>184</v>
       </c>
       <c r="B61" t="s">
         <v>185</v>
       </c>
       <c r="C61">
-        <v>39551837</v>
+        <v>39977606</v>
       </c>
       <c r="D61" t="s">
         <v>8</v>
       </c>
       <c r="E61" t="s">
         <v>186</v>
       </c>
     </row>
     <row r="62" spans="1:6">
       <c r="A62" t="s">
         <v>187</v>
       </c>
       <c r="B62" t="s">
         <v>188</v>
       </c>
       <c r="C62">
-        <v>37973945</v>
+        <v>43395033</v>
       </c>
       <c r="D62" t="s">
         <v>8</v>
       </c>
       <c r="E62" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="63" spans="1:6">
       <c r="A63" t="s">
         <v>190</v>
       </c>
       <c r="B63" t="s">
         <v>191</v>
       </c>
-      <c r="C63" t="s">
+      <c r="C63">
+        <v>35624670</v>
+      </c>
+      <c r="D63" t="s">
+        <v>8</v>
+      </c>
+      <c r="E63" t="s">
         <v>192</v>
-      </c>
-[...4 lines deleted...]
-        <v>193</v>
       </c>
     </row>
     <row r="64" spans="1:6">
       <c r="A64" t="s">
+        <v>193</v>
+      </c>
+      <c r="B64" t="s">
         <v>194</v>
       </c>
-      <c r="B64" t="s">
+      <c r="C64">
+        <v>39551837</v>
+      </c>
+      <c r="D64" t="s">
+        <v>8</v>
+      </c>
+      <c r="E64" t="s">
         <v>195</v>
-      </c>
-[...7 lines deleted...]
-        <v>196</v>
       </c>
     </row>
     <row r="65" spans="1:6">
       <c r="A65" t="s">
+        <v>196</v>
+      </c>
+      <c r="B65" t="s">
         <v>197</v>
       </c>
-      <c r="B65" t="s">
+      <c r="C65">
+        <v>37973945</v>
+      </c>
+      <c r="D65" t="s">
+        <v>8</v>
+      </c>
+      <c r="E65" t="s">
         <v>198</v>
-      </c>
-[...7 lines deleted...]
-        <v>199</v>
       </c>
     </row>
     <row r="66" spans="1:6">
       <c r="A66" t="s">
+        <v>199</v>
+      </c>
+      <c r="B66" t="s">
         <v>200</v>
       </c>
-      <c r="B66" t="s">
+      <c r="C66" t="s">
         <v>201</v>
-      </c>
-[...1 lines deleted...]
-        <v>41526967</v>
       </c>
       <c r="D66" t="s">
         <v>8</v>
       </c>
       <c r="E66" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="67" spans="1:6">
       <c r="A67" t="s">
         <v>203</v>
       </c>
       <c r="B67" t="s">
         <v>204</v>
       </c>
       <c r="C67">
-        <v>43174156</v>
+        <v>40860735</v>
       </c>
       <c r="D67" t="s">
         <v>8</v>
       </c>
       <c r="E67" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="68" spans="1:6">
       <c r="A68" t="s">
         <v>206</v>
       </c>
       <c r="B68" t="s">
         <v>207</v>
       </c>
       <c r="C68">
-        <v>41125531</v>
+        <v>43601144</v>
       </c>
       <c r="D68" t="s">
         <v>8</v>
       </c>
       <c r="E68" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="69" spans="1:6">
       <c r="A69" t="s">
         <v>209</v>
       </c>
       <c r="B69" t="s">
         <v>210</v>
       </c>
       <c r="C69">
-        <v>43979069</v>
+        <v>41526967</v>
       </c>
       <c r="D69" t="s">
         <v>8</v>
       </c>
       <c r="E69" t="s">
         <v>211</v>
       </c>
     </row>
     <row r="70" spans="1:6">
       <c r="A70" t="s">
         <v>212</v>
       </c>
       <c r="B70" t="s">
         <v>213</v>
       </c>
       <c r="C70">
-        <v>42146903</v>
+        <v>43174156</v>
       </c>
       <c r="D70" t="s">
         <v>8</v>
       </c>
       <c r="E70" t="s">
         <v>214</v>
       </c>
     </row>
     <row r="71" spans="1:6">
       <c r="A71" t="s">
         <v>215</v>
       </c>
       <c r="B71" t="s">
         <v>216</v>
       </c>
       <c r="C71">
-        <v>37615055</v>
+        <v>41125531</v>
       </c>
       <c r="D71" t="s">
         <v>8</v>
       </c>
       <c r="E71" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="72" spans="1:6">
       <c r="A72" t="s">
         <v>218</v>
       </c>
       <c r="B72" t="s">
         <v>219</v>
       </c>
       <c r="C72">
-        <v>39487128</v>
+        <v>43979069</v>
       </c>
       <c r="D72" t="s">
         <v>8</v>
       </c>
       <c r="E72" t="s">
         <v>220</v>
       </c>
     </row>
     <row r="73" spans="1:6">
       <c r="A73" t="s">
         <v>221</v>
       </c>
       <c r="B73" t="s">
         <v>222</v>
       </c>
       <c r="C73">
-        <v>42014911</v>
+        <v>42146903</v>
       </c>
       <c r="D73" t="s">
         <v>8</v>
       </c>
       <c r="E73" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="74" spans="1:6">
       <c r="A74" t="s">
         <v>224</v>
       </c>
       <c r="B74" t="s">
         <v>225</v>
       </c>
       <c r="C74">
-        <v>34735259</v>
+        <v>37615055</v>
       </c>
       <c r="D74" t="s">
         <v>8</v>
       </c>
       <c r="E74" t="s">
         <v>226</v>
       </c>
     </row>
     <row r="75" spans="1:6">
       <c r="A75" t="s">
         <v>227</v>
       </c>
       <c r="B75" t="s">
         <v>228</v>
       </c>
       <c r="C75">
-        <v>40966896</v>
+        <v>39487128</v>
       </c>
       <c r="D75" t="s">
         <v>8</v>
       </c>
       <c r="E75" t="s">
         <v>229</v>
       </c>
     </row>
     <row r="76" spans="1:6">
       <c r="A76" t="s">
         <v>230</v>
       </c>
       <c r="B76" t="s">
         <v>231</v>
       </c>
       <c r="C76">
-        <v>42359240</v>
+        <v>42014911</v>
       </c>
       <c r="D76" t="s">
         <v>8</v>
       </c>
       <c r="E76" t="s">
         <v>232</v>
       </c>
     </row>
     <row r="77" spans="1:6">
       <c r="A77" t="s">
         <v>233</v>
       </c>
       <c r="B77" t="s">
         <v>234</v>
       </c>
       <c r="C77">
-        <v>43240883</v>
+        <v>34735259</v>
       </c>
       <c r="D77" t="s">
         <v>8</v>
       </c>
       <c r="E77" t="s">
         <v>235</v>
       </c>
     </row>
     <row r="78" spans="1:6">
       <c r="A78" t="s">
         <v>236</v>
       </c>
       <c r="B78" t="s">
         <v>237</v>
       </c>
       <c r="C78">
-        <v>22859846</v>
+        <v>40966896</v>
       </c>
       <c r="D78" t="s">
         <v>8</v>
       </c>
       <c r="E78" t="s">
         <v>238</v>
       </c>
     </row>
     <row r="79" spans="1:6">
       <c r="A79" t="s">
         <v>239</v>
       </c>
       <c r="B79" t="s">
         <v>240</v>
       </c>
       <c r="C79">
-        <v>43564077</v>
+        <v>42359240</v>
       </c>
       <c r="D79" t="s">
         <v>8</v>
       </c>
       <c r="E79" t="s">
         <v>241</v>
       </c>
     </row>
     <row r="80" spans="1:6">
       <c r="A80" t="s">
         <v>242</v>
       </c>
       <c r="B80" t="s">
         <v>243</v>
       </c>
       <c r="C80">
-        <v>41346335</v>
+        <v>43240883</v>
       </c>
       <c r="D80" t="s">
         <v>8</v>
       </c>
       <c r="E80" t="s">
         <v>244</v>
       </c>
     </row>
     <row r="81" spans="1:6">
       <c r="A81" t="s">
         <v>245</v>
       </c>
       <c r="B81" t="s">
         <v>246</v>
       </c>
       <c r="C81">
-        <v>39952398</v>
+        <v>22859846</v>
       </c>
       <c r="D81" t="s">
         <v>8</v>
       </c>
       <c r="E81" t="s">
         <v>247</v>
       </c>
     </row>
     <row r="82" spans="1:6">
       <c r="A82" t="s">
         <v>248</v>
       </c>
       <c r="B82" t="s">
         <v>249</v>
       </c>
       <c r="C82">
-        <v>42427514</v>
+        <v>43564077</v>
       </c>
       <c r="D82" t="s">
         <v>8</v>
       </c>
       <c r="E82" t="s">
         <v>250</v>
       </c>
     </row>
     <row r="83" spans="1:6">
       <c r="A83" t="s">
         <v>251</v>
       </c>
       <c r="B83" t="s">
         <v>252</v>
       </c>
       <c r="C83">
-        <v>40660160</v>
+        <v>41346335</v>
       </c>
       <c r="D83" t="s">
         <v>8</v>
       </c>
       <c r="E83" t="s">
         <v>253</v>
       </c>
     </row>
     <row r="84" spans="1:6">
       <c r="A84" t="s">
         <v>254</v>
       </c>
       <c r="B84" t="s">
-        <v>252</v>
+        <v>255</v>
       </c>
       <c r="C84">
-        <v>42152351</v>
+        <v>39952398</v>
       </c>
       <c r="D84" t="s">
         <v>8</v>
       </c>
       <c r="E84" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
     </row>
     <row r="85" spans="1:6">
       <c r="A85" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="B85" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="C85">
-        <v>42350798</v>
+        <v>42427514</v>
       </c>
       <c r="D85" t="s">
         <v>8</v>
       </c>
       <c r="E85" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
     </row>
     <row r="86" spans="1:6">
       <c r="A86" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="B86" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="C86">
-        <v>41084239</v>
+        <v>40660160</v>
       </c>
       <c r="D86" t="s">
         <v>8</v>
       </c>
       <c r="E86" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
     </row>
     <row r="87" spans="1:6">
       <c r="A87" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="B87" t="s">
-        <v>263</v>
+        <v>261</v>
       </c>
       <c r="C87">
-        <v>41955906</v>
+        <v>42152351</v>
       </c>
       <c r="D87" t="s">
         <v>8</v>
       </c>
       <c r="E87" t="s">
         <v>264</v>
       </c>
     </row>
     <row r="88" spans="1:6">
       <c r="A88" t="s">
         <v>265</v>
       </c>
       <c r="B88" t="s">
         <v>266</v>
       </c>
       <c r="C88">
-        <v>42038225</v>
+        <v>42350798</v>
       </c>
       <c r="D88" t="s">
         <v>8</v>
       </c>
       <c r="E88" t="s">
         <v>267</v>
       </c>
     </row>
     <row r="89" spans="1:6">
       <c r="A89" t="s">
         <v>268</v>
       </c>
       <c r="B89" t="s">
         <v>269</v>
       </c>
       <c r="C89">
-        <v>42753492</v>
+        <v>41084239</v>
       </c>
       <c r="D89" t="s">
         <v>8</v>
       </c>
       <c r="E89" t="s">
         <v>270</v>
       </c>
     </row>
     <row r="90" spans="1:6">
       <c r="A90" t="s">
         <v>271</v>
       </c>
       <c r="B90" t="s">
         <v>272</v>
       </c>
       <c r="C90">
-        <v>37356833</v>
+        <v>41955906</v>
       </c>
       <c r="D90" t="s">
         <v>8</v>
       </c>
       <c r="E90" t="s">
         <v>273</v>
       </c>
     </row>
     <row r="91" spans="1:6">
       <c r="A91" t="s">
         <v>274</v>
       </c>
       <c r="B91" t="s">
-        <v>272</v>
+        <v>275</v>
       </c>
       <c r="C91">
-        <v>38548598</v>
+        <v>42038225</v>
       </c>
       <c r="D91" t="s">
         <v>8</v>
       </c>
       <c r="E91" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
     </row>
     <row r="92" spans="1:6">
       <c r="A92" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="B92" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="C92">
-        <v>39861924</v>
+        <v>42753492</v>
       </c>
       <c r="D92" t="s">
         <v>8</v>
       </c>
       <c r="E92" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
     </row>
     <row r="93" spans="1:6">
       <c r="A93" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="B93" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="C93">
-        <v>22530614</v>
+        <v>37356833</v>
       </c>
       <c r="D93" t="s">
         <v>8</v>
       </c>
       <c r="E93" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
     </row>
     <row r="94" spans="1:6">
       <c r="A94" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="B94" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="C94">
-        <v>40484607</v>
+        <v>38548598</v>
       </c>
       <c r="D94" t="s">
         <v>8</v>
       </c>
       <c r="E94" t="s">
         <v>284</v>
       </c>
     </row>
     <row r="95" spans="1:6">
       <c r="A95" t="s">
         <v>285</v>
       </c>
       <c r="B95" t="s">
         <v>286</v>
       </c>
       <c r="C95">
-        <v>21654295</v>
+        <v>39861924</v>
       </c>
       <c r="D95" t="s">
         <v>8</v>
       </c>
       <c r="E95" t="s">
         <v>287</v>
       </c>
-      <c r="F95" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="96" spans="1:6">
       <c r="A96" t="s">
+        <v>288</v>
+      </c>
+      <c r="B96" t="s">
         <v>289</v>
       </c>
-      <c r="B96" t="s">
+      <c r="C96">
+        <v>22530614</v>
+      </c>
+      <c r="D96" t="s">
+        <v>8</v>
+      </c>
+      <c r="E96" t="s">
         <v>290</v>
-      </c>
-[...7 lines deleted...]
-        <v>291</v>
       </c>
     </row>
     <row r="97" spans="1:6">
       <c r="A97" t="s">
+        <v>291</v>
+      </c>
+      <c r="B97" t="s">
         <v>292</v>
       </c>
-      <c r="B97" t="s">
+      <c r="C97">
+        <v>40484607</v>
+      </c>
+      <c r="D97" t="s">
+        <v>8</v>
+      </c>
+      <c r="E97" t="s">
         <v>293</v>
-      </c>
-[...7 lines deleted...]
-        <v>294</v>
       </c>
     </row>
     <row r="98" spans="1:6">
       <c r="A98" t="s">
+        <v>294</v>
+      </c>
+      <c r="B98" t="s">
         <v>295</v>
       </c>
-      <c r="B98" t="s">
+      <c r="C98">
+        <v>21654295</v>
+      </c>
+      <c r="D98" t="s">
+        <v>8</v>
+      </c>
+      <c r="E98" t="s">
         <v>296</v>
       </c>
-      <c r="C98">
-[...5 lines deleted...]
-      <c r="E98" t="s">
+      <c r="F98" t="s">
         <v>297</v>
       </c>
     </row>
     <row r="99" spans="1:6">
       <c r="A99" t="s">
         <v>298</v>
       </c>
       <c r="B99" t="s">
         <v>299</v>
       </c>
       <c r="C99">
-        <v>39582446</v>
+        <v>41078230</v>
       </c>
       <c r="D99" t="s">
         <v>8</v>
       </c>
       <c r="E99" t="s">
         <v>300</v>
       </c>
     </row>
     <row r="100" spans="1:6">
       <c r="A100" t="s">
         <v>301</v>
       </c>
       <c r="B100" t="s">
         <v>302</v>
       </c>
       <c r="C100">
-        <v>42428722</v>
+        <v>35649564</v>
       </c>
       <c r="D100" t="s">
         <v>8</v>
       </c>
       <c r="E100" t="s">
         <v>303</v>
       </c>
     </row>
     <row r="101" spans="1:6">
       <c r="A101" t="s">
         <v>304</v>
       </c>
       <c r="B101" t="s">
         <v>305</v>
       </c>
       <c r="C101">
-        <v>38569246</v>
+        <v>33592899</v>
       </c>
       <c r="D101" t="s">
         <v>8</v>
       </c>
       <c r="E101" t="s">
         <v>306</v>
       </c>
     </row>
     <row r="102" spans="1:6">
       <c r="A102" t="s">
         <v>307</v>
       </c>
       <c r="B102" t="s">
         <v>308</v>
       </c>
       <c r="C102">
-        <v>39411771</v>
+        <v>39582446</v>
       </c>
       <c r="D102" t="s">
         <v>8</v>
       </c>
       <c r="E102" t="s">
         <v>309</v>
       </c>
     </row>
     <row r="103" spans="1:6">
       <c r="A103" t="s">
         <v>310</v>
       </c>
       <c r="B103" t="s">
         <v>311</v>
       </c>
       <c r="C103">
-        <v>39308772</v>
+        <v>42428722</v>
       </c>
       <c r="D103" t="s">
         <v>8</v>
       </c>
       <c r="E103" t="s">
         <v>312</v>
       </c>
     </row>
     <row r="104" spans="1:6">
       <c r="A104" t="s">
         <v>313</v>
       </c>
       <c r="B104" t="s">
-        <v>311</v>
+        <v>314</v>
       </c>
       <c r="C104">
-        <v>37508596</v>
+        <v>38569246</v>
       </c>
       <c r="D104" t="s">
         <v>8</v>
       </c>
       <c r="E104" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
     </row>
     <row r="105" spans="1:6">
       <c r="A105" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="B105" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="C105">
-        <v>20034231</v>
+        <v>39411771</v>
       </c>
       <c r="D105" t="s">
-        <v>317</v>
+        <v>8</v>
       </c>
       <c r="E105" t="s">
         <v>318</v>
       </c>
     </row>
     <row r="106" spans="1:6">
       <c r="A106" t="s">
         <v>319</v>
       </c>
       <c r="B106" t="s">
         <v>320</v>
       </c>
       <c r="C106">
-        <v>33695095</v>
+        <v>39308772</v>
       </c>
       <c r="D106" t="s">
-        <v>317</v>
+        <v>8</v>
       </c>
       <c r="E106" t="s">
         <v>321</v>
       </c>
     </row>
     <row r="107" spans="1:6">
       <c r="A107" t="s">
         <v>322</v>
       </c>
       <c r="B107" t="s">
+        <v>320</v>
+      </c>
+      <c r="C107">
+        <v>37508596</v>
+      </c>
+      <c r="D107" t="s">
+        <v>8</v>
+      </c>
+      <c r="E107" t="s">
         <v>323</v>
-      </c>
-[...7 lines deleted...]
-        <v>324</v>
       </c>
     </row>
     <row r="108" spans="1:6">
       <c r="A108" t="s">
+        <v>324</v>
+      </c>
+      <c r="B108" t="s">
         <v>325</v>
       </c>
-      <c r="B108" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C108">
-        <v>21665382</v>
+        <v>11111111</v>
       </c>
       <c r="D108" t="s">
-        <v>317</v>
+        <v>8</v>
       </c>
       <c r="E108" t="s">
-        <v>327</v>
+        <v>296</v>
+      </c>
+      <c r="F108" t="s">
+        <v>297</v>
       </c>
     </row>
     <row r="109" spans="1:6">
       <c r="A109" t="s">
+        <v>326</v>
+      </c>
+      <c r="B109" t="s">
+        <v>327</v>
+      </c>
+      <c r="C109">
+        <v>20034231</v>
+      </c>
+      <c r="D109" t="s">
         <v>328</v>
       </c>
-      <c r="B109" t="s">
+      <c r="E109" t="s">
         <v>329</v>
-      </c>
-[...7 lines deleted...]
-        <v>330</v>
       </c>
     </row>
     <row r="110" spans="1:6">
       <c r="A110" t="s">
+        <v>330</v>
+      </c>
+      <c r="B110" t="s">
         <v>331</v>
       </c>
-      <c r="B110" t="s">
-[...2 lines deleted...]
-      <c r="C110" t="s">
+      <c r="C110">
+        <v>33695095</v>
+      </c>
+      <c r="D110" t="s">
+        <v>328</v>
+      </c>
+      <c r="E110" t="s">
         <v>332</v>
-      </c>
-[...4 lines deleted...]
-        <v>333</v>
       </c>
     </row>
     <row r="111" spans="1:6">
       <c r="A111" t="s">
+        <v>333</v>
+      </c>
+      <c r="B111" t="s">
         <v>334</v>
       </c>
-      <c r="B111" t="s">
+      <c r="C111">
+        <v>13857564</v>
+      </c>
+      <c r="D111" t="s">
+        <v>328</v>
+      </c>
+      <c r="E111" t="s">
         <v>335</v>
-      </c>
-[...7 lines deleted...]
-        <v>336</v>
       </c>
     </row>
     <row r="112" spans="1:6">
       <c r="A112" t="s">
+        <v>336</v>
+      </c>
+      <c r="B112" t="s">
         <v>337</v>
       </c>
-      <c r="B112" t="s">
+      <c r="C112">
+        <v>21665382</v>
+      </c>
+      <c r="D112" t="s">
+        <v>328</v>
+      </c>
+      <c r="E112" t="s">
         <v>338</v>
-      </c>
-[...7 lines deleted...]
-        <v>339</v>
       </c>
     </row>
     <row r="113" spans="1:6">
       <c r="A113" t="s">
+        <v>339</v>
+      </c>
+      <c r="B113" t="s">
         <v>340</v>
       </c>
-      <c r="B113" t="s">
+      <c r="C113">
+        <v>14361575</v>
+      </c>
+      <c r="D113" t="s">
+        <v>328</v>
+      </c>
+      <c r="E113" t="s">
         <v>341</v>
-      </c>
-[...7 lines deleted...]
-        <v>342</v>
       </c>
     </row>
     <row r="114" spans="1:6">
       <c r="A114" t="s">
+        <v>342</v>
+      </c>
+      <c r="B114" t="s">
+        <v>225</v>
+      </c>
+      <c r="C114" t="s">
         <v>343</v>
       </c>
-      <c r="B114" t="s">
+      <c r="D114" t="s">
+        <v>328</v>
+      </c>
+      <c r="E114" t="s">
         <v>344</v>
-      </c>
-[...7 lines deleted...]
-        <v>346</v>
       </c>
     </row>
     <row r="115" spans="1:6">
       <c r="A115" t="s">
+        <v>345</v>
+      </c>
+      <c r="B115" t="s">
+        <v>346</v>
+      </c>
+      <c r="C115">
+        <v>14352406</v>
+      </c>
+      <c r="D115" t="s">
+        <v>328</v>
+      </c>
+      <c r="E115" t="s">
         <v>347</v>
-      </c>
-[...10 lines deleted...]
-        <v>349</v>
       </c>
     </row>
     <row r="116" spans="1:6">
       <c r="A116" t="s">
+        <v>348</v>
+      </c>
+      <c r="B116" t="s">
+        <v>349</v>
+      </c>
+      <c r="C116">
+        <v>36002395</v>
+      </c>
+      <c r="D116" t="s">
+        <v>328</v>
+      </c>
+      <c r="E116" t="s">
         <v>350</v>
-      </c>
-[...10 lines deleted...]
-        <v>353</v>
       </c>
     </row>
     <row r="117" spans="1:6">
       <c r="A117" t="s">
-        <v>354</v>
+        <v>351</v>
       </c>
       <c r="B117" t="s">
-        <v>246</v>
-[...2 lines deleted...]
-        <v>355</v>
+        <v>352</v>
+      </c>
+      <c r="C117">
+        <v>21580639</v>
       </c>
       <c r="D117" t="s">
-        <v>317</v>
+        <v>328</v>
       </c>
       <c r="E117" t="s">
-        <v>356</v>
+        <v>353</v>
       </c>
     </row>
     <row r="118" spans="1:6">
       <c r="A118" t="s">
+        <v>354</v>
+      </c>
+      <c r="B118" t="s">
+        <v>355</v>
+      </c>
+      <c r="C118" t="s">
+        <v>356</v>
+      </c>
+      <c r="D118" t="s">
+        <v>328</v>
+      </c>
+      <c r="E118" t="s">
         <v>357</v>
-      </c>
-[...10 lines deleted...]
-        <v>359</v>
       </c>
     </row>
     <row r="119" spans="1:6">
       <c r="A119" t="s">
+        <v>358</v>
+      </c>
+      <c r="B119" t="s">
+        <v>359</v>
+      </c>
+      <c r="C119">
+        <v>39544699</v>
+      </c>
+      <c r="D119" t="s">
+        <v>328</v>
+      </c>
+      <c r="E119" t="s">
         <v>360</v>
-      </c>
-[...10 lines deleted...]
-        <v>362</v>
       </c>
     </row>
     <row r="120" spans="1:6">
       <c r="A120" t="s">
+        <v>361</v>
+      </c>
+      <c r="B120" t="s">
+        <v>362</v>
+      </c>
+      <c r="C120" t="s">
         <v>363</v>
       </c>
-      <c r="B120" t="s">
+      <c r="D120" t="s">
+        <v>328</v>
+      </c>
+      <c r="E120" t="s">
         <v>364</v>
-      </c>
-[...7 lines deleted...]
-        <v>365</v>
       </c>
     </row>
     <row r="121" spans="1:6">
       <c r="A121" t="s">
+        <v>365</v>
+      </c>
+      <c r="B121" t="s">
+        <v>255</v>
+      </c>
+      <c r="C121" t="s">
         <v>366</v>
       </c>
-      <c r="B121" t="s">
+      <c r="D121" t="s">
+        <v>328</v>
+      </c>
+      <c r="E121" t="s">
         <v>367</v>
-      </c>
-[...7 lines deleted...]
-        <v>368</v>
       </c>
     </row>
     <row r="122" spans="1:6">
       <c r="A122" t="s">
+        <v>368</v>
+      </c>
+      <c r="B122" t="s">
         <v>369</v>
       </c>
-      <c r="B122" t="s">
+      <c r="C122">
+        <v>19358784</v>
+      </c>
+      <c r="D122" t="s">
+        <v>328</v>
+      </c>
+      <c r="E122" t="s">
         <v>370</v>
-      </c>
-[...7 lines deleted...]
-        <v>372</v>
       </c>
     </row>
     <row r="123" spans="1:6">
       <c r="A123" t="s">
+        <v>371</v>
+      </c>
+      <c r="B123" t="s">
+        <v>372</v>
+      </c>
+      <c r="C123">
+        <v>14305909</v>
+      </c>
+      <c r="D123" t="s">
+        <v>328</v>
+      </c>
+      <c r="E123" t="s">
         <v>373</v>
-      </c>
-[...10 lines deleted...]
-        <v>374</v>
       </c>
     </row>
     <row r="124" spans="1:6">
       <c r="A124" t="s">
+        <v>374</v>
+      </c>
+      <c r="B124" t="s">
         <v>375</v>
       </c>
-      <c r="B124" t="s">
+      <c r="C124">
+        <v>14360920</v>
+      </c>
+      <c r="D124" t="s">
+        <v>328</v>
+      </c>
+      <c r="E124" t="s">
         <v>376</v>
-      </c>
-[...7 lines deleted...]
-        <v>377</v>
       </c>
     </row>
     <row r="125" spans="1:6">
       <c r="A125" t="s">
+        <v>377</v>
+      </c>
+      <c r="B125" t="s">
         <v>378</v>
       </c>
-      <c r="B125" t="s">
+      <c r="C125">
+        <v>14070197</v>
+      </c>
+      <c r="D125" t="s">
+        <v>328</v>
+      </c>
+      <c r="E125" t="s">
         <v>379</v>
-      </c>
-[...7 lines deleted...]
-        <v>380</v>
       </c>
     </row>
     <row r="126" spans="1:6">
       <c r="A126" t="s">
+        <v>380</v>
+      </c>
+      <c r="B126" t="s">
         <v>381</v>
       </c>
-      <c r="B126" t="s">
+      <c r="C126" t="s">
         <v>382</v>
       </c>
-      <c r="C126">
-[...1 lines deleted...]
-      </c>
       <c r="D126" t="s">
-        <v>317</v>
+        <v>328</v>
       </c>
       <c r="E126" t="s">
         <v>383</v>
       </c>
     </row>
     <row r="127" spans="1:6">
       <c r="A127" t="s">
         <v>384</v>
       </c>
       <c r="B127" t="s">
+        <v>381</v>
+      </c>
+      <c r="C127">
+        <v>35960913</v>
+      </c>
+      <c r="D127" t="s">
+        <v>328</v>
+      </c>
+      <c r="E127" t="s">
         <v>385</v>
-      </c>
-[...7 lines deleted...]
-        <v>386</v>
       </c>
     </row>
     <row r="128" spans="1:6">
       <c r="A128" t="s">
+        <v>386</v>
+      </c>
+      <c r="B128" t="s">
         <v>387</v>
       </c>
-      <c r="B128" t="s">
+      <c r="C128">
+        <v>21685166</v>
+      </c>
+      <c r="D128" t="s">
+        <v>328</v>
+      </c>
+      <c r="E128" t="s">
         <v>388</v>
-      </c>
-[...7 lines deleted...]
-        <v>389</v>
       </c>
     </row>
     <row r="129" spans="1:6">
       <c r="A129" t="s">
+        <v>389</v>
+      </c>
+      <c r="B129" t="s">
         <v>390</v>
       </c>
-      <c r="B129" t="s">
+      <c r="C129">
+        <v>14360570</v>
+      </c>
+      <c r="D129" t="s">
+        <v>328</v>
+      </c>
+      <c r="E129" t="s">
         <v>391</v>
-      </c>
-[...7 lines deleted...]
-        <v>392</v>
       </c>
     </row>
     <row r="130" spans="1:6">
       <c r="A130" t="s">
+        <v>392</v>
+      </c>
+      <c r="B130" t="s">
         <v>393</v>
       </c>
-      <c r="B130" t="s">
+      <c r="C130">
+        <v>14360080</v>
+      </c>
+      <c r="D130" t="s">
+        <v>328</v>
+      </c>
+      <c r="E130" t="s">
         <v>394</v>
-      </c>
-[...7 lines deleted...]
-        <v>396</v>
       </c>
     </row>
     <row r="131" spans="1:6">
       <c r="A131" t="s">
+        <v>395</v>
+      </c>
+      <c r="B131" t="s">
+        <v>396</v>
+      </c>
+      <c r="C131">
+        <v>14360506</v>
+      </c>
+      <c r="D131" t="s">
+        <v>328</v>
+      </c>
+      <c r="E131" t="s">
         <v>397</v>
-      </c>
-[...10 lines deleted...]
-        <v>399</v>
       </c>
     </row>
     <row r="132" spans="1:6">
       <c r="A132" t="s">
+        <v>398</v>
+      </c>
+      <c r="B132" t="s">
+        <v>399</v>
+      </c>
+      <c r="C132">
+        <v>20953647</v>
+      </c>
+      <c r="D132" t="s">
+        <v>328</v>
+      </c>
+      <c r="E132" t="s">
         <v>400</v>
-      </c>
-[...10 lines deleted...]
-        <v>402</v>
       </c>
     </row>
     <row r="133" spans="1:6">
       <c r="A133" t="s">
+        <v>401</v>
+      </c>
+      <c r="B133" t="s">
+        <v>402</v>
+      </c>
+      <c r="C133">
+        <v>21133352</v>
+      </c>
+      <c r="D133" t="s">
+        <v>328</v>
+      </c>
+      <c r="E133" t="s">
         <v>403</v>
-      </c>
-[...10 lines deleted...]
-        <v>405</v>
       </c>
     </row>
     <row r="134" spans="1:6">
       <c r="A134" t="s">
+        <v>404</v>
+      </c>
+      <c r="B134" t="s">
+        <v>405</v>
+      </c>
+      <c r="C134" t="s">
         <v>406</v>
       </c>
-      <c r="B134" t="s">
+      <c r="D134" t="s">
+        <v>328</v>
+      </c>
+      <c r="E134" t="s">
         <v>407</v>
-      </c>
-[...7 lines deleted...]
-        <v>409</v>
       </c>
     </row>
     <row r="135" spans="1:6">
       <c r="A135" t="s">
+        <v>408</v>
+      </c>
+      <c r="B135" t="s">
+        <v>409</v>
+      </c>
+      <c r="C135">
+        <v>35345213</v>
+      </c>
+      <c r="D135" t="s">
+        <v>328</v>
+      </c>
+      <c r="E135" t="s">
         <v>410</v>
-      </c>
-[...10 lines deleted...]
-        <v>412</v>
       </c>
     </row>
     <row r="136" spans="1:6">
       <c r="A136" t="s">
+        <v>411</v>
+      </c>
+      <c r="B136" t="s">
+        <v>412</v>
+      </c>
+      <c r="C136">
+        <v>21322127</v>
+      </c>
+      <c r="D136" t="s">
+        <v>328</v>
+      </c>
+      <c r="E136" t="s">
         <v>413</v>
-      </c>
-[...10 lines deleted...]
-        <v>416</v>
       </c>
     </row>
     <row r="137" spans="1:6">
       <c r="A137" t="s">
-        <v>417</v>
+        <v>414</v>
       </c>
       <c r="B137" t="s">
-        <v>418</v>
-[...2 lines deleted...]
-        <v>35591059</v>
+        <v>320</v>
+      </c>
+      <c r="C137" t="s">
+        <v>415</v>
       </c>
       <c r="D137" t="s">
-        <v>408</v>
+        <v>328</v>
       </c>
       <c r="E137" t="s">
-        <v>419</v>
+        <v>416</v>
       </c>
     </row>
     <row r="138" spans="1:6">
       <c r="A138" t="s">
+        <v>417</v>
+      </c>
+      <c r="B138" t="s">
+        <v>418</v>
+      </c>
+      <c r="C138">
+        <v>20023569</v>
+      </c>
+      <c r="D138" t="s">
+        <v>419</v>
+      </c>
+      <c r="E138" t="s">
         <v>420</v>
-      </c>
-[...10 lines deleted...]
-        <v>422</v>
       </c>
     </row>
     <row r="139" spans="1:6">
       <c r="A139" t="s">
+        <v>421</v>
+      </c>
+      <c r="B139" t="s">
+        <v>422</v>
+      </c>
+      <c r="C139">
+        <v>23697280</v>
+      </c>
+      <c r="D139" t="s">
+        <v>419</v>
+      </c>
+      <c r="E139" t="s">
         <v>423</v>
-      </c>
-[...10 lines deleted...]
-        <v>425</v>
       </c>
     </row>
     <row r="140" spans="1:6">
       <c r="A140" t="s">
+        <v>424</v>
+      </c>
+      <c r="B140" t="s">
+        <v>425</v>
+      </c>
+      <c r="C140" t="s">
         <v>426</v>
       </c>
-      <c r="B140" t="s">
+      <c r="D140" t="s">
+        <v>419</v>
+      </c>
+      <c r="E140" t="s">
         <v>427</v>
-      </c>
-[...7 lines deleted...]
-        <v>428</v>
       </c>
     </row>
     <row r="141" spans="1:6">
       <c r="A141" t="s">
+        <v>428</v>
+      </c>
+      <c r="B141" t="s">
         <v>429</v>
       </c>
-      <c r="B141" t="s">
+      <c r="C141">
+        <v>35591059</v>
+      </c>
+      <c r="D141" t="s">
+        <v>419</v>
+      </c>
+      <c r="E141" t="s">
         <v>430</v>
-      </c>
-[...7 lines deleted...]
-        <v>431</v>
       </c>
     </row>
     <row r="142" spans="1:6">
       <c r="A142" t="s">
+        <v>431</v>
+      </c>
+      <c r="B142" t="s">
         <v>432</v>
       </c>
-      <c r="B142" t="s">
+      <c r="C142">
+        <v>21650966</v>
+      </c>
+      <c r="D142" t="s">
+        <v>419</v>
+      </c>
+      <c r="E142" t="s">
         <v>433</v>
       </c>
-      <c r="C142">
+    </row>
+    <row r="143" spans="1:6">
+      <c r="A143" t="s">
+        <v>434</v>
+      </c>
+      <c r="B143" t="s">
+        <v>435</v>
+      </c>
+      <c r="C143">
+        <v>23494714</v>
+      </c>
+      <c r="D143" t="s">
+        <v>419</v>
+      </c>
+      <c r="E143" t="s">
+        <v>436</v>
+      </c>
+    </row>
+    <row r="144" spans="1:6">
+      <c r="A144" t="s">
+        <v>437</v>
+      </c>
+      <c r="B144" t="s">
+        <v>438</v>
+      </c>
+      <c r="C144">
+        <v>14282829</v>
+      </c>
+      <c r="D144" t="s">
+        <v>419</v>
+      </c>
+      <c r="E144" t="s">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="145" spans="1:6">
+      <c r="A145" t="s">
+        <v>440</v>
+      </c>
+      <c r="B145" t="s">
+        <v>441</v>
+      </c>
+      <c r="C145">
+        <v>19390819</v>
+      </c>
+      <c r="D145" t="s">
+        <v>419</v>
+      </c>
+      <c r="E145" t="s">
+        <v>442</v>
+      </c>
+    </row>
+    <row r="146" spans="1:6">
+      <c r="A146" t="s">
+        <v>443</v>
+      </c>
+      <c r="B146" t="s">
+        <v>444</v>
+      </c>
+      <c r="C146">
         <v>26237202</v>
       </c>
-      <c r="D142" t="s">
-[...3 lines deleted...]
-        <v>434</v>
+      <c r="D146" t="s">
+        <v>419</v>
+      </c>
+      <c r="E146" t="s">
+        <v>445</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">