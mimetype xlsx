--- v3 (2026-02-22)
+++ v4 (2026-02-22)
@@ -32,57 +32,57 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="446">
   <si>
     <t>Назва установи</t>
   </si>
   <si>
     <t>Дата підключення</t>
   </si>
   <si>
     <t>Код за ЄДРПОУ</t>
   </si>
   <si>
     <t>Статус у системі</t>
   </si>
   <si>
     <t>Абонентський вузол</t>
   </si>
   <si>
     <t>Коментарі</t>
   </si>
   <si>
-    <t>ТОВ «ІФГ»_en</t>
+    <t>ТОВ «ІФГ»</t>
   </si>
   <si>
     <t>19.02.2026</t>
   </si>
   <si>
-    <t>En Абонент - надавач послуг</t>
+    <t>Абонент - надавач послуг</t>
   </si>
   <si>
     <t>["finclick"]</t>
   </si>
   <si>
     <t>ТОВ "ГЛОВОАПП УКРАЇНА"</t>
   </si>
   <si>
     <t>09.02.2026</t>
   </si>
   <si>
     <t>["Glovo"]</t>
   </si>
   <si>
     <t>ТОВ "ФІНАНС ЕЛІТ КОМПАНІ"</t>
   </si>
   <si>
     <t>26.01.2026</t>
   </si>
   <si>
     <t>["НОТАКРЕДИТ"]</t>
   </si>
   <si>
     <t>ТОВ "Опендатабот"</t>
   </si>
@@ -998,51 +998,51 @@
   <si>
     <t>01.12.2016</t>
   </si>
   <si>
     <t>["Центр авторизації. Громадський Проект","Центр авторизації.DOSVIT"]</t>
   </si>
   <si>
     <t>Мінекономіки</t>
   </si>
   <si>
     <t>["Портал електронних сервісів Мінекономіки"]</t>
   </si>
   <si>
     <t>Абонент вузлів, вилучених у 2018 році</t>
   </si>
   <si>
     <t>01.01.1999</t>
   </si>
   <si>
     <t>АТ "Піреус Банк МКБ"</t>
   </si>
   <si>
     <t>02.05.2024</t>
   </si>
   <si>
-    <t>Абонент - ідентифікатор_en</t>
+    <t>Абонент - ідентифікатор</t>
   </si>
   <si>
     <t>["Піреус Банк"]</t>
   </si>
   <si>
     <t>АТ «БАНК ІНВЕСТИЦІЙ ТА ЗАОЩАДЖЕНЬ»</t>
   </si>
   <si>
     <t>30.12.2022</t>
   </si>
   <si>
     <t>["Банк інвестицій та заощаджень"]</t>
   </si>
   <si>
     <t>АКБ “ІНДУСТРІАЛБАНК”</t>
   </si>
   <si>
     <t>10.08.2022</t>
   </si>
   <si>
     <t>["Індустріалбанк"]</t>
   </si>
   <si>
     <t>АБ «КЛІРИНГОВИЙ ДІМ»</t>
   </si>
@@ -1271,51 +1271,51 @@
   <si>
     <t>АТ "АБ "РАДАБАНК"</t>
   </si>
   <si>
     <t>02.03.2018</t>
   </si>
   <si>
     <t>["Радабанк"]</t>
   </si>
   <si>
     <t>АТ "Ощадбанк"</t>
   </si>
   <si>
     <t>00032129</t>
   </si>
   <si>
     <t>["Ощадбанк"]</t>
   </si>
   <si>
     <t>АТ «ЮНЕКС БАНК»</t>
   </si>
   <si>
     <t>28.01.2022</t>
   </si>
   <si>
-    <t>En Абонент - ідентифікатор та надавач послуг</t>
+    <t>Абонент - ідентифікатор та надавач послуг</t>
   </si>
   <si>
     <t>["Юнекс Банк","Юнекс Банк"]</t>
   </si>
   <si>
     <t>АБ "УКРГАЗБАНК"</t>
   </si>
   <si>
     <t>17.02.2021</t>
   </si>
   <si>
     <t>["УКРГАЗБАНК"]</t>
   </si>
   <si>
     <t>АТ "ТАСКОМБАНК"</t>
   </si>
   <si>
     <t>21.12.2020</t>
   </si>
   <si>
     <t>09806443</t>
   </si>
   <si>
     <t>["Таскомбанк","izibank","izibank (надавач послуг)"]</t>
   </si>