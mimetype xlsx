--- v0 (2025-11-10)
+++ v1 (2025-12-26)
@@ -5,51 +5,51 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="164011"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\робочий стіл\іпотека\опитування\Aug_25\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\робочий стіл\іпотека\опитування\Oct_25\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="23040" windowHeight="8328" activeTab="1"/>
   </bookViews>
   <sheets>
     <sheet name="Disclaimer" sheetId="4" r:id="rId1"/>
     <sheet name="Part 1. Stock of loans" sheetId="1" r:id="rId2"/>
     <sheet name="Part 2. New lending" sheetId="5" r:id="rId3"/>
     <sheet name="Part 3. Distribution by regions" sheetId="2" r:id="rId4"/>
   </sheets>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
@@ -365,109 +365,111 @@
   <si>
     <t>Kharkiv Oblast</t>
   </si>
   <si>
     <t>Kherson Oblast</t>
   </si>
   <si>
     <t>Khmelnytskyi Oblast</t>
   </si>
   <si>
     <t>Cherkasy Oblast</t>
   </si>
   <si>
     <t>Chernivtsi Oblast</t>
   </si>
   <si>
     <t>Chernihiv Oblast</t>
   </si>
   <si>
     <t>Kyiv (Municipality)</t>
   </si>
   <si>
     <t>New mortgage loans to individuals, issued during the period, by regions, units</t>
   </si>
   <si>
-    <r>
-[...24 lines deleted...]
-  <si>
     <t>New mortgages to households, issued during the period, thousands UAH</t>
   </si>
   <si>
     <t>secured by property rights to future real estate as collateral</t>
+  </si>
+  <si>
+    <t>In November 2025 the responds were sent by 38 banks, gross mortgage portfolio of which amounted to 98.9% of the amount as of the end of 2021, while their share in the new lending in 2021 - 98.4% (the shares are calculated on the base of results of the surveys). 
+All sample (since December 2018) is build, covering only banks that responded in November 2025.</t>
   </si>
   <si>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="10"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="204"/>
       </rPr>
       <t>1</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="204"/>
       </rPr>
       <t>Information is prepared by the National Bank of Ukraine using the results of banks surveys on the loans, issued to individuals for the purchase, construction and reconstruction of real estate, secured by real estate. This file contains data that is a self-assessment of the banks' own mortgage portfolios and therefore may not coincide with the official statistics posted in the "Statistics" section of the official web-site of the National Bank of Ukraine. 
 The differences are primarily due to the use by banks for the purposes of compiling this table, in particular, data from management reporting. This approach more accurately reflects the type of collateral for loans, and therefore the essence of the classification of loans. 
 Banks may revise information for previous months, so in subsequent periods retrospective changes are likely.
 The data in not the official statistics of the National Bank of Ukraine. 
-Considering the clarifications provided to banks, data on the amounts and quantities of new mortgage loans by target were updated in March 2025. These data were updated retrospectively from October 2022 to December 2024. The previous results of the survey on the amounts and quantities of new mortgage loans for the purchase of housing in the primary real estate market took into account only mortgage loans secured by property rights to future real estate.</t>
+Considering the clarifications provided to banks, data on the amounts and quantities of new mortgage loans by target were updated in March 2025. These data were updated retrospectively from October 2022 to December 2024. The previous results of the survey on the amounts and quantities of new mortgage loans for the purchase of housing in the primary real estate market took into account only mortgage loans secured by property rights to future real estate.
+In December 2021, January 2024, and November 2025, some banks revised data for previous months.</t>
     </r>
   </si>
   <si>
-    <t>In September 2025 the responds were sent by 39 banks, gross mortgage portfolio of which amounted to 98.9% of the amount as of the end of 2021, while their share in the new lending in 2021 - 98.4% (the shares are calculated on the base of results of the surveys). 
-All sample (since December 2018) is build, covering only banks that responded in September 2025.</t>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <charset val="204"/>
+      </rPr>
+      <t>1</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <charset val="204"/>
+      </rPr>
+      <t>Information is prepared by the National Bank of Ukraine using the results of banks surveys on the loans, issued to individuals for the purchase, construction and reconstruction of real estate, secured by real estate. This file contains data that is a self-assessment of the banks' own mortgage portfolios and therefore may not coincide with the official statistics posted in the "Statistics" section of the official web-site of the National Bank of Ukraine. 
+The differences are primarily due to the use by banks for the purposes of compiling this table, in particular, data from management reporting. This approach more accurately reflects the type of collateral for loans, and therefore the essence of the classification of loans. 
+Banks may revise information for previous months, so in subsequent periods retrospective changes are likely.
+The data in not the official statistics of the National Bank of Ukraine. 
+In December 2021, January 2024, and November 2025, some banks revised data for previous months.</t>
+    </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <numFmts count="4">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
     <numFmt numFmtId="165" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="166" formatCode="[$-809]mmm\ yyyy;@"/>
   </numFmts>
   <fonts count="17" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="204"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
@@ -1205,51 +1207,51 @@
       <left/>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="112">
+  <cellXfs count="113">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="4" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="17" fontId="5" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="5" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
@@ -1361,50 +1363,53 @@
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="5" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="18" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="18" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="5" fillId="0" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="5" fillId="0" borderId="46" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="5" fillId="0" borderId="28" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="5" fillId="0" borderId="33" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="5" fillId="0" borderId="18" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
@@ -1845,461 +1850,461 @@
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A2:V23"/>
   <sheetViews>
     <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection activeCell="J16" sqref="J16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.6640625" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <sheetData>
     <row r="2" spans="1:22" ht="21" x14ac:dyDescent="0.4">
       <c r="A2" s="1" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="3" spans="1:22" ht="15" thickBot="1" x14ac:dyDescent="0.35"/>
     <row r="4" spans="1:22" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A4" s="57" t="s">
+      <c r="A4" s="58" t="s">
         <v>21</v>
       </c>
-      <c r="B4" s="58"/>
-[...19 lines deleted...]
-      <c r="V4" s="59"/>
+      <c r="B4" s="59"/>
+      <c r="C4" s="59"/>
+      <c r="D4" s="59"/>
+      <c r="E4" s="59"/>
+      <c r="F4" s="59"/>
+      <c r="G4" s="59"/>
+      <c r="H4" s="59"/>
+      <c r="I4" s="59"/>
+      <c r="J4" s="59"/>
+      <c r="K4" s="59"/>
+      <c r="L4" s="59"/>
+      <c r="M4" s="59"/>
+      <c r="N4" s="59"/>
+      <c r="O4" s="59"/>
+      <c r="P4" s="59"/>
+      <c r="Q4" s="59"/>
+      <c r="R4" s="59"/>
+      <c r="S4" s="59"/>
+      <c r="T4" s="59"/>
+      <c r="U4" s="59"/>
+      <c r="V4" s="60"/>
     </row>
     <row r="5" spans="1:22" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A5" s="60"/>
-[...20 lines deleted...]
-      <c r="V5" s="62"/>
+      <c r="A5" s="61"/>
+      <c r="B5" s="62"/>
+      <c r="C5" s="62"/>
+      <c r="D5" s="62"/>
+      <c r="E5" s="62"/>
+      <c r="F5" s="62"/>
+      <c r="G5" s="62"/>
+      <c r="H5" s="62"/>
+      <c r="I5" s="62"/>
+      <c r="J5" s="62"/>
+      <c r="K5" s="62"/>
+      <c r="L5" s="62"/>
+      <c r="M5" s="62"/>
+      <c r="N5" s="62"/>
+      <c r="O5" s="62"/>
+      <c r="P5" s="62"/>
+      <c r="Q5" s="62"/>
+      <c r="R5" s="62"/>
+      <c r="S5" s="62"/>
+      <c r="T5" s="62"/>
+      <c r="U5" s="62"/>
+      <c r="V5" s="63"/>
     </row>
     <row r="6" spans="1:22" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A6" s="60"/>
-[...20 lines deleted...]
-      <c r="V6" s="62"/>
+      <c r="A6" s="61"/>
+      <c r="B6" s="62"/>
+      <c r="C6" s="62"/>
+      <c r="D6" s="62"/>
+      <c r="E6" s="62"/>
+      <c r="F6" s="62"/>
+      <c r="G6" s="62"/>
+      <c r="H6" s="62"/>
+      <c r="I6" s="62"/>
+      <c r="J6" s="62"/>
+      <c r="K6" s="62"/>
+      <c r="L6" s="62"/>
+      <c r="M6" s="62"/>
+      <c r="N6" s="62"/>
+      <c r="O6" s="62"/>
+      <c r="P6" s="62"/>
+      <c r="Q6" s="62"/>
+      <c r="R6" s="62"/>
+      <c r="S6" s="62"/>
+      <c r="T6" s="62"/>
+      <c r="U6" s="62"/>
+      <c r="V6" s="63"/>
     </row>
     <row r="7" spans="1:22" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A7" s="60"/>
-[...20 lines deleted...]
-      <c r="V7" s="62"/>
+      <c r="A7" s="61"/>
+      <c r="B7" s="62"/>
+      <c r="C7" s="62"/>
+      <c r="D7" s="62"/>
+      <c r="E7" s="62"/>
+      <c r="F7" s="62"/>
+      <c r="G7" s="62"/>
+      <c r="H7" s="62"/>
+      <c r="I7" s="62"/>
+      <c r="J7" s="62"/>
+      <c r="K7" s="62"/>
+      <c r="L7" s="62"/>
+      <c r="M7" s="62"/>
+      <c r="N7" s="62"/>
+      <c r="O7" s="62"/>
+      <c r="P7" s="62"/>
+      <c r="Q7" s="62"/>
+      <c r="R7" s="62"/>
+      <c r="S7" s="62"/>
+      <c r="T7" s="62"/>
+      <c r="U7" s="62"/>
+      <c r="V7" s="63"/>
     </row>
     <row r="8" spans="1:22" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A8" s="60"/>
-[...20 lines deleted...]
-      <c r="V8" s="62"/>
+      <c r="A8" s="61"/>
+      <c r="B8" s="62"/>
+      <c r="C8" s="62"/>
+      <c r="D8" s="62"/>
+      <c r="E8" s="62"/>
+      <c r="F8" s="62"/>
+      <c r="G8" s="62"/>
+      <c r="H8" s="62"/>
+      <c r="I8" s="62"/>
+      <c r="J8" s="62"/>
+      <c r="K8" s="62"/>
+      <c r="L8" s="62"/>
+      <c r="M8" s="62"/>
+      <c r="N8" s="62"/>
+      <c r="O8" s="62"/>
+      <c r="P8" s="62"/>
+      <c r="Q8" s="62"/>
+      <c r="R8" s="62"/>
+      <c r="S8" s="62"/>
+      <c r="T8" s="62"/>
+      <c r="U8" s="62"/>
+      <c r="V8" s="63"/>
     </row>
     <row r="9" spans="1:22" ht="51.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A9" s="63"/>
-[...20 lines deleted...]
-      <c r="V9" s="65"/>
+      <c r="A9" s="64"/>
+      <c r="B9" s="65"/>
+      <c r="C9" s="65"/>
+      <c r="D9" s="65"/>
+      <c r="E9" s="65"/>
+      <c r="F9" s="65"/>
+      <c r="G9" s="65"/>
+      <c r="H9" s="65"/>
+      <c r="I9" s="65"/>
+      <c r="J9" s="65"/>
+      <c r="K9" s="65"/>
+      <c r="L9" s="65"/>
+      <c r="M9" s="65"/>
+      <c r="N9" s="65"/>
+      <c r="O9" s="65"/>
+      <c r="P9" s="65"/>
+      <c r="Q9" s="65"/>
+      <c r="R9" s="65"/>
+      <c r="S9" s="65"/>
+      <c r="T9" s="65"/>
+      <c r="U9" s="65"/>
+      <c r="V9" s="66"/>
     </row>
     <row r="10" spans="1:22" x14ac:dyDescent="0.3">
       <c r="A10" s="13"/>
       <c r="B10" s="13"/>
       <c r="C10" s="13"/>
       <c r="D10" s="13"/>
       <c r="E10" s="13"/>
       <c r="F10" s="13"/>
       <c r="G10" s="13"/>
       <c r="H10" s="13"/>
       <c r="I10" s="13"/>
       <c r="J10" s="13"/>
       <c r="K10" s="13"/>
       <c r="L10" s="13"/>
       <c r="M10" s="13"/>
       <c r="N10" s="13"/>
       <c r="O10" s="13"/>
     </row>
     <row r="23" spans="9:9" x14ac:dyDescent="0.3">
       <c r="I23" t="s">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A4:V9"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="4294967293" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:AA128"/>
+  <dimension ref="A1:AA130"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="73" zoomScaleNormal="70" workbookViewId="0">
-      <pane xSplit="1" ySplit="7" topLeftCell="C76" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="1" ySplit="7" topLeftCell="C89" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A8" sqref="A8"/>
-      <selection pane="bottomRight" activeCell="A95" sqref="A95"/>
+      <selection pane="bottomRight" activeCell="A92" sqref="A92:P95"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.6640625" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="22.33203125" customWidth="1"/>
     <col min="2" max="2" width="18.44140625" customWidth="1"/>
     <col min="3" max="3" width="18.6640625" customWidth="1"/>
     <col min="4" max="4" width="19.44140625" customWidth="1"/>
     <col min="5" max="6" width="17.6640625" customWidth="1"/>
     <col min="7" max="7" width="18" customWidth="1"/>
     <col min="8" max="8" width="17.6640625" customWidth="1"/>
     <col min="9" max="9" width="17.33203125" customWidth="1"/>
     <col min="10" max="10" width="15.6640625" customWidth="1"/>
     <col min="11" max="11" width="18.33203125" customWidth="1"/>
     <col min="12" max="12" width="17.109375" customWidth="1"/>
     <col min="13" max="13" width="19.33203125" customWidth="1"/>
     <col min="14" max="14" width="18" customWidth="1"/>
     <col min="15" max="15" width="18.44140625" customWidth="1"/>
     <col min="16" max="16" width="18.109375" customWidth="1"/>
     <col min="17" max="17" width="19.44140625" customWidth="1"/>
     <col min="18" max="18" width="16.33203125" customWidth="1"/>
     <col min="19" max="19" width="18.109375" customWidth="1"/>
     <col min="20" max="20" width="14.6640625" customWidth="1"/>
     <col min="21" max="21" width="15.33203125" customWidth="1"/>
     <col min="22" max="22" width="14.44140625" customWidth="1"/>
     <col min="23" max="23" width="14.6640625" customWidth="1"/>
     <col min="24" max="25" width="12.6640625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" ht="23.4" x14ac:dyDescent="0.4">
       <c r="A1" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:26" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A2" s="9" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="3" spans="1:26" ht="27.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A3" s="70" t="s">
+      <c r="A3" s="71" t="s">
         <v>4</v>
       </c>
-      <c r="B3" s="72" t="s">
+      <c r="B3" s="73" t="s">
         <v>5</v>
       </c>
-      <c r="C3" s="73"/>
-[...16 lines deleted...]
-      <c r="T3" s="75" t="s">
+      <c r="C3" s="74"/>
+      <c r="D3" s="74"/>
+      <c r="E3" s="74"/>
+      <c r="F3" s="74"/>
+      <c r="G3" s="74"/>
+      <c r="H3" s="74"/>
+      <c r="I3" s="74"/>
+      <c r="J3" s="74"/>
+      <c r="K3" s="74"/>
+      <c r="L3" s="74"/>
+      <c r="M3" s="74"/>
+      <c r="N3" s="74"/>
+      <c r="O3" s="74"/>
+      <c r="P3" s="74"/>
+      <c r="Q3" s="74"/>
+      <c r="R3" s="74"/>
+      <c r="S3" s="75"/>
+      <c r="T3" s="76" t="s">
         <v>6</v>
       </c>
-      <c r="U3" s="76"/>
-[...3 lines deleted...]
-      <c r="Y3" s="77"/>
+      <c r="U3" s="77"/>
+      <c r="V3" s="77"/>
+      <c r="W3" s="77"/>
+      <c r="X3" s="77"/>
+      <c r="Y3" s="78"/>
     </row>
     <row r="4" spans="1:26" ht="66" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A4" s="71"/>
-      <c r="B4" s="78" t="s">
+      <c r="A4" s="72"/>
+      <c r="B4" s="79" t="s">
         <v>7</v>
       </c>
-      <c r="C4" s="68"/>
-[...1 lines deleted...]
-      <c r="E4" s="68" t="s">
+      <c r="C4" s="69"/>
+      <c r="D4" s="69"/>
+      <c r="E4" s="69" t="s">
         <v>8</v>
       </c>
-      <c r="F4" s="68"/>
-[...1 lines deleted...]
-      <c r="H4" s="68" t="s">
+      <c r="F4" s="69"/>
+      <c r="G4" s="69"/>
+      <c r="H4" s="69" t="s">
         <v>9</v>
       </c>
-      <c r="I4" s="68"/>
-[...1 lines deleted...]
-      <c r="K4" s="68" t="s">
+      <c r="I4" s="69"/>
+      <c r="J4" s="69"/>
+      <c r="K4" s="69" t="s">
         <v>10</v>
       </c>
-      <c r="L4" s="68"/>
-[...1 lines deleted...]
-      <c r="N4" s="68" t="s">
+      <c r="L4" s="69"/>
+      <c r="M4" s="69"/>
+      <c r="N4" s="69" t="s">
         <v>11</v>
       </c>
-      <c r="O4" s="68"/>
-[...1 lines deleted...]
-      <c r="Q4" s="68" t="s">
+      <c r="O4" s="69"/>
+      <c r="P4" s="69"/>
+      <c r="Q4" s="69" t="s">
         <v>12</v>
       </c>
-      <c r="R4" s="68"/>
-[...1 lines deleted...]
-      <c r="T4" s="80" t="s">
+      <c r="R4" s="69"/>
+      <c r="S4" s="80"/>
+      <c r="T4" s="81" t="s">
         <v>13</v>
       </c>
-      <c r="U4" s="68"/>
-[...1 lines deleted...]
-      <c r="W4" s="68" t="s">
+      <c r="U4" s="69"/>
+      <c r="V4" s="69"/>
+      <c r="W4" s="69" t="s">
         <v>14</v>
       </c>
-      <c r="X4" s="68"/>
-      <c r="Y4" s="69"/>
+      <c r="X4" s="69"/>
+      <c r="Y4" s="70"/>
     </row>
     <row r="5" spans="1:26" ht="28.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A5" s="71"/>
-      <c r="B5" s="78" t="s">
+      <c r="A5" s="72"/>
+      <c r="B5" s="79" t="s">
         <v>15</v>
       </c>
-      <c r="C5" s="68" t="s">
+      <c r="C5" s="69" t="s">
         <v>16</v>
       </c>
-      <c r="D5" s="68"/>
-      <c r="E5" s="68" t="s">
+      <c r="D5" s="69"/>
+      <c r="E5" s="69" t="s">
         <v>15</v>
       </c>
-      <c r="F5" s="68" t="s">
+      <c r="F5" s="69" t="s">
         <v>16</v>
       </c>
-      <c r="G5" s="68"/>
-      <c r="H5" s="68" t="s">
+      <c r="G5" s="69"/>
+      <c r="H5" s="69" t="s">
         <v>15</v>
       </c>
-      <c r="I5" s="68" t="s">
+      <c r="I5" s="69" t="s">
         <v>16</v>
       </c>
-      <c r="J5" s="68"/>
-      <c r="K5" s="68" t="s">
+      <c r="J5" s="69"/>
+      <c r="K5" s="69" t="s">
         <v>15</v>
       </c>
-      <c r="L5" s="68" t="s">
+      <c r="L5" s="69" t="s">
         <v>16</v>
       </c>
-      <c r="M5" s="68"/>
-      <c r="N5" s="68" t="s">
+      <c r="M5" s="69"/>
+      <c r="N5" s="69" t="s">
         <v>15</v>
       </c>
-      <c r="O5" s="68" t="s">
+      <c r="O5" s="69" t="s">
         <v>16</v>
       </c>
-      <c r="P5" s="68"/>
-      <c r="Q5" s="68" t="s">
+      <c r="P5" s="69"/>
+      <c r="Q5" s="69" t="s">
         <v>15</v>
       </c>
-      <c r="R5" s="68" t="s">
+      <c r="R5" s="69" t="s">
         <v>16</v>
       </c>
-      <c r="S5" s="79"/>
-      <c r="T5" s="80" t="s">
+      <c r="S5" s="80"/>
+      <c r="T5" s="81" t="s">
         <v>15</v>
       </c>
-      <c r="U5" s="68" t="s">
+      <c r="U5" s="69" t="s">
         <v>16</v>
       </c>
-      <c r="V5" s="68"/>
-      <c r="W5" s="68" t="s">
+      <c r="V5" s="69"/>
+      <c r="W5" s="69" t="s">
         <v>15</v>
       </c>
-      <c r="X5" s="68" t="s">
+      <c r="X5" s="69" t="s">
         <v>16</v>
       </c>
-      <c r="Y5" s="69"/>
+      <c r="Y5" s="70"/>
     </row>
     <row r="6" spans="1:26" ht="28.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A6" s="71"/>
-      <c r="B6" s="78"/>
+      <c r="A6" s="72"/>
+      <c r="B6" s="79"/>
       <c r="C6" s="28" t="s">
         <v>17</v>
       </c>
       <c r="D6" s="28" t="s">
         <v>18</v>
       </c>
-      <c r="E6" s="68"/>
+      <c r="E6" s="69"/>
       <c r="F6" s="28" t="s">
         <v>17</v>
       </c>
       <c r="G6" s="28" t="s">
         <v>18</v>
       </c>
-      <c r="H6" s="68"/>
+      <c r="H6" s="69"/>
       <c r="I6" s="28" t="s">
         <v>17</v>
       </c>
       <c r="J6" s="28" t="s">
         <v>18</v>
       </c>
-      <c r="K6" s="68"/>
+      <c r="K6" s="69"/>
       <c r="L6" s="28" t="s">
         <v>17</v>
       </c>
       <c r="M6" s="28" t="s">
         <v>18</v>
       </c>
-      <c r="N6" s="68"/>
+      <c r="N6" s="69"/>
       <c r="O6" s="28" t="s">
         <v>17</v>
       </c>
       <c r="P6" s="28" t="s">
         <v>18</v>
       </c>
-      <c r="Q6" s="68"/>
+      <c r="Q6" s="69"/>
       <c r="R6" s="28" t="s">
         <v>17</v>
       </c>
       <c r="S6" s="29" t="s">
         <v>18</v>
       </c>
-      <c r="T6" s="80"/>
+      <c r="T6" s="81"/>
       <c r="U6" s="28" t="s">
         <v>17</v>
       </c>
       <c r="V6" s="28" t="s">
         <v>19</v>
       </c>
-      <c r="W6" s="68"/>
+      <c r="W6" s="69"/>
       <c r="X6" s="28" t="s">
         <v>17</v>
       </c>
       <c r="Y6" s="30" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:26" ht="23.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A7" s="34">
         <v>1</v>
       </c>
       <c r="B7" s="31">
         <v>2</v>
       </c>
       <c r="C7" s="4">
         <v>3</v>
       </c>
       <c r="D7" s="4">
         <v>4</v>
       </c>
       <c r="E7" s="4">
         <v>5</v>
       </c>
       <c r="F7" s="4">
         <v>6</v>
@@ -8011,965 +8016,1067 @@
       </c>
       <c r="T80" s="37">
         <v>36393</v>
       </c>
       <c r="U80" s="38">
         <v>34767</v>
       </c>
       <c r="V80" s="38">
         <v>1626</v>
       </c>
       <c r="W80" s="38">
         <v>6592</v>
       </c>
       <c r="X80" s="38">
         <v>5486</v>
       </c>
       <c r="Y80" s="43">
         <v>1106</v>
       </c>
     </row>
     <row r="81" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A81" s="41">
         <v>45688</v>
       </c>
       <c r="B81" s="37">
-        <v>35127491.369999997</v>
+        <v>36014420.060000002</v>
       </c>
       <c r="C81" s="38">
-        <v>31369906.469999999</v>
+        <v>32250501.469999999</v>
       </c>
       <c r="D81" s="38">
-        <v>3757584.9</v>
+        <v>3763918.59</v>
       </c>
       <c r="E81" s="38">
-        <v>5755152.54</v>
+        <v>5789358.1799999997</v>
       </c>
       <c r="F81" s="38">
-        <v>2280624.27</v>
+        <v>2313008.1</v>
       </c>
       <c r="G81" s="38">
-        <v>3474528.27</v>
+        <v>3476350.08</v>
       </c>
       <c r="H81" s="38">
-        <v>29372338.829999998</v>
+        <v>30225061.879999999</v>
       </c>
       <c r="I81" s="38">
-        <v>29089282.199999999</v>
+        <v>29937493.370000001</v>
       </c>
       <c r="J81" s="38">
-        <v>283056.63</v>
+        <v>287568.51</v>
       </c>
       <c r="K81" s="38">
-        <v>6406362.96</v>
+        <v>6481700.1299999999</v>
       </c>
       <c r="L81" s="38">
-        <v>2758305.65</v>
+        <v>2830980.78</v>
       </c>
       <c r="M81" s="38">
-        <v>3648057.31</v>
+        <v>3650719.35</v>
       </c>
       <c r="N81" s="38">
-        <v>5000926.8899999997</v>
+        <v>5031925.47</v>
       </c>
       <c r="O81" s="38">
-        <v>1552674.08</v>
+        <v>1581866.27</v>
       </c>
       <c r="P81" s="38">
-        <v>3448252.82</v>
+        <v>3450059.2</v>
       </c>
       <c r="Q81" s="38">
-        <v>1405436.07</v>
+        <v>1449774.66</v>
       </c>
       <c r="R81" s="38">
-        <v>1205631.57</v>
+        <v>1249114.5</v>
       </c>
       <c r="S81" s="39">
-        <v>199804.49</v>
+        <v>200660.15</v>
       </c>
       <c r="T81" s="37">
-        <v>36284</v>
+        <v>38067</v>
       </c>
       <c r="U81" s="38">
-        <v>34678</v>
+        <v>36446</v>
       </c>
       <c r="V81" s="38">
-        <v>1606</v>
+        <v>1621</v>
       </c>
       <c r="W81" s="38">
-        <v>7095</v>
+        <v>7226</v>
       </c>
       <c r="X81" s="38">
-        <v>5994</v>
+        <v>6119</v>
       </c>
       <c r="Y81" s="43">
-        <v>1101</v>
+        <v>1107</v>
       </c>
     </row>
     <row r="82" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A82" s="41">
         <v>45716</v>
       </c>
       <c r="B82" s="37">
-        <v>35623149.369999997</v>
+        <v>36507325.869999997</v>
       </c>
       <c r="C82" s="38">
-        <v>31907881.25</v>
+        <v>32785844.530000001</v>
       </c>
       <c r="D82" s="38">
-        <v>3715268.12</v>
+        <v>3721481.35</v>
       </c>
       <c r="E82" s="38">
-        <v>5733681.6900000004</v>
+        <v>5768032.7400000002</v>
       </c>
       <c r="F82" s="38">
-        <v>2280928.75</v>
+        <v>2313454.16</v>
       </c>
       <c r="G82" s="38">
-        <v>3452752.94</v>
+        <v>3454578.58</v>
       </c>
       <c r="H82" s="38">
-        <v>29889467.68</v>
+        <v>30739293.129999999</v>
       </c>
       <c r="I82" s="38">
-        <v>29626952.5</v>
+        <v>30472390.370000001</v>
       </c>
       <c r="J82" s="38">
-        <v>262515.17</v>
+        <v>266902.76</v>
       </c>
       <c r="K82" s="38">
-        <v>6393142.79</v>
+        <v>6473690.7400000002</v>
       </c>
       <c r="L82" s="38">
-        <v>2782404.95</v>
+        <v>2859972.04</v>
       </c>
       <c r="M82" s="38">
-        <v>3610737.84</v>
+        <v>3613718.71</v>
       </c>
       <c r="N82" s="38">
-        <v>4979645.95</v>
+        <v>5010794.29</v>
       </c>
       <c r="O82" s="38">
-        <v>1552512.65</v>
+        <v>1581850</v>
       </c>
       <c r="P82" s="38">
-        <v>3427133.3</v>
+        <v>3428944.29</v>
       </c>
       <c r="Q82" s="38">
-        <v>1413496.83</v>
+        <v>1462896.46</v>
       </c>
       <c r="R82" s="38">
-        <v>1229892.3</v>
+        <v>1278122.04</v>
       </c>
       <c r="S82" s="39">
-        <v>183604.53</v>
+        <v>184774.42</v>
       </c>
       <c r="T82" s="37">
-        <v>36399</v>
+        <v>38179</v>
       </c>
       <c r="U82" s="38">
-        <v>34827</v>
+        <v>36592</v>
       </c>
       <c r="V82" s="38">
-        <v>1572</v>
+        <v>1587</v>
       </c>
       <c r="W82" s="38">
-        <v>7055</v>
+        <v>7192</v>
       </c>
       <c r="X82" s="38">
-        <v>5963</v>
+        <v>6093</v>
       </c>
       <c r="Y82" s="43">
-        <v>1092</v>
+        <v>1099</v>
       </c>
     </row>
     <row r="83" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A83" s="41">
         <v>45747</v>
       </c>
       <c r="B83" s="37">
-        <v>34723656</v>
+        <v>35592925.399999999</v>
       </c>
       <c r="C83" s="38">
-        <v>32096335.760000002</v>
+        <v>32959475.449999999</v>
       </c>
       <c r="D83" s="38">
-        <v>2627320.2400000002</v>
+        <v>2633449.9500000002</v>
       </c>
       <c r="E83" s="38">
-        <v>4393236.3899999997</v>
+        <v>4427563.78</v>
       </c>
       <c r="F83" s="38">
-        <v>2017251.31</v>
+        <v>2049748.92</v>
       </c>
       <c r="G83" s="38">
-        <v>2375985.08</v>
+        <v>2377814.86</v>
       </c>
       <c r="H83" s="38">
-        <v>30330419.620000001</v>
+        <v>31165361.620000001</v>
       </c>
       <c r="I83" s="38">
-        <v>30079084.449999999</v>
+        <v>30909726.530000001</v>
       </c>
       <c r="J83" s="38">
-        <v>251335.16</v>
+        <v>255635.09</v>
       </c>
       <c r="K83" s="38">
-        <v>5261649.46</v>
+        <v>5337082.82</v>
       </c>
       <c r="L83" s="38">
-        <v>2724605.3</v>
+        <v>2797074.34</v>
       </c>
       <c r="M83" s="38">
-        <v>2537044.15</v>
+        <v>2540008.48</v>
       </c>
       <c r="N83" s="38">
-        <v>3794942.25</v>
+        <v>3826383.98</v>
       </c>
       <c r="O83" s="38">
-        <v>1440566.09</v>
+        <v>1470182.81</v>
       </c>
       <c r="P83" s="38">
-        <v>2354376.16</v>
+        <v>2356201.1800000002</v>
       </c>
       <c r="Q83" s="38">
-        <v>1466707.21</v>
+        <v>1510698.84</v>
       </c>
       <c r="R83" s="38">
-        <v>1284039.21</v>
+        <v>1326891.53</v>
       </c>
       <c r="S83" s="39">
-        <v>182667.99</v>
+        <v>183807.31</v>
       </c>
       <c r="T83" s="37">
-        <v>35746</v>
+        <v>37499</v>
       </c>
       <c r="U83" s="38">
-        <v>34404</v>
+        <v>36142</v>
       </c>
       <c r="V83" s="38">
-        <v>1342</v>
+        <v>1357</v>
       </c>
       <c r="W83" s="38">
-        <v>6814</v>
+        <v>6939</v>
       </c>
       <c r="X83" s="38">
-        <v>5856</v>
+        <v>5974</v>
       </c>
       <c r="Y83" s="43">
-        <v>958</v>
+        <v>965</v>
       </c>
     </row>
     <row r="84" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A84" s="41">
         <v>45777</v>
       </c>
       <c r="B84" s="37">
-        <v>35280218.159999996</v>
+        <v>36128185.490000002</v>
       </c>
       <c r="C84" s="38">
-        <v>32634385.329999998</v>
+        <v>33476273.879999999</v>
       </c>
       <c r="D84" s="38">
-        <v>2645832.83</v>
+        <v>2651911.61</v>
       </c>
       <c r="E84" s="38">
-        <v>4419604.57</v>
+        <v>4453740.63</v>
       </c>
       <c r="F84" s="38">
-        <v>2023750.11</v>
+        <v>2056064.84</v>
       </c>
       <c r="G84" s="38">
-        <v>2395854.46</v>
+        <v>2397675.7999999998</v>
       </c>
       <c r="H84" s="38">
-        <v>30860613.59</v>
+        <v>31674444.859999999</v>
       </c>
       <c r="I84" s="38">
-        <v>30610635.219999999</v>
+        <v>31420209.050000001</v>
       </c>
       <c r="J84" s="38">
-        <v>249978.37</v>
+        <v>254235.81</v>
       </c>
       <c r="K84" s="38">
-        <v>5381325.7699999996</v>
+        <v>5456262.4100000001</v>
       </c>
       <c r="L84" s="38">
-        <v>2821654.31</v>
+        <v>2893620.47</v>
       </c>
       <c r="M84" s="38">
-        <v>2559671.46</v>
+        <v>2562641.94</v>
       </c>
       <c r="N84" s="38">
-        <v>3821342.86</v>
+        <v>3852294.03</v>
       </c>
       <c r="O84" s="38">
-        <v>1445895.53</v>
+        <v>1475030.14</v>
       </c>
       <c r="P84" s="38">
-        <v>2375447.34</v>
+        <v>2377263.9</v>
       </c>
       <c r="Q84" s="38">
-        <v>1559982.91</v>
+        <v>1603968.38</v>
       </c>
       <c r="R84" s="38">
-        <v>1375758.79</v>
+        <v>1418590.34</v>
       </c>
       <c r="S84" s="39">
-        <v>184224.12</v>
+        <v>185378.04</v>
       </c>
       <c r="T84" s="37">
-        <v>35874</v>
+        <v>37596</v>
       </c>
       <c r="U84" s="38">
-        <v>34553</v>
+        <v>36260</v>
       </c>
       <c r="V84" s="38">
-        <v>1321</v>
+        <v>1336</v>
       </c>
       <c r="W84" s="38">
-        <v>6802</v>
+        <v>6928</v>
       </c>
       <c r="X84" s="38">
-        <v>5846</v>
+        <v>5965</v>
       </c>
       <c r="Y84" s="43">
-        <v>956</v>
+        <v>963</v>
       </c>
     </row>
     <row r="85" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A85" s="41">
         <v>45808</v>
       </c>
       <c r="B85" s="37">
-        <v>35981620.670000002</v>
+        <v>36817281.729999997</v>
       </c>
       <c r="C85" s="38">
-        <v>33297434.890000001</v>
+        <v>34127131.310000002</v>
       </c>
       <c r="D85" s="38">
-        <v>2684185.7799999998</v>
+        <v>2690150.42</v>
       </c>
       <c r="E85" s="38">
-        <v>4475266.79</v>
+        <v>4509195.76</v>
       </c>
       <c r="F85" s="38">
-        <v>2039307.05</v>
+        <v>2071431.21</v>
       </c>
       <c r="G85" s="38">
-        <v>2435959.7400000002</v>
+        <v>2437764.5499999998</v>
       </c>
       <c r="H85" s="38">
-        <v>31506353.879999999</v>
+        <v>32308085.969999999</v>
       </c>
       <c r="I85" s="38">
-        <v>31258127.84</v>
+        <v>32055700.100000001</v>
       </c>
       <c r="J85" s="38">
-        <v>248226.04</v>
+        <v>252385.87</v>
       </c>
       <c r="K85" s="38">
-        <v>5530773.6799999997</v>
+        <v>5603966.8200000003</v>
       </c>
       <c r="L85" s="38">
-        <v>2925026.92</v>
+        <v>2995297.89</v>
       </c>
       <c r="M85" s="38">
-        <v>2605746.7599999998</v>
+        <v>2608668.9300000002</v>
       </c>
       <c r="N85" s="38">
-        <v>3881358.07</v>
+        <v>3912070.15</v>
       </c>
       <c r="O85" s="38">
-        <v>1463208.09</v>
+        <v>1492117.06</v>
       </c>
       <c r="P85" s="38">
-        <v>2418149.98</v>
+        <v>2419953.1</v>
       </c>
       <c r="Q85" s="38">
-        <v>1649415.61</v>
+        <v>1691896.67</v>
       </c>
       <c r="R85" s="38">
-        <v>1461818.83</v>
+        <v>1503180.83</v>
       </c>
       <c r="S85" s="39">
-        <v>187596.77</v>
+        <v>188715.83</v>
       </c>
       <c r="T85" s="37">
-        <v>36117</v>
+        <v>37814</v>
       </c>
       <c r="U85" s="38">
-        <v>34806</v>
+        <v>36488</v>
       </c>
       <c r="V85" s="38">
-        <v>1311</v>
+        <v>1326</v>
       </c>
       <c r="W85" s="38">
-        <v>6814</v>
+        <v>6939</v>
       </c>
       <c r="X85" s="38">
-        <v>5854</v>
+        <v>5972</v>
       </c>
       <c r="Y85" s="43">
-        <v>960</v>
+        <v>967</v>
       </c>
     </row>
     <row r="86" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A86" s="41">
         <v>45838</v>
       </c>
       <c r="B86" s="37">
-        <v>36791971.380000003</v>
+        <v>37619416.310000002</v>
       </c>
       <c r="C86" s="38">
-        <v>34143410.969999999</v>
+        <v>34964939.649999999</v>
       </c>
       <c r="D86" s="38">
-        <v>2648560.42</v>
+        <v>2654476.66</v>
       </c>
       <c r="E86" s="38">
-        <v>4391053.17</v>
+        <v>4425731.6500000004</v>
       </c>
       <c r="F86" s="38">
-        <v>1987930.78</v>
+        <v>2020798.54</v>
       </c>
       <c r="G86" s="38">
-        <v>2403122.4</v>
+        <v>2404933.11</v>
       </c>
       <c r="H86" s="38">
-        <v>32400918.210000001</v>
+        <v>33193684.66</v>
       </c>
       <c r="I86" s="38">
-        <v>32155480.190000001</v>
+        <v>32944141.109999999</v>
       </c>
       <c r="J86" s="38">
-        <v>245438.02</v>
+        <v>249543.55</v>
       </c>
       <c r="K86" s="38">
-        <v>5520781.0599999996</v>
+        <v>5593355.1600000001</v>
       </c>
       <c r="L86" s="38">
-        <v>2948266.17</v>
+        <v>3017924.2</v>
       </c>
       <c r="M86" s="38">
-        <v>2572514.89</v>
+        <v>2575430.96</v>
       </c>
       <c r="N86" s="38">
-        <v>3846606.95</v>
+        <v>3877806.45</v>
       </c>
       <c r="O86" s="38">
-        <v>1459939.83</v>
+        <v>1489330.26</v>
       </c>
       <c r="P86" s="38">
-        <v>2386667.12</v>
+        <v>2388476.2000000002</v>
       </c>
       <c r="Q86" s="38">
-        <v>1674174.11</v>
+        <v>1715548.71</v>
       </c>
       <c r="R86" s="38">
-        <v>1488326.34</v>
+        <v>1528593.94</v>
       </c>
       <c r="S86" s="39">
-        <v>185847.77</v>
+        <v>186954.76</v>
       </c>
       <c r="T86" s="37">
-        <v>36368</v>
+        <v>38053</v>
       </c>
       <c r="U86" s="38">
-        <v>35102</v>
+        <v>36772</v>
       </c>
       <c r="V86" s="38">
-        <v>1266</v>
+        <v>1281</v>
       </c>
       <c r="W86" s="38">
-        <v>6735</v>
+        <v>6856</v>
       </c>
       <c r="X86" s="38">
-        <v>5796</v>
+        <v>5910</v>
       </c>
       <c r="Y86" s="43">
-        <v>939</v>
+        <v>946</v>
       </c>
     </row>
     <row r="87" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A87" s="41">
         <v>45869</v>
       </c>
       <c r="B87" s="37">
-        <v>38111090.920000002</v>
+        <v>38951807.170000002</v>
       </c>
       <c r="C87" s="38">
-        <v>35456461.520000003</v>
+        <v>36291337.140000001</v>
       </c>
       <c r="D87" s="38">
-        <v>2654629.4</v>
+        <v>2660470.0299999998</v>
       </c>
       <c r="E87" s="38">
-        <v>4421663.0199999996</v>
+        <v>4456091.1900000004</v>
       </c>
       <c r="F87" s="38">
-        <v>2009215.82</v>
+        <v>2041839.19</v>
       </c>
       <c r="G87" s="38">
-        <v>2412447.2000000002</v>
+        <v>2414252</v>
       </c>
       <c r="H87" s="38">
-        <v>33689427.899999999</v>
+        <v>34495715.979999997</v>
       </c>
       <c r="I87" s="38">
-        <v>33447245.699999999</v>
+        <v>34249497.950000003</v>
       </c>
       <c r="J87" s="38">
-        <v>242182.2</v>
+        <v>246218.03</v>
       </c>
       <c r="K87" s="38">
-        <v>5518706.6699999999</v>
+        <v>5589837.3899999997</v>
       </c>
       <c r="L87" s="38">
-        <v>2938501.98</v>
+        <v>3006753.81</v>
       </c>
       <c r="M87" s="38">
-        <v>2580204.69</v>
+        <v>2583083.58</v>
       </c>
       <c r="N87" s="38">
-        <v>3841451.82</v>
+        <v>3872726.94</v>
       </c>
       <c r="O87" s="38">
-        <v>1445654.95</v>
+        <v>1475125.75</v>
       </c>
       <c r="P87" s="38">
-        <v>2395796.86</v>
+        <v>2397601.19</v>
       </c>
       <c r="Q87" s="38">
-        <v>1677254.85</v>
+        <v>1717110.45</v>
       </c>
       <c r="R87" s="38">
-        <v>1492847.03</v>
+        <v>1531628.06</v>
       </c>
       <c r="S87" s="39">
-        <v>184407.82</v>
+        <v>185482.39</v>
       </c>
       <c r="T87" s="37">
-        <v>36915</v>
+        <v>38594</v>
       </c>
       <c r="U87" s="38">
-        <v>35677</v>
+        <v>37341</v>
       </c>
       <c r="V87" s="38">
-        <v>1238</v>
+        <v>1253</v>
       </c>
       <c r="W87" s="38">
-        <v>6653</v>
+        <v>6771</v>
       </c>
       <c r="X87" s="38">
-        <v>5726</v>
+        <v>5837</v>
       </c>
       <c r="Y87" s="43">
-        <v>927</v>
-[...3 lines deleted...]
-      <c r="A88" s="36">
+        <v>934</v>
+      </c>
+    </row>
+    <row r="88" spans="1:25" x14ac:dyDescent="0.3">
+      <c r="A88" s="41">
         <v>45900</v>
       </c>
-      <c r="B88" s="19">
-[...69 lines deleted...]
-        <v>917</v>
+      <c r="B88" s="37">
+        <v>39887240.100000001</v>
+      </c>
+      <c r="C88" s="38">
+        <v>37286325.25</v>
+      </c>
+      <c r="D88" s="38">
+        <v>2600914.86</v>
+      </c>
+      <c r="E88" s="38">
+        <v>4394712.3</v>
+      </c>
+      <c r="F88" s="38">
+        <v>2034572.82</v>
+      </c>
+      <c r="G88" s="38">
+        <v>2360139.48</v>
+      </c>
+      <c r="H88" s="38">
+        <v>35492527.799999997</v>
+      </c>
+      <c r="I88" s="38">
+        <v>35251752.43</v>
+      </c>
+      <c r="J88" s="38">
+        <v>240775.37</v>
+      </c>
+      <c r="K88" s="38">
+        <v>4788356.7300000004</v>
+      </c>
+      <c r="L88" s="38">
+        <v>2261685.59</v>
+      </c>
+      <c r="M88" s="38">
+        <v>2526671.14</v>
+      </c>
+      <c r="N88" s="38">
+        <v>3631769.95</v>
+      </c>
+      <c r="O88" s="38">
+        <v>1288551.67</v>
+      </c>
+      <c r="P88" s="38">
+        <v>2343218.2799999998</v>
+      </c>
+      <c r="Q88" s="38">
+        <v>1156586.77</v>
+      </c>
+      <c r="R88" s="38">
+        <v>973133.91</v>
+      </c>
+      <c r="S88" s="39">
+        <v>183452.86</v>
+      </c>
+      <c r="T88" s="37">
+        <v>38986</v>
+      </c>
+      <c r="U88" s="38">
+        <v>37756</v>
+      </c>
+      <c r="V88" s="38">
+        <v>1230</v>
+      </c>
+      <c r="W88" s="38">
+        <v>6418</v>
+      </c>
+      <c r="X88" s="38">
+        <v>5494</v>
+      </c>
+      <c r="Y88" s="43">
+        <v>924</v>
       </c>
     </row>
     <row r="89" spans="1:25" x14ac:dyDescent="0.3">
-      <c r="A89" s="24"/>
-[...52 lines deleted...]
-      <c r="Y90" s="2"/>
+      <c r="A89" s="41">
+        <v>45930</v>
+      </c>
+      <c r="B89" s="37">
+        <v>40931605.729999997</v>
+      </c>
+      <c r="C89" s="38">
+        <v>38348769.719999999</v>
+      </c>
+      <c r="D89" s="38">
+        <v>2582836.0099999998</v>
+      </c>
+      <c r="E89" s="38">
+        <v>4188924.15</v>
+      </c>
+      <c r="F89" s="38">
+        <v>1840258.42</v>
+      </c>
+      <c r="G89" s="38">
+        <v>2348665.73</v>
+      </c>
+      <c r="H89" s="38">
+        <v>36742681.579999998</v>
+      </c>
+      <c r="I89" s="38">
+        <v>36508511.299999997</v>
+      </c>
+      <c r="J89" s="38">
+        <v>234170.28</v>
+      </c>
+      <c r="K89" s="38">
+        <v>4791477.54</v>
+      </c>
+      <c r="L89" s="38">
+        <v>2280618.5699999998</v>
+      </c>
+      <c r="M89" s="38">
+        <v>2510858.98</v>
+      </c>
+      <c r="N89" s="38">
+        <v>3609335.56</v>
+      </c>
+      <c r="O89" s="38">
+        <v>1276843.58</v>
+      </c>
+      <c r="P89" s="38">
+        <v>2332491.98</v>
+      </c>
+      <c r="Q89" s="38">
+        <v>1182141.98</v>
+      </c>
+      <c r="R89" s="38">
+        <v>1003774.98</v>
+      </c>
+      <c r="S89" s="39">
+        <v>178367</v>
+      </c>
+      <c r="T89" s="37">
+        <v>39354</v>
+      </c>
+      <c r="U89" s="38">
+        <v>38151</v>
+      </c>
+      <c r="V89" s="38">
+        <v>1203</v>
+      </c>
+      <c r="W89" s="38">
+        <v>6353</v>
+      </c>
+      <c r="X89" s="38">
+        <v>5447</v>
+      </c>
+      <c r="Y89" s="43">
+        <v>906</v>
+      </c>
+    </row>
+    <row r="90" spans="1:25" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A90" s="36">
+        <v>45961</v>
+      </c>
+      <c r="B90" s="19">
+        <v>42133156.890000001</v>
+      </c>
+      <c r="C90" s="20">
+        <v>39507929.130000003</v>
+      </c>
+      <c r="D90" s="20">
+        <v>2625227.7599999998</v>
+      </c>
+      <c r="E90" s="20">
+        <v>4230297.8899999997</v>
+      </c>
+      <c r="F90" s="20">
+        <v>1841167.03</v>
+      </c>
+      <c r="G90" s="20">
+        <v>2389130.86</v>
+      </c>
+      <c r="H90" s="20">
+        <v>37902859</v>
+      </c>
+      <c r="I90" s="20">
+        <v>37666762.100000001</v>
+      </c>
+      <c r="J90" s="20">
+        <v>236096.9</v>
+      </c>
+      <c r="K90" s="20">
+        <v>4776343.8</v>
+      </c>
+      <c r="L90" s="20">
+        <v>2222700.9</v>
+      </c>
+      <c r="M90" s="20">
+        <v>2553642.9</v>
+      </c>
+      <c r="N90" s="20">
+        <v>3626039.2</v>
+      </c>
+      <c r="O90" s="20">
+        <v>1252746.5900000001</v>
+      </c>
+      <c r="P90" s="20">
+        <v>2373292.61</v>
+      </c>
+      <c r="Q90" s="20">
+        <v>1150304.6000000001</v>
+      </c>
+      <c r="R90" s="20">
+        <v>969954.31</v>
+      </c>
+      <c r="S90" s="22">
+        <v>180350.29</v>
+      </c>
+      <c r="T90" s="19">
+        <v>39720</v>
+      </c>
+      <c r="U90" s="20">
+        <v>38540</v>
+      </c>
+      <c r="V90" s="20">
+        <v>1180</v>
+      </c>
+      <c r="W90" s="20">
+        <v>6273</v>
+      </c>
+      <c r="X90" s="20">
+        <v>5373</v>
+      </c>
+      <c r="Y90" s="44">
+        <v>900</v>
+      </c>
     </row>
     <row r="91" spans="1:25" x14ac:dyDescent="0.3">
-      <c r="A91" s="67"/>
-[...14 lines deleted...]
-      <c r="P91" s="67"/>
+      <c r="A91" s="24"/>
+      <c r="B91" s="2"/>
+      <c r="C91" s="2"/>
+      <c r="D91" s="2"/>
+      <c r="E91" s="2"/>
+      <c r="F91" s="2"/>
+      <c r="G91" s="2"/>
+      <c r="H91" s="2"/>
+      <c r="I91" s="2"/>
+      <c r="J91" s="2"/>
+      <c r="K91" s="2"/>
+      <c r="L91" s="2"/>
+      <c r="M91" s="2"/>
+      <c r="N91" s="2"/>
+      <c r="O91" s="2"/>
+      <c r="P91" s="2"/>
       <c r="Q91" s="2"/>
       <c r="R91" s="2"/>
       <c r="S91" s="2"/>
-      <c r="T91" s="2"/>
-[...22 lines deleted...]
-      <c r="P92" s="67"/>
+      <c r="T91" s="11"/>
+      <c r="U91" s="11"/>
+      <c r="V91" s="11"/>
+      <c r="W91" s="11"/>
+      <c r="X91" s="11"/>
+      <c r="Y91" s="11"/>
+    </row>
+    <row r="92" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A92" s="68" t="s">
+        <v>66</v>
+      </c>
+      <c r="B92" s="68"/>
+      <c r="C92" s="68"/>
+      <c r="D92" s="68"/>
+      <c r="E92" s="68"/>
+      <c r="F92" s="68"/>
+      <c r="G92" s="68"/>
+      <c r="H92" s="68"/>
+      <c r="I92" s="68"/>
+      <c r="J92" s="68"/>
+      <c r="K92" s="68"/>
+      <c r="L92" s="68"/>
+      <c r="M92" s="68"/>
+      <c r="N92" s="68"/>
+      <c r="O92" s="68"/>
+      <c r="P92" s="68"/>
       <c r="Q92" s="2"/>
       <c r="R92" s="2"/>
       <c r="S92" s="2"/>
       <c r="T92" s="2"/>
       <c r="U92" s="2"/>
       <c r="V92" s="2"/>
       <c r="W92" s="2"/>
       <c r="X92" s="2"/>
       <c r="Y92" s="2"/>
     </row>
-    <row r="93" spans="1:25" ht="34.200000000000003" customHeight="1" x14ac:dyDescent="0.3">
-[...15 lines deleted...]
-      <c r="P93" s="67"/>
+    <row r="93" spans="1:25" x14ac:dyDescent="0.3">
+      <c r="A93" s="68"/>
+      <c r="B93" s="68"/>
+      <c r="C93" s="68"/>
+      <c r="D93" s="68"/>
+      <c r="E93" s="68"/>
+      <c r="F93" s="68"/>
+      <c r="G93" s="68"/>
+      <c r="H93" s="68"/>
+      <c r="I93" s="68"/>
+      <c r="J93" s="68"/>
+      <c r="K93" s="68"/>
+      <c r="L93" s="68"/>
+      <c r="M93" s="68"/>
+      <c r="N93" s="68"/>
+      <c r="O93" s="68"/>
+      <c r="P93" s="68"/>
       <c r="Q93" s="2"/>
       <c r="R93" s="2"/>
       <c r="S93" s="2"/>
       <c r="T93" s="2"/>
       <c r="U93" s="2"/>
       <c r="V93" s="2"/>
       <c r="W93" s="2"/>
       <c r="X93" s="2"/>
       <c r="Y93" s="2"/>
     </row>
-    <row r="94" spans="1:25" ht="30.6" customHeight="1" x14ac:dyDescent="0.3">
-[...17 lines deleted...]
-      <c r="P94" s="66"/>
+    <row r="94" spans="1:25" x14ac:dyDescent="0.3">
+      <c r="A94" s="68"/>
+      <c r="B94" s="68"/>
+      <c r="C94" s="68"/>
+      <c r="D94" s="68"/>
+      <c r="E94" s="68"/>
+      <c r="F94" s="68"/>
+      <c r="G94" s="68"/>
+      <c r="H94" s="68"/>
+      <c r="I94" s="68"/>
+      <c r="J94" s="68"/>
+      <c r="K94" s="68"/>
+      <c r="L94" s="68"/>
+      <c r="M94" s="68"/>
+      <c r="N94" s="68"/>
+      <c r="O94" s="68"/>
+      <c r="P94" s="68"/>
       <c r="Q94" s="2"/>
       <c r="R94" s="2"/>
       <c r="S94" s="2"/>
       <c r="T94" s="2"/>
       <c r="U94" s="2"/>
       <c r="V94" s="2"/>
       <c r="W94" s="2"/>
       <c r="X94" s="2"/>
       <c r="Y94" s="2"/>
     </row>
-    <row r="95" spans="1:25" x14ac:dyDescent="0.3">
-[...14 lines deleted...]
-      <c r="P95" s="2"/>
+    <row r="95" spans="1:25" ht="34.200000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A95" s="68"/>
+      <c r="B95" s="68"/>
+      <c r="C95" s="68"/>
+      <c r="D95" s="68"/>
+      <c r="E95" s="68"/>
+      <c r="F95" s="68"/>
+      <c r="G95" s="68"/>
+      <c r="H95" s="68"/>
+      <c r="I95" s="68"/>
+      <c r="J95" s="68"/>
+      <c r="K95" s="68"/>
+      <c r="L95" s="68"/>
+      <c r="M95" s="68"/>
+      <c r="N95" s="68"/>
+      <c r="O95" s="68"/>
+      <c r="P95" s="68"/>
       <c r="Q95" s="2"/>
       <c r="R95" s="2"/>
       <c r="S95" s="2"/>
       <c r="T95" s="2"/>
       <c r="U95" s="2"/>
       <c r="V95" s="2"/>
       <c r="W95" s="2"/>
       <c r="X95" s="2"/>
       <c r="Y95" s="2"/>
     </row>
-    <row r="96" spans="1:25" x14ac:dyDescent="0.3">
-[...14 lines deleted...]
-      <c r="P96" s="2"/>
+    <row r="96" spans="1:25" ht="30.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A96" s="67" t="s">
+        <v>64</v>
+      </c>
+      <c r="B96" s="67"/>
+      <c r="C96" s="67"/>
+      <c r="D96" s="67"/>
+      <c r="E96" s="67"/>
+      <c r="F96" s="67"/>
+      <c r="G96" s="67"/>
+      <c r="H96" s="67"/>
+      <c r="I96" s="67"/>
+      <c r="J96" s="67"/>
+      <c r="K96" s="67"/>
+      <c r="L96" s="67"/>
+      <c r="M96" s="67"/>
+      <c r="N96" s="67"/>
+      <c r="O96" s="67"/>
+      <c r="P96" s="67"/>
       <c r="Q96" s="2"/>
       <c r="R96" s="2"/>
       <c r="S96" s="2"/>
       <c r="T96" s="2"/>
       <c r="U96" s="2"/>
       <c r="V96" s="2"/>
       <c r="W96" s="2"/>
       <c r="X96" s="2"/>
       <c r="Y96" s="2"/>
     </row>
     <row r="97" spans="2:25" x14ac:dyDescent="0.3">
       <c r="B97" s="2"/>
       <c r="C97" s="2"/>
-      <c r="D97" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D97" s="2"/>
       <c r="E97" s="2"/>
       <c r="F97" s="2"/>
       <c r="G97" s="2"/>
       <c r="H97" s="2"/>
       <c r="I97" s="2"/>
       <c r="J97" s="2"/>
       <c r="K97" s="2"/>
       <c r="L97" s="2"/>
       <c r="M97" s="2"/>
       <c r="N97" s="2"/>
       <c r="O97" s="2"/>
       <c r="P97" s="2"/>
       <c r="Q97" s="2"/>
       <c r="R97" s="2"/>
       <c r="S97" s="2"/>
       <c r="T97" s="2"/>
       <c r="U97" s="2"/>
       <c r="V97" s="2"/>
       <c r="W97" s="2"/>
       <c r="X97" s="2"/>
       <c r="Y97" s="2"/>
     </row>
     <row r="98" spans="2:25" x14ac:dyDescent="0.3">
       <c r="B98" s="2"/>
       <c r="C98" s="2"/>
-      <c r="D98" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D98" s="2"/>
       <c r="E98" s="2"/>
       <c r="F98" s="2"/>
       <c r="G98" s="2"/>
       <c r="H98" s="2"/>
       <c r="I98" s="2"/>
       <c r="J98" s="2"/>
       <c r="K98" s="2"/>
       <c r="L98" s="2"/>
       <c r="M98" s="2"/>
       <c r="N98" s="2"/>
       <c r="O98" s="2"/>
       <c r="P98" s="2"/>
       <c r="Q98" s="2"/>
       <c r="R98" s="2"/>
       <c r="S98" s="2"/>
       <c r="T98" s="2"/>
       <c r="U98" s="2"/>
       <c r="V98" s="2"/>
       <c r="W98" s="2"/>
       <c r="X98" s="2"/>
       <c r="Y98" s="2"/>
     </row>
     <row r="99" spans="2:25" x14ac:dyDescent="0.3">
       <c r="B99" s="2"/>
       <c r="C99" s="2"/>
-      <c r="D99" s="2"/>
+      <c r="D99" s="2" t="s">
+        <v>0</v>
+      </c>
       <c r="E99" s="2"/>
       <c r="F99" s="2"/>
       <c r="G99" s="2"/>
       <c r="H99" s="2"/>
       <c r="I99" s="2"/>
       <c r="J99" s="2"/>
       <c r="K99" s="2"/>
       <c r="L99" s="2"/>
       <c r="M99" s="2"/>
       <c r="N99" s="2"/>
       <c r="O99" s="2"/>
       <c r="P99" s="2"/>
       <c r="Q99" s="2"/>
       <c r="R99" s="2"/>
       <c r="S99" s="2"/>
       <c r="T99" s="2"/>
       <c r="U99" s="2"/>
       <c r="V99" s="2"/>
       <c r="W99" s="2"/>
       <c r="X99" s="2"/>
       <c r="Y99" s="2"/>
     </row>
     <row r="100" spans="2:25" x14ac:dyDescent="0.3">
       <c r="B100" s="2"/>
       <c r="C100" s="2"/>
-      <c r="D100" s="2"/>
+      <c r="D100" s="2" t="s">
+        <v>0</v>
+      </c>
       <c r="E100" s="2"/>
       <c r="F100" s="2"/>
       <c r="G100" s="2"/>
       <c r="H100" s="2"/>
       <c r="I100" s="2"/>
       <c r="J100" s="2"/>
       <c r="K100" s="2"/>
       <c r="L100" s="2"/>
       <c r="M100" s="2"/>
       <c r="N100" s="2"/>
       <c r="O100" s="2"/>
       <c r="P100" s="2"/>
       <c r="Q100" s="2"/>
       <c r="R100" s="2"/>
       <c r="S100" s="2"/>
       <c r="T100" s="2"/>
       <c r="U100" s="2"/>
       <c r="V100" s="2"/>
       <c r="W100" s="2"/>
       <c r="X100" s="2"/>
       <c r="Y100" s="2"/>
     </row>
     <row r="101" spans="2:25" x14ac:dyDescent="0.3">
       <c r="B101" s="2"/>
       <c r="C101" s="2"/>
@@ -9513,70 +9620,82 @@
       <c r="U121" s="2"/>
       <c r="V121" s="2"/>
       <c r="W121" s="2"/>
       <c r="X121" s="2"/>
       <c r="Y121" s="2"/>
     </row>
     <row r="122" spans="2:25" x14ac:dyDescent="0.3">
       <c r="B122" s="2"/>
       <c r="C122" s="2"/>
       <c r="D122" s="2"/>
       <c r="E122" s="2"/>
       <c r="F122" s="2"/>
       <c r="G122" s="2"/>
       <c r="H122" s="2"/>
       <c r="I122" s="2"/>
       <c r="J122" s="2"/>
       <c r="K122" s="2"/>
       <c r="L122" s="2"/>
       <c r="M122" s="2"/>
       <c r="N122" s="2"/>
       <c r="O122" s="2"/>
       <c r="P122" s="2"/>
       <c r="Q122" s="2"/>
       <c r="R122" s="2"/>
       <c r="S122" s="2"/>
+      <c r="T122" s="2"/>
+      <c r="U122" s="2"/>
+      <c r="V122" s="2"/>
+      <c r="W122" s="2"/>
+      <c r="X122" s="2"/>
+      <c r="Y122" s="2"/>
     </row>
     <row r="123" spans="2:25" x14ac:dyDescent="0.3">
       <c r="B123" s="2"/>
       <c r="C123" s="2"/>
       <c r="D123" s="2"/>
       <c r="E123" s="2"/>
       <c r="F123" s="2"/>
       <c r="G123" s="2"/>
       <c r="H123" s="2"/>
       <c r="I123" s="2"/>
       <c r="J123" s="2"/>
       <c r="K123" s="2"/>
       <c r="L123" s="2"/>
       <c r="M123" s="2"/>
       <c r="N123" s="2"/>
       <c r="O123" s="2"/>
       <c r="P123" s="2"/>
       <c r="Q123" s="2"/>
       <c r="R123" s="2"/>
       <c r="S123" s="2"/>
+      <c r="T123" s="2"/>
+      <c r="U123" s="2"/>
+      <c r="V123" s="2"/>
+      <c r="W123" s="2"/>
+      <c r="X123" s="2"/>
+      <c r="Y123" s="2"/>
     </row>
     <row r="124" spans="2:25" x14ac:dyDescent="0.3">
       <c r="B124" s="2"/>
       <c r="C124" s="2"/>
       <c r="D124" s="2"/>
       <c r="E124" s="2"/>
       <c r="F124" s="2"/>
       <c r="G124" s="2"/>
       <c r="H124" s="2"/>
       <c r="I124" s="2"/>
       <c r="J124" s="2"/>
       <c r="K124" s="2"/>
       <c r="L124" s="2"/>
       <c r="M124" s="2"/>
       <c r="N124" s="2"/>
       <c r="O124" s="2"/>
       <c r="P124" s="2"/>
       <c r="Q124" s="2"/>
       <c r="R124" s="2"/>
       <c r="S124" s="2"/>
     </row>
     <row r="125" spans="2:25" x14ac:dyDescent="0.3">
       <c r="B125" s="2"/>
       <c r="C125" s="2"/>
       <c r="D125" s="2"/>
@@ -9634,252 +9753,292 @@
       <c r="P127" s="2"/>
       <c r="Q127" s="2"/>
       <c r="R127" s="2"/>
       <c r="S127" s="2"/>
     </row>
     <row r="128" spans="2:25" x14ac:dyDescent="0.3">
       <c r="B128" s="2"/>
       <c r="C128" s="2"/>
       <c r="D128" s="2"/>
       <c r="E128" s="2"/>
       <c r="F128" s="2"/>
       <c r="G128" s="2"/>
       <c r="H128" s="2"/>
       <c r="I128" s="2"/>
       <c r="J128" s="2"/>
       <c r="K128" s="2"/>
       <c r="L128" s="2"/>
       <c r="M128" s="2"/>
       <c r="N128" s="2"/>
       <c r="O128" s="2"/>
       <c r="P128" s="2"/>
       <c r="Q128" s="2"/>
       <c r="R128" s="2"/>
       <c r="S128" s="2"/>
     </row>
+    <row r="129" spans="2:19" x14ac:dyDescent="0.3">
+      <c r="B129" s="2"/>
+      <c r="C129" s="2"/>
+      <c r="D129" s="2"/>
+      <c r="E129" s="2"/>
+      <c r="F129" s="2"/>
+      <c r="G129" s="2"/>
+      <c r="H129" s="2"/>
+      <c r="I129" s="2"/>
+      <c r="J129" s="2"/>
+      <c r="K129" s="2"/>
+      <c r="L129" s="2"/>
+      <c r="M129" s="2"/>
+      <c r="N129" s="2"/>
+      <c r="O129" s="2"/>
+      <c r="P129" s="2"/>
+      <c r="Q129" s="2"/>
+      <c r="R129" s="2"/>
+      <c r="S129" s="2"/>
+    </row>
+    <row r="130" spans="2:19" x14ac:dyDescent="0.3">
+      <c r="B130" s="2"/>
+      <c r="C130" s="2"/>
+      <c r="D130" s="2"/>
+      <c r="E130" s="2"/>
+      <c r="F130" s="2"/>
+      <c r="G130" s="2"/>
+      <c r="H130" s="2"/>
+      <c r="I130" s="2"/>
+      <c r="J130" s="2"/>
+      <c r="K130" s="2"/>
+      <c r="L130" s="2"/>
+      <c r="M130" s="2"/>
+      <c r="N130" s="2"/>
+      <c r="O130" s="2"/>
+      <c r="P130" s="2"/>
+      <c r="Q130" s="2"/>
+      <c r="R130" s="2"/>
+      <c r="S130" s="2"/>
+    </row>
   </sheetData>
   <mergeCells count="29">
     <mergeCell ref="T3:Y3"/>
     <mergeCell ref="B5:B6"/>
     <mergeCell ref="C5:D5"/>
     <mergeCell ref="Q4:S4"/>
     <mergeCell ref="T4:V4"/>
     <mergeCell ref="W4:Y4"/>
     <mergeCell ref="R5:S5"/>
     <mergeCell ref="T5:T6"/>
     <mergeCell ref="B4:D4"/>
     <mergeCell ref="E4:G4"/>
     <mergeCell ref="H4:J4"/>
     <mergeCell ref="K4:M4"/>
     <mergeCell ref="N4:P4"/>
-    <mergeCell ref="A94:P94"/>
-    <mergeCell ref="A90:P93"/>
+    <mergeCell ref="A96:P96"/>
+    <mergeCell ref="A92:P95"/>
     <mergeCell ref="X5:Y5"/>
     <mergeCell ref="I5:J5"/>
     <mergeCell ref="K5:K6"/>
     <mergeCell ref="L5:M5"/>
     <mergeCell ref="N5:N6"/>
     <mergeCell ref="O5:P5"/>
     <mergeCell ref="Q5:Q6"/>
     <mergeCell ref="E5:E6"/>
     <mergeCell ref="F5:G5"/>
     <mergeCell ref="H5:H6"/>
     <mergeCell ref="U5:V5"/>
     <mergeCell ref="W5:W6"/>
     <mergeCell ref="A3:A6"/>
     <mergeCell ref="B3:S3"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="4294967293" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:U131"/>
+  <dimension ref="A1:U133"/>
   <sheetViews>
     <sheetView zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-      <pane xSplit="1" ySplit="9" topLeftCell="B90" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="1" ySplit="9" topLeftCell="B89" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A10" sqref="A10"/>
-      <selection pane="bottomRight" activeCell="A98" sqref="A98:S98"/>
+      <selection pane="bottomRight" activeCell="A94" sqref="A94:S97"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.6640625" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="22.33203125" customWidth="1"/>
     <col min="2" max="2" width="16.109375" customWidth="1"/>
     <col min="3" max="5" width="14.6640625" customWidth="1"/>
     <col min="6" max="6" width="16.109375" customWidth="1"/>
     <col min="7" max="8" width="15" customWidth="1"/>
     <col min="9" max="9" width="12.6640625" customWidth="1"/>
     <col min="10" max="11" width="14.6640625" customWidth="1"/>
     <col min="12" max="12" width="16.33203125" customWidth="1"/>
     <col min="13" max="15" width="15" customWidth="1"/>
     <col min="16" max="16" width="16.109375" customWidth="1"/>
     <col min="17" max="17" width="15" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:21" ht="23.4" x14ac:dyDescent="0.4">
       <c r="A1" s="1" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="2" spans="1:21" ht="14.25" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A2" s="1"/>
     </row>
     <row r="3" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A3" s="9" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="4" spans="1:21" ht="15" thickBot="1" x14ac:dyDescent="0.35"/>
     <row r="5" spans="1:21" ht="34.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A5" s="70" t="s">
+      <c r="A5" s="71" t="s">
         <v>4</v>
       </c>
-      <c r="B5" s="83" t="s">
+      <c r="B5" s="84" t="s">
         <v>23</v>
       </c>
-      <c r="C5" s="92" t="s">
-[...7 lines deleted...]
-      <c r="I5" s="92" t="s">
+      <c r="C5" s="93" t="s">
+        <v>62</v>
+      </c>
+      <c r="D5" s="94"/>
+      <c r="E5" s="94"/>
+      <c r="F5" s="94"/>
+      <c r="G5" s="94"/>
+      <c r="H5" s="95"/>
+      <c r="I5" s="93" t="s">
         <v>24</v>
       </c>
-      <c r="J5" s="93"/>
-[...4 lines deleted...]
-      <c r="O5" s="81" t="s">
+      <c r="J5" s="94"/>
+      <c r="K5" s="94"/>
+      <c r="L5" s="94"/>
+      <c r="M5" s="94"/>
+      <c r="N5" s="94"/>
+      <c r="O5" s="82" t="s">
         <v>25</v>
       </c>
-      <c r="P5" s="82"/>
-      <c r="Q5" s="83"/>
+      <c r="P5" s="83"/>
+      <c r="Q5" s="84"/>
     </row>
     <row r="6" spans="1:21" ht="81" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A6" s="71"/>
-[...1 lines deleted...]
-      <c r="C6" s="95" t="s">
+      <c r="A6" s="72"/>
+      <c r="B6" s="87"/>
+      <c r="C6" s="96" t="s">
         <v>15</v>
       </c>
-      <c r="D6" s="98" t="s">
+      <c r="D6" s="99" t="s">
         <v>26</v>
       </c>
-      <c r="E6" s="68" t="s">
+      <c r="E6" s="69" t="s">
         <v>27</v>
       </c>
-      <c r="F6" s="68"/>
-[...1 lines deleted...]
-      <c r="H6" s="101" t="s">
+      <c r="F6" s="69"/>
+      <c r="G6" s="69"/>
+      <c r="H6" s="102" t="s">
         <v>28</v>
       </c>
-      <c r="I6" s="95" t="s">
+      <c r="I6" s="96" t="s">
         <v>15</v>
       </c>
-      <c r="J6" s="98" t="s">
+      <c r="J6" s="99" t="s">
         <v>26</v>
       </c>
-      <c r="K6" s="87" t="s">
+      <c r="K6" s="88" t="s">
         <v>27</v>
       </c>
-      <c r="L6" s="104"/>
-[...1 lines deleted...]
-      <c r="N6" s="87" t="s">
+      <c r="L6" s="105"/>
+      <c r="M6" s="106"/>
+      <c r="N6" s="88" t="s">
         <v>28</v>
       </c>
-      <c r="O6" s="84"/>
-[...1 lines deleted...]
-      <c r="Q6" s="86"/>
+      <c r="O6" s="85"/>
+      <c r="P6" s="86"/>
+      <c r="Q6" s="87"/>
     </row>
     <row r="7" spans="1:21" ht="43.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A7" s="71"/>
-[...3 lines deleted...]
-      <c r="E7" s="68" t="s">
+      <c r="A7" s="72"/>
+      <c r="B7" s="87"/>
+      <c r="C7" s="97"/>
+      <c r="D7" s="100"/>
+      <c r="E7" s="69" t="s">
         <v>29</v>
       </c>
-      <c r="F7" s="68"/>
-      <c r="G7" s="68" t="s">
+      <c r="F7" s="69"/>
+      <c r="G7" s="69" t="s">
         <v>30</v>
       </c>
-      <c r="H7" s="102"/>
-[...2 lines deleted...]
-      <c r="K7" s="68" t="s">
+      <c r="H7" s="103"/>
+      <c r="I7" s="97"/>
+      <c r="J7" s="100"/>
+      <c r="K7" s="69" t="s">
         <v>29</v>
       </c>
-      <c r="L7" s="68"/>
-      <c r="M7" s="68" t="s">
+      <c r="L7" s="69"/>
+      <c r="M7" s="69" t="s">
         <v>30</v>
       </c>
-      <c r="N7" s="88"/>
-      <c r="O7" s="80" t="s">
+      <c r="N7" s="89"/>
+      <c r="O7" s="81" t="s">
         <v>31</v>
       </c>
-      <c r="P7" s="68"/>
-      <c r="Q7" s="69" t="s">
+      <c r="P7" s="69"/>
+      <c r="Q7" s="70" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="8" spans="1:21" ht="52.8" x14ac:dyDescent="0.3">
-      <c r="A8" s="71"/>
-[...2 lines deleted...]
-      <c r="D8" s="100"/>
+      <c r="A8" s="72"/>
+      <c r="B8" s="92"/>
+      <c r="C8" s="98"/>
+      <c r="D8" s="101"/>
       <c r="E8" s="48" t="s">
         <v>15</v>
       </c>
       <c r="F8" s="49" t="s">
-        <v>64</v>
-[...4 lines deleted...]
-      <c r="J8" s="100"/>
+        <v>63</v>
+      </c>
+      <c r="G8" s="69"/>
+      <c r="H8" s="104"/>
+      <c r="I8" s="98"/>
+      <c r="J8" s="101"/>
       <c r="K8" s="48" t="s">
         <v>15</v>
       </c>
       <c r="L8" s="49" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-      <c r="N8" s="89"/>
+        <v>63</v>
+      </c>
+      <c r="M8" s="69"/>
+      <c r="N8" s="90"/>
       <c r="O8" s="51" t="s">
         <v>15</v>
       </c>
       <c r="P8" s="49" t="s">
-        <v>64</v>
-[...1 lines deleted...]
-      <c r="Q8" s="69"/>
+        <v>63</v>
+      </c>
+      <c r="Q8" s="70"/>
     </row>
     <row r="9" spans="1:21" ht="21.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A9" s="34">
         <v>1</v>
       </c>
       <c r="B9" s="52">
         <v>2</v>
       </c>
       <c r="C9" s="3">
         <v>3</v>
       </c>
       <c r="D9" s="4">
         <v>4</v>
       </c>
       <c r="E9" s="4">
         <v>5</v>
       </c>
       <c r="F9" s="4">
         <v>6</v>
       </c>
       <c r="G9" s="4">
         <v>7</v>
       </c>
       <c r="H9" s="16">
         <v>8</v>
@@ -9933,51 +10092,51 @@
       </c>
       <c r="G10" s="18">
         <v>174189.03</v>
       </c>
       <c r="H10" s="21">
         <v>171272.09</v>
       </c>
       <c r="I10" s="17">
         <v>424</v>
       </c>
       <c r="J10" s="18">
         <v>408</v>
       </c>
       <c r="K10" s="18">
         <v>81</v>
       </c>
       <c r="L10" s="18">
         <v>81</v>
       </c>
       <c r="M10" s="18">
         <v>343</v>
       </c>
       <c r="N10" s="21">
         <v>339</v>
       </c>
-      <c r="O10" s="32">
+      <c r="O10" s="57">
         <v>20.52</v>
       </c>
       <c r="P10" s="50">
         <v>20.52</v>
       </c>
       <c r="Q10" s="26">
         <v>21.18</v>
       </c>
       <c r="S10" s="12"/>
       <c r="T10" s="12"/>
       <c r="U10" s="12"/>
     </row>
     <row r="11" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A11" s="35">
         <v>43496</v>
       </c>
       <c r="B11" s="32">
         <v>10</v>
       </c>
       <c r="C11" s="17">
         <v>129558.74</v>
       </c>
       <c r="D11" s="18">
         <v>119984.88</v>
       </c>
@@ -9989,51 +10148,51 @@
       </c>
       <c r="G11" s="18">
         <v>96975.19</v>
       </c>
       <c r="H11" s="21">
         <v>101363.35</v>
       </c>
       <c r="I11" s="17">
         <v>269</v>
       </c>
       <c r="J11" s="18">
         <v>259</v>
       </c>
       <c r="K11" s="18">
         <v>59</v>
       </c>
       <c r="L11" s="18">
         <v>59</v>
       </c>
       <c r="M11" s="18">
         <v>210</v>
       </c>
       <c r="N11" s="21">
         <v>212</v>
       </c>
-      <c r="O11" s="32">
+      <c r="O11" s="57">
         <v>19.5</v>
       </c>
       <c r="P11" s="50">
         <v>19.5</v>
       </c>
       <c r="Q11" s="26">
         <v>21.31</v>
       </c>
       <c r="S11" s="12"/>
       <c r="T11" s="12"/>
       <c r="U11" s="12"/>
     </row>
     <row r="12" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A12" s="35">
         <v>43524</v>
       </c>
       <c r="B12" s="32">
         <v>15</v>
       </c>
       <c r="C12" s="17">
         <v>200223.09</v>
       </c>
       <c r="D12" s="18">
         <v>188446.5</v>
       </c>
@@ -10045,51 +10204,51 @@
       </c>
       <c r="G12" s="18">
         <v>139052.82999999999</v>
       </c>
       <c r="H12" s="21">
         <v>150908.82</v>
       </c>
       <c r="I12" s="17">
         <v>395</v>
       </c>
       <c r="J12" s="18">
         <v>372</v>
       </c>
       <c r="K12" s="18">
         <v>104</v>
       </c>
       <c r="L12" s="18">
         <v>104</v>
       </c>
       <c r="M12" s="18">
         <v>291</v>
       </c>
       <c r="N12" s="21">
         <v>305</v>
       </c>
-      <c r="O12" s="32">
+      <c r="O12" s="57">
         <v>21.78</v>
       </c>
       <c r="P12" s="50">
         <v>21.78</v>
       </c>
       <c r="Q12" s="26">
         <v>21.2</v>
       </c>
       <c r="S12" s="12"/>
       <c r="T12" s="12"/>
       <c r="U12" s="12"/>
     </row>
     <row r="13" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A13" s="35">
         <v>43555</v>
       </c>
       <c r="B13" s="32">
         <v>15</v>
       </c>
       <c r="C13" s="17">
         <v>250045.78</v>
       </c>
       <c r="D13" s="18">
         <v>238238.07999999999</v>
       </c>
@@ -10101,51 +10260,51 @@
       </c>
       <c r="G13" s="18">
         <v>187699.85</v>
       </c>
       <c r="H13" s="21">
         <v>192530.1</v>
       </c>
       <c r="I13" s="17">
         <v>456</v>
       </c>
       <c r="J13" s="18">
         <v>433</v>
       </c>
       <c r="K13" s="18">
         <v>98</v>
       </c>
       <c r="L13" s="18">
         <v>98</v>
       </c>
       <c r="M13" s="18">
         <v>358</v>
       </c>
       <c r="N13" s="21">
         <v>352</v>
       </c>
-      <c r="O13" s="32">
+      <c r="O13" s="57">
         <v>21.17</v>
       </c>
       <c r="P13" s="50">
         <v>21.17</v>
       </c>
       <c r="Q13" s="26">
         <v>21.46</v>
       </c>
       <c r="S13" s="12"/>
       <c r="T13" s="12"/>
       <c r="U13" s="12"/>
     </row>
     <row r="14" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A14" s="35">
         <v>43585</v>
       </c>
       <c r="B14" s="32">
         <v>10</v>
       </c>
       <c r="C14" s="17">
         <v>241398.26</v>
       </c>
       <c r="D14" s="18">
         <v>232594.39</v>
       </c>
@@ -10157,51 +10316,51 @@
       </c>
       <c r="G14" s="18">
         <v>200493.87</v>
       </c>
       <c r="H14" s="21">
         <v>183410.47</v>
       </c>
       <c r="I14" s="17">
         <v>499</v>
       </c>
       <c r="J14" s="18">
         <v>487</v>
       </c>
       <c r="K14" s="18">
         <v>75</v>
       </c>
       <c r="L14" s="18">
         <v>75</v>
       </c>
       <c r="M14" s="18">
         <v>424</v>
       </c>
       <c r="N14" s="21">
         <v>383</v>
       </c>
-      <c r="O14" s="32">
+      <c r="O14" s="57">
         <v>20.85</v>
       </c>
       <c r="P14" s="50">
         <v>20.85</v>
       </c>
       <c r="Q14" s="26">
         <v>21.08</v>
       </c>
       <c r="S14" s="12"/>
       <c r="T14" s="12"/>
       <c r="U14" s="12"/>
     </row>
     <row r="15" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A15" s="35">
         <v>43616</v>
       </c>
       <c r="B15" s="32">
         <v>15</v>
       </c>
       <c r="C15" s="17">
         <v>232249.24</v>
       </c>
       <c r="D15" s="18">
         <v>216689.88</v>
       </c>
@@ -10213,51 +10372,51 @@
       </c>
       <c r="G15" s="18">
         <v>176261.52</v>
       </c>
       <c r="H15" s="21">
         <v>150856.91</v>
       </c>
       <c r="I15" s="17">
         <v>471</v>
       </c>
       <c r="J15" s="18">
         <v>450</v>
       </c>
       <c r="K15" s="18">
         <v>108</v>
       </c>
       <c r="L15" s="18">
         <v>108</v>
       </c>
       <c r="M15" s="18">
         <v>363</v>
       </c>
       <c r="N15" s="21">
         <v>319</v>
       </c>
-      <c r="O15" s="32">
+      <c r="O15" s="57">
         <v>21.55</v>
       </c>
       <c r="P15" s="50">
         <v>21.55</v>
       </c>
       <c r="Q15" s="26">
         <v>21.99</v>
       </c>
       <c r="S15" s="12"/>
       <c r="T15" s="12"/>
       <c r="U15" s="12"/>
     </row>
     <row r="16" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A16" s="35">
         <v>43646</v>
       </c>
       <c r="B16" s="32">
         <v>15</v>
       </c>
       <c r="C16" s="17">
         <v>212509.62</v>
       </c>
       <c r="D16" s="18">
         <v>200949.56</v>
       </c>
@@ -10269,51 +10428,51 @@
       </c>
       <c r="G16" s="18">
         <v>166677.57</v>
       </c>
       <c r="H16" s="21">
         <v>150776.95000000001</v>
       </c>
       <c r="I16" s="17">
         <v>422</v>
       </c>
       <c r="J16" s="18">
         <v>405</v>
       </c>
       <c r="K16" s="18">
         <v>83</v>
       </c>
       <c r="L16" s="18">
         <v>83</v>
       </c>
       <c r="M16" s="18">
         <v>339</v>
       </c>
       <c r="N16" s="21">
         <v>303</v>
       </c>
-      <c r="O16" s="32">
+      <c r="O16" s="57">
         <v>21.15</v>
       </c>
       <c r="P16" s="50">
         <v>21.15</v>
       </c>
       <c r="Q16" s="26">
         <v>22.19</v>
       </c>
       <c r="S16" s="12"/>
       <c r="T16" s="12"/>
       <c r="U16" s="12"/>
     </row>
     <row r="17" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A17" s="35">
         <v>43677</v>
       </c>
       <c r="B17" s="32">
         <v>15</v>
       </c>
       <c r="C17" s="17">
         <v>239535.07</v>
       </c>
       <c r="D17" s="18">
         <v>227909</v>
       </c>
@@ -10325,51 +10484,51 @@
       </c>
       <c r="G17" s="18">
         <v>194562.39</v>
       </c>
       <c r="H17" s="21">
         <v>171358.43</v>
       </c>
       <c r="I17" s="17">
         <v>502</v>
       </c>
       <c r="J17" s="18">
         <v>483</v>
       </c>
       <c r="K17" s="18">
         <v>86</v>
       </c>
       <c r="L17" s="18">
         <v>86</v>
       </c>
       <c r="M17" s="18">
         <v>416</v>
       </c>
       <c r="N17" s="21">
         <v>377</v>
       </c>
-      <c r="O17" s="32">
+      <c r="O17" s="57">
         <v>20.83</v>
       </c>
       <c r="P17" s="50">
         <v>20.83</v>
       </c>
       <c r="Q17" s="26">
         <v>22.39</v>
       </c>
       <c r="S17" s="12"/>
       <c r="T17" s="12"/>
       <c r="U17" s="12"/>
     </row>
     <row r="18" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A18" s="35">
         <v>43708</v>
       </c>
       <c r="B18" s="32">
         <v>17</v>
       </c>
       <c r="C18" s="17">
         <v>244578.86</v>
       </c>
       <c r="D18" s="18">
         <v>216534.04</v>
       </c>
@@ -10381,51 +10540,51 @@
       </c>
       <c r="G18" s="18">
         <v>204016.73</v>
       </c>
       <c r="H18" s="21">
         <v>171049.7</v>
       </c>
       <c r="I18" s="17">
         <v>484</v>
       </c>
       <c r="J18" s="18">
         <v>455</v>
       </c>
       <c r="K18" s="18">
         <v>70</v>
       </c>
       <c r="L18" s="18">
         <v>70</v>
       </c>
       <c r="M18" s="18">
         <v>414</v>
       </c>
       <c r="N18" s="21">
         <v>355</v>
       </c>
-      <c r="O18" s="32">
+      <c r="O18" s="57">
         <v>20.7</v>
       </c>
       <c r="P18" s="50">
         <v>20.7</v>
       </c>
       <c r="Q18" s="26">
         <v>22.16</v>
       </c>
       <c r="S18" s="12"/>
       <c r="T18" s="12"/>
       <c r="U18" s="12"/>
     </row>
     <row r="19" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A19" s="35">
         <v>43738</v>
       </c>
       <c r="B19" s="32">
         <v>14</v>
       </c>
       <c r="C19" s="17">
         <v>242470.81</v>
       </c>
       <c r="D19" s="18">
         <v>225877.78</v>
       </c>
@@ -10437,51 +10596,51 @@
       </c>
       <c r="G19" s="18">
         <v>197464.97</v>
       </c>
       <c r="H19" s="21">
         <v>162171.69</v>
       </c>
       <c r="I19" s="17">
         <v>482</v>
       </c>
       <c r="J19" s="18">
         <v>460</v>
       </c>
       <c r="K19" s="18">
         <v>76</v>
       </c>
       <c r="L19" s="18">
         <v>76</v>
       </c>
       <c r="M19" s="18">
         <v>406</v>
       </c>
       <c r="N19" s="21">
         <v>358</v>
       </c>
-      <c r="O19" s="32">
+      <c r="O19" s="57">
         <v>19.88</v>
       </c>
       <c r="P19" s="50">
         <v>19.88</v>
       </c>
       <c r="Q19" s="26">
         <v>21.78</v>
       </c>
       <c r="S19" s="12"/>
       <c r="T19" s="12"/>
       <c r="U19" s="12"/>
     </row>
     <row r="20" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A20" s="35">
         <v>43769</v>
       </c>
       <c r="B20" s="32">
         <v>13</v>
       </c>
       <c r="C20" s="17">
         <v>269652.5</v>
       </c>
       <c r="D20" s="18">
         <v>245980.29</v>
       </c>
@@ -10493,51 +10652,51 @@
       </c>
       <c r="G20" s="18">
         <v>227903.34</v>
       </c>
       <c r="H20" s="21">
         <v>183643.94</v>
       </c>
       <c r="I20" s="17">
         <v>523</v>
       </c>
       <c r="J20" s="18">
         <v>492</v>
       </c>
       <c r="K20" s="18">
         <v>67</v>
       </c>
       <c r="L20" s="18">
         <v>67</v>
       </c>
       <c r="M20" s="18">
         <v>456</v>
       </c>
       <c r="N20" s="21">
         <v>384</v>
       </c>
-      <c r="O20" s="32">
+      <c r="O20" s="57">
         <v>19.600000000000001</v>
       </c>
       <c r="P20" s="50">
         <v>19.600000000000001</v>
       </c>
       <c r="Q20" s="26">
         <v>21.97</v>
       </c>
       <c r="S20" s="12"/>
       <c r="T20" s="12"/>
       <c r="U20" s="12"/>
     </row>
     <row r="21" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A21" s="35">
         <v>43799</v>
       </c>
       <c r="B21" s="32">
         <v>15</v>
       </c>
       <c r="C21" s="17">
         <v>240530.59</v>
       </c>
       <c r="D21" s="18">
         <v>196330.19</v>
       </c>
@@ -10549,51 +10708,51 @@
       </c>
       <c r="G21" s="18">
         <v>200497.48</v>
       </c>
       <c r="H21" s="21">
         <v>171003.1</v>
       </c>
       <c r="I21" s="17">
         <v>428</v>
       </c>
       <c r="J21" s="18">
         <v>399</v>
       </c>
       <c r="K21" s="18">
         <v>80</v>
       </c>
       <c r="L21" s="18">
         <v>80</v>
       </c>
       <c r="M21" s="18">
         <v>348</v>
       </c>
       <c r="N21" s="21">
         <v>309</v>
       </c>
-      <c r="O21" s="32">
+      <c r="O21" s="57">
         <v>19.86</v>
       </c>
       <c r="P21" s="50">
         <v>19.86</v>
       </c>
       <c r="Q21" s="26">
         <v>21.31</v>
       </c>
       <c r="S21" s="12"/>
       <c r="T21" s="12"/>
       <c r="U21" s="12"/>
     </row>
     <row r="22" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A22" s="35">
         <v>43830</v>
       </c>
       <c r="B22" s="32">
         <v>15</v>
       </c>
       <c r="C22" s="17">
         <v>246692.1</v>
       </c>
       <c r="D22" s="18">
         <v>226140.78</v>
       </c>
@@ -10605,51 +10764,51 @@
       </c>
       <c r="G22" s="18">
         <v>216059.45</v>
       </c>
       <c r="H22" s="21">
         <v>156043.95000000001</v>
       </c>
       <c r="I22" s="17">
         <v>423</v>
       </c>
       <c r="J22" s="18">
         <v>401</v>
       </c>
       <c r="K22" s="18">
         <v>49</v>
       </c>
       <c r="L22" s="18">
         <v>49</v>
       </c>
       <c r="M22" s="18">
         <v>374</v>
       </c>
       <c r="N22" s="21">
         <v>288</v>
       </c>
-      <c r="O22" s="32">
+      <c r="O22" s="57">
         <v>21.49</v>
       </c>
       <c r="P22" s="50">
         <v>21.49</v>
       </c>
       <c r="Q22" s="26">
         <v>20.58</v>
       </c>
       <c r="S22" s="12"/>
       <c r="T22" s="12"/>
       <c r="U22" s="12"/>
     </row>
     <row r="23" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A23" s="35">
         <v>43861</v>
       </c>
       <c r="B23" s="32">
         <v>13</v>
       </c>
       <c r="C23" s="17">
         <v>175969.45</v>
       </c>
       <c r="D23" s="18">
         <v>159718.41</v>
       </c>
@@ -10661,51 +10820,51 @@
       </c>
       <c r="G23" s="18">
         <v>146685.67000000001</v>
       </c>
       <c r="H23" s="21">
         <v>111264.16</v>
       </c>
       <c r="I23" s="17">
         <v>336</v>
       </c>
       <c r="J23" s="18">
         <v>317</v>
       </c>
       <c r="K23" s="18">
         <v>45</v>
       </c>
       <c r="L23" s="18">
         <v>45</v>
       </c>
       <c r="M23" s="18">
         <v>291</v>
       </c>
       <c r="N23" s="21">
         <v>240</v>
       </c>
-      <c r="O23" s="32">
+      <c r="O23" s="57">
         <v>20.5</v>
       </c>
       <c r="P23" s="50">
         <v>20.5</v>
       </c>
       <c r="Q23" s="26">
         <v>21.13</v>
       </c>
       <c r="R23" s="14"/>
       <c r="S23" s="12"/>
       <c r="T23" s="12"/>
       <c r="U23" s="12"/>
     </row>
     <row r="24" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A24" s="35">
         <v>43890</v>
       </c>
       <c r="B24" s="32">
         <v>14</v>
       </c>
       <c r="C24" s="17">
         <v>251381.08</v>
       </c>
       <c r="D24" s="18">
         <v>220312.63</v>
@@ -10718,51 +10877,51 @@
       </c>
       <c r="G24" s="18">
         <v>205203.37</v>
       </c>
       <c r="H24" s="21">
         <v>163545.79999999999</v>
       </c>
       <c r="I24" s="17">
         <v>456</v>
       </c>
       <c r="J24" s="18">
         <v>424</v>
       </c>
       <c r="K24" s="18">
         <v>85</v>
       </c>
       <c r="L24" s="18">
         <v>85</v>
       </c>
       <c r="M24" s="18">
         <v>371</v>
       </c>
       <c r="N24" s="21">
         <v>312</v>
       </c>
-      <c r="O24" s="32">
+      <c r="O24" s="57">
         <v>18.66</v>
       </c>
       <c r="P24" s="50">
         <v>18.66</v>
       </c>
       <c r="Q24" s="26">
         <v>18.79</v>
       </c>
       <c r="R24" s="14"/>
       <c r="S24" s="12"/>
       <c r="T24" s="12"/>
       <c r="U24" s="12"/>
     </row>
     <row r="25" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A25" s="35">
         <v>43921</v>
       </c>
       <c r="B25" s="32">
         <v>12</v>
       </c>
       <c r="C25" s="17">
         <v>238272.32</v>
       </c>
       <c r="D25" s="18">
         <v>218837.76000000001</v>
@@ -10775,51 +10934,51 @@
       </c>
       <c r="G25" s="18">
         <v>197698.3</v>
       </c>
       <c r="H25" s="21">
         <v>77113.42</v>
       </c>
       <c r="I25" s="17">
         <v>407</v>
       </c>
       <c r="J25" s="18">
         <v>393</v>
       </c>
       <c r="K25" s="18">
         <v>66</v>
       </c>
       <c r="L25" s="18">
         <v>66</v>
       </c>
       <c r="M25" s="18">
         <v>341</v>
       </c>
       <c r="N25" s="21">
         <v>133</v>
       </c>
-      <c r="O25" s="32">
+      <c r="O25" s="57">
         <v>19.32</v>
       </c>
       <c r="P25" s="50">
         <v>19.32</v>
       </c>
       <c r="Q25" s="26">
         <v>16.34</v>
       </c>
       <c r="R25" s="14"/>
       <c r="S25" s="12"/>
       <c r="T25" s="12"/>
       <c r="U25" s="12"/>
     </row>
     <row r="26" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A26" s="35">
         <v>43951</v>
       </c>
       <c r="B26" s="32">
         <v>10</v>
       </c>
       <c r="C26" s="17">
         <v>84566.48</v>
       </c>
       <c r="D26" s="18">
         <v>80461.97</v>
@@ -10832,51 +10991,51 @@
       </c>
       <c r="G26" s="18">
         <v>75616.710000000006</v>
       </c>
       <c r="H26" s="21">
         <v>16694.939999999999</v>
       </c>
       <c r="I26" s="17">
         <v>141</v>
       </c>
       <c r="J26" s="18">
         <v>135</v>
       </c>
       <c r="K26" s="18">
         <v>17</v>
       </c>
       <c r="L26" s="18">
         <v>17</v>
       </c>
       <c r="M26" s="18">
         <v>124</v>
       </c>
       <c r="N26" s="21">
         <v>25</v>
       </c>
-      <c r="O26" s="32">
+      <c r="O26" s="57">
         <v>19.12</v>
       </c>
       <c r="P26" s="50">
         <v>19.12</v>
       </c>
       <c r="Q26" s="26">
         <v>16.68</v>
       </c>
       <c r="R26" s="14"/>
       <c r="S26" s="12"/>
       <c r="T26" s="12"/>
       <c r="U26" s="12"/>
     </row>
     <row r="27" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A27" s="35">
         <v>43982</v>
       </c>
       <c r="B27" s="32">
         <v>10</v>
       </c>
       <c r="C27" s="17">
         <v>102269.31</v>
       </c>
       <c r="D27" s="18">
         <v>95479.76</v>
@@ -10889,51 +11048,51 @@
       </c>
       <c r="G27" s="18">
         <v>74663.45</v>
       </c>
       <c r="H27" s="21">
         <v>33277.86</v>
       </c>
       <c r="I27" s="17">
         <v>188</v>
       </c>
       <c r="J27" s="18">
         <v>179</v>
       </c>
       <c r="K27" s="18">
         <v>46</v>
       </c>
       <c r="L27" s="18">
         <v>46</v>
       </c>
       <c r="M27" s="18">
         <v>142</v>
       </c>
       <c r="N27" s="21">
         <v>47</v>
       </c>
-      <c r="O27" s="32">
+      <c r="O27" s="57">
         <v>18.66</v>
       </c>
       <c r="P27" s="50">
         <v>18.66</v>
       </c>
       <c r="Q27" s="26">
         <v>17.09</v>
       </c>
       <c r="R27" s="14"/>
       <c r="S27" s="12"/>
       <c r="T27" s="12"/>
       <c r="U27" s="12"/>
     </row>
     <row r="28" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A28" s="35">
         <v>44012</v>
       </c>
       <c r="B28" s="32">
         <v>10</v>
       </c>
       <c r="C28" s="17">
         <v>222217.9</v>
       </c>
       <c r="D28" s="18">
         <v>203273.8</v>
@@ -10946,51 +11105,51 @@
       </c>
       <c r="G28" s="18">
         <v>179263.98</v>
       </c>
       <c r="H28" s="21">
         <v>55759.14</v>
       </c>
       <c r="I28" s="17">
         <v>343</v>
       </c>
       <c r="J28" s="18">
         <v>317</v>
       </c>
       <c r="K28" s="18">
         <v>55</v>
       </c>
       <c r="L28" s="18">
         <v>55</v>
       </c>
       <c r="M28" s="18">
         <v>288</v>
       </c>
       <c r="N28" s="21">
         <v>84</v>
       </c>
-      <c r="O28" s="32">
+      <c r="O28" s="57">
         <v>19.46</v>
       </c>
       <c r="P28" s="50">
         <v>19.46</v>
       </c>
       <c r="Q28" s="26">
         <v>16.28</v>
       </c>
       <c r="R28" s="14"/>
       <c r="S28" s="12"/>
       <c r="T28" s="12"/>
       <c r="U28" s="12"/>
     </row>
     <row r="29" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A29" s="35">
         <v>44043</v>
       </c>
       <c r="B29" s="32">
         <v>16</v>
       </c>
       <c r="C29" s="17">
         <v>380356.4</v>
       </c>
       <c r="D29" s="18">
         <v>336149.44</v>
@@ -11003,51 +11162,51 @@
       </c>
       <c r="G29" s="18">
         <v>321403.02</v>
       </c>
       <c r="H29" s="21">
         <v>124265.26</v>
       </c>
       <c r="I29" s="17">
         <v>583</v>
       </c>
       <c r="J29" s="18">
         <v>535</v>
       </c>
       <c r="K29" s="18">
         <v>85</v>
       </c>
       <c r="L29" s="18">
         <v>85</v>
       </c>
       <c r="M29" s="18">
         <v>498</v>
       </c>
       <c r="N29" s="21">
         <v>169</v>
       </c>
-      <c r="O29" s="32">
+      <c r="O29" s="57">
         <v>19.190000000000001</v>
       </c>
       <c r="P29" s="50">
         <v>19.190000000000001</v>
       </c>
       <c r="Q29" s="26">
         <v>15.27</v>
       </c>
       <c r="R29" s="14"/>
       <c r="S29" s="12"/>
       <c r="T29" s="12"/>
       <c r="U29" s="12"/>
     </row>
     <row r="30" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A30" s="35">
         <v>44074</v>
       </c>
       <c r="B30" s="32">
         <v>14</v>
       </c>
       <c r="C30" s="17">
         <v>357220.01</v>
       </c>
       <c r="D30" s="18">
         <v>326527.96999999997</v>
@@ -11060,51 +11219,51 @@
       </c>
       <c r="G30" s="18">
         <v>325445.39</v>
       </c>
       <c r="H30" s="21">
         <v>106448.91</v>
       </c>
       <c r="I30" s="17">
         <v>529</v>
       </c>
       <c r="J30" s="18">
         <v>484</v>
       </c>
       <c r="K30" s="18">
         <v>60</v>
       </c>
       <c r="L30" s="18">
         <v>60</v>
       </c>
       <c r="M30" s="18">
         <v>469</v>
       </c>
       <c r="N30" s="21">
         <v>168</v>
       </c>
-      <c r="O30" s="32">
+      <c r="O30" s="57">
         <v>18.760000000000002</v>
       </c>
       <c r="P30" s="50">
         <v>18.760000000000002</v>
       </c>
       <c r="Q30" s="26">
         <v>14.82</v>
       </c>
       <c r="R30" s="14"/>
       <c r="S30" s="12"/>
       <c r="T30" s="12"/>
       <c r="U30" s="12"/>
     </row>
     <row r="31" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A31" s="35">
         <v>44104</v>
       </c>
       <c r="B31" s="32">
         <v>16</v>
       </c>
       <c r="C31" s="17">
         <v>469441.56</v>
       </c>
       <c r="D31" s="18">
         <v>393733.06</v>
@@ -11117,51 +11276,51 @@
       </c>
       <c r="G31" s="18">
         <v>405400.66</v>
       </c>
       <c r="H31" s="21">
         <v>189706.63</v>
       </c>
       <c r="I31" s="17">
         <v>667</v>
       </c>
       <c r="J31" s="18">
         <v>588</v>
       </c>
       <c r="K31" s="18">
         <v>92</v>
       </c>
       <c r="L31" s="18">
         <v>92</v>
       </c>
       <c r="M31" s="18">
         <v>575</v>
       </c>
       <c r="N31" s="21">
         <v>271</v>
       </c>
-      <c r="O31" s="32">
+      <c r="O31" s="57">
         <v>17.989999999999998</v>
       </c>
       <c r="P31" s="50">
         <v>17.989999999999998</v>
       </c>
       <c r="Q31" s="26">
         <v>14.81</v>
       </c>
       <c r="R31" s="14"/>
       <c r="S31" s="12"/>
       <c r="T31" s="12"/>
       <c r="U31" s="12"/>
     </row>
     <row r="32" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A32" s="35">
         <v>44135</v>
       </c>
       <c r="B32" s="32">
         <v>15</v>
       </c>
       <c r="C32" s="17">
         <v>491649.33</v>
       </c>
       <c r="D32" s="18">
         <v>422237.17</v>
@@ -11174,51 +11333,51 @@
       </c>
       <c r="G32" s="18">
         <v>423926.36</v>
       </c>
       <c r="H32" s="21">
         <v>175445.23</v>
       </c>
       <c r="I32" s="17">
         <v>663</v>
       </c>
       <c r="J32" s="18">
         <v>599</v>
       </c>
       <c r="K32" s="18">
         <v>81</v>
       </c>
       <c r="L32" s="18">
         <v>81</v>
       </c>
       <c r="M32" s="18">
         <v>582</v>
       </c>
       <c r="N32" s="21">
         <v>246</v>
       </c>
-      <c r="O32" s="32">
+      <c r="O32" s="57">
         <v>17.09</v>
       </c>
       <c r="P32" s="50">
         <v>17.09</v>
       </c>
       <c r="Q32" s="26">
         <v>14.37</v>
       </c>
       <c r="R32" s="14"/>
       <c r="S32" s="12"/>
       <c r="T32" s="12"/>
       <c r="U32" s="12"/>
     </row>
     <row r="33" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A33" s="35">
         <v>44165</v>
       </c>
       <c r="B33" s="32">
         <v>15</v>
       </c>
       <c r="C33" s="17">
         <v>447902.3</v>
       </c>
       <c r="D33" s="18">
         <v>404082.03</v>
@@ -11231,51 +11390,51 @@
       </c>
       <c r="G33" s="18">
         <v>383865.72</v>
       </c>
       <c r="H33" s="21">
         <v>164720.44</v>
       </c>
       <c r="I33" s="17">
         <v>589</v>
       </c>
       <c r="J33" s="18">
         <v>537</v>
       </c>
       <c r="K33" s="18">
         <v>79</v>
       </c>
       <c r="L33" s="18">
         <v>79</v>
       </c>
       <c r="M33" s="18">
         <v>510</v>
       </c>
       <c r="N33" s="21">
         <v>211</v>
       </c>
-      <c r="O33" s="32">
+      <c r="O33" s="57">
         <v>17.190000000000001</v>
       </c>
       <c r="P33" s="50">
         <v>17.190000000000001</v>
       </c>
       <c r="Q33" s="26">
         <v>14.16</v>
       </c>
       <c r="R33" s="14"/>
       <c r="S33" s="12"/>
       <c r="T33" s="12"/>
       <c r="U33" s="12"/>
     </row>
     <row r="34" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A34" s="35">
         <v>44196</v>
       </c>
       <c r="B34" s="32">
         <v>18</v>
       </c>
       <c r="C34" s="17">
         <v>517413.48</v>
       </c>
       <c r="D34" s="18">
         <v>446531.77</v>
@@ -11288,51 +11447,51 @@
       </c>
       <c r="G34" s="18">
         <v>451234.98</v>
       </c>
       <c r="H34" s="21">
         <v>189776.27</v>
       </c>
       <c r="I34" s="17">
         <v>741</v>
       </c>
       <c r="J34" s="18">
         <v>663</v>
       </c>
       <c r="K34" s="18">
         <v>93</v>
       </c>
       <c r="L34" s="18">
         <v>93</v>
       </c>
       <c r="M34" s="18">
         <v>648</v>
       </c>
       <c r="N34" s="21">
         <v>291</v>
       </c>
-      <c r="O34" s="32">
+      <c r="O34" s="57">
         <v>16.89</v>
       </c>
       <c r="P34" s="50">
         <v>16.89</v>
       </c>
       <c r="Q34" s="26">
         <v>13.97</v>
       </c>
       <c r="R34" s="14"/>
       <c r="S34" s="12"/>
       <c r="T34" s="12"/>
       <c r="U34" s="12"/>
     </row>
     <row r="35" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A35" s="35">
         <v>44227</v>
       </c>
       <c r="B35" s="32">
         <v>15</v>
       </c>
       <c r="C35" s="17">
         <v>320839.11</v>
       </c>
       <c r="D35" s="18">
         <v>277873.65000000002</v>
@@ -11345,51 +11504,51 @@
       </c>
       <c r="G35" s="18">
         <v>261792.13</v>
       </c>
       <c r="H35" s="21">
         <v>131094.04</v>
       </c>
       <c r="I35" s="17">
         <v>430</v>
       </c>
       <c r="J35" s="18">
         <v>389</v>
       </c>
       <c r="K35" s="18">
         <v>67</v>
       </c>
       <c r="L35" s="18">
         <v>67</v>
       </c>
       <c r="M35" s="18">
         <v>363</v>
       </c>
       <c r="N35" s="21">
         <v>177</v>
       </c>
-      <c r="O35" s="32">
+      <c r="O35" s="57">
         <v>15.94</v>
       </c>
       <c r="P35" s="50">
         <v>15.94</v>
       </c>
       <c r="Q35" s="26">
         <v>13.96</v>
       </c>
       <c r="R35" s="14"/>
       <c r="S35" s="12"/>
       <c r="T35" s="12"/>
       <c r="U35" s="12"/>
     </row>
     <row r="36" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A36" s="35">
         <v>44255</v>
       </c>
       <c r="B36" s="32">
         <v>15</v>
       </c>
       <c r="C36" s="17">
         <v>439001.29</v>
       </c>
       <c r="D36" s="18">
         <v>379695.75</v>
@@ -11402,51 +11561,51 @@
       </c>
       <c r="G36" s="18">
         <v>372240.19</v>
       </c>
       <c r="H36" s="21">
         <v>162332.4</v>
       </c>
       <c r="I36" s="17">
         <v>614</v>
       </c>
       <c r="J36" s="18">
         <v>552</v>
       </c>
       <c r="K36" s="18">
         <v>87</v>
       </c>
       <c r="L36" s="18">
         <v>87</v>
       </c>
       <c r="M36" s="18">
         <v>527</v>
       </c>
       <c r="N36" s="21">
         <v>230</v>
       </c>
-      <c r="O36" s="32">
+      <c r="O36" s="57">
         <v>17.100000000000001</v>
       </c>
       <c r="P36" s="50">
         <v>17.100000000000001</v>
       </c>
       <c r="Q36" s="26">
         <v>13.99</v>
       </c>
       <c r="R36" s="14"/>
       <c r="S36" s="12"/>
       <c r="T36" s="12"/>
       <c r="U36" s="12"/>
     </row>
     <row r="37" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A37" s="35">
         <v>44286</v>
       </c>
       <c r="B37" s="32">
         <v>16</v>
       </c>
       <c r="C37" s="17">
         <v>575562.56999999995</v>
       </c>
       <c r="D37" s="18">
         <v>507822.27</v>
@@ -11459,51 +11618,51 @@
       </c>
       <c r="G37" s="18">
         <v>499258.11</v>
       </c>
       <c r="H37" s="21">
         <v>221171.69</v>
       </c>
       <c r="I37" s="17">
         <v>748</v>
       </c>
       <c r="J37" s="18">
         <v>684</v>
       </c>
       <c r="K37" s="18">
         <v>91</v>
       </c>
       <c r="L37" s="18">
         <v>91</v>
       </c>
       <c r="M37" s="18">
         <v>657</v>
       </c>
       <c r="N37" s="21">
         <v>270</v>
       </c>
-      <c r="O37" s="32">
+      <c r="O37" s="57">
         <v>17.39</v>
       </c>
       <c r="P37" s="50">
         <v>17.39</v>
       </c>
       <c r="Q37" s="26">
         <v>13.96</v>
       </c>
       <c r="R37" s="14"/>
       <c r="S37" s="12"/>
       <c r="T37" s="12"/>
       <c r="U37" s="12"/>
     </row>
     <row r="38" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A38" s="35">
         <v>44316</v>
       </c>
       <c r="B38" s="32">
         <v>15</v>
       </c>
       <c r="C38" s="17">
         <v>801187.89</v>
       </c>
       <c r="D38" s="18">
         <v>694633.77</v>
@@ -11516,51 +11675,51 @@
       </c>
       <c r="G38" s="18">
         <v>680936.68</v>
       </c>
       <c r="H38" s="21">
         <v>287033.17</v>
       </c>
       <c r="I38" s="17">
         <v>1014</v>
       </c>
       <c r="J38" s="18">
         <v>916</v>
       </c>
       <c r="K38" s="18">
         <v>130</v>
       </c>
       <c r="L38" s="18">
         <v>130</v>
       </c>
       <c r="M38" s="18">
         <v>884</v>
       </c>
       <c r="N38" s="21">
         <v>343</v>
       </c>
-      <c r="O38" s="32">
+      <c r="O38" s="57">
         <v>17.39</v>
       </c>
       <c r="P38" s="50">
         <v>17.39</v>
       </c>
       <c r="Q38" s="26">
         <v>13.47</v>
       </c>
       <c r="R38" s="14"/>
       <c r="T38" s="12"/>
       <c r="U38" s="12"/>
     </row>
     <row r="39" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A39" s="35">
         <v>44347</v>
       </c>
       <c r="B39" s="32">
         <v>15</v>
       </c>
       <c r="C39" s="17">
         <v>683864.14</v>
       </c>
       <c r="D39" s="18">
         <v>608306.05000000005</v>
       </c>
@@ -11572,51 +11731,51 @@
       </c>
       <c r="G39" s="18">
         <v>600912.27</v>
       </c>
       <c r="H39" s="21">
         <v>257192.9</v>
       </c>
       <c r="I39" s="17">
         <v>864</v>
       </c>
       <c r="J39" s="18">
         <v>788</v>
       </c>
       <c r="K39" s="18">
         <v>95</v>
       </c>
       <c r="L39" s="18">
         <v>95</v>
       </c>
       <c r="M39" s="18">
         <v>769</v>
       </c>
       <c r="N39" s="21">
         <v>334</v>
       </c>
-      <c r="O39" s="32">
+      <c r="O39" s="57">
         <v>15.74</v>
       </c>
       <c r="P39" s="50">
         <v>15.74</v>
       </c>
       <c r="Q39" s="26">
         <v>13.44</v>
       </c>
       <c r="R39" s="14"/>
       <c r="T39" s="12"/>
       <c r="U39" s="12"/>
     </row>
     <row r="40" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A40" s="35">
         <v>44377</v>
       </c>
       <c r="B40" s="32">
         <v>17</v>
       </c>
       <c r="C40" s="17">
         <v>797705.1</v>
       </c>
       <c r="D40" s="18">
         <v>688096.24</v>
       </c>
@@ -11628,51 +11787,51 @@
       </c>
       <c r="G40" s="18">
         <v>703476.35</v>
       </c>
       <c r="H40" s="21">
         <v>314791.43</v>
       </c>
       <c r="I40" s="17">
         <v>977</v>
       </c>
       <c r="J40" s="18">
         <v>881</v>
       </c>
       <c r="K40" s="18">
         <v>106</v>
       </c>
       <c r="L40" s="18">
         <v>106</v>
       </c>
       <c r="M40" s="18">
         <v>871</v>
       </c>
       <c r="N40" s="21">
         <v>382</v>
       </c>
-      <c r="O40" s="32">
+      <c r="O40" s="57">
         <v>16.260000000000002</v>
       </c>
       <c r="P40" s="50">
         <v>16.260000000000002</v>
       </c>
       <c r="Q40" s="26">
         <v>13.22</v>
       </c>
       <c r="R40" s="14"/>
       <c r="T40" s="12"/>
       <c r="U40" s="12"/>
     </row>
     <row r="41" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A41" s="35">
         <v>44408</v>
       </c>
       <c r="B41" s="32">
         <v>18</v>
       </c>
       <c r="C41" s="17">
         <v>790385.99</v>
       </c>
       <c r="D41" s="18">
         <v>697372.11</v>
       </c>
@@ -11684,51 +11843,51 @@
       </c>
       <c r="G41" s="18">
         <v>698873.23</v>
       </c>
       <c r="H41" s="21">
         <v>300066.78000000003</v>
       </c>
       <c r="I41" s="17">
         <v>997</v>
       </c>
       <c r="J41" s="18">
         <v>905</v>
       </c>
       <c r="K41" s="18">
         <v>113</v>
       </c>
       <c r="L41" s="18">
         <v>113</v>
       </c>
       <c r="M41" s="18">
         <v>884</v>
       </c>
       <c r="N41" s="21">
         <v>385</v>
       </c>
-      <c r="O41" s="32">
+      <c r="O41" s="57">
         <v>15.86</v>
       </c>
       <c r="P41" s="50">
         <v>15.86</v>
       </c>
       <c r="Q41" s="26">
         <v>13.33</v>
       </c>
       <c r="R41" s="14"/>
       <c r="T41" s="12"/>
       <c r="U41" s="12"/>
     </row>
     <row r="42" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A42" s="35">
         <v>44439</v>
       </c>
       <c r="B42" s="32">
         <v>18</v>
       </c>
       <c r="C42" s="17">
         <v>838615.45</v>
       </c>
       <c r="D42" s="18">
         <v>689807.81</v>
       </c>
@@ -11740,51 +11899,51 @@
       </c>
       <c r="G42" s="18">
         <v>740036.55</v>
       </c>
       <c r="H42" s="21">
         <v>306097.12</v>
       </c>
       <c r="I42" s="17">
         <v>966</v>
       </c>
       <c r="J42" s="18">
         <v>859</v>
       </c>
       <c r="K42" s="18">
         <v>115</v>
       </c>
       <c r="L42" s="18">
         <v>115</v>
       </c>
       <c r="M42" s="18">
         <v>851</v>
       </c>
       <c r="N42" s="21">
         <v>382</v>
       </c>
-      <c r="O42" s="32">
+      <c r="O42" s="57">
         <v>15.77</v>
       </c>
       <c r="P42" s="50">
         <v>15.77</v>
       </c>
       <c r="Q42" s="26">
         <v>13.61</v>
       </c>
       <c r="R42" s="14"/>
       <c r="T42" s="12"/>
       <c r="U42" s="12"/>
     </row>
     <row r="43" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A43" s="35">
         <v>44469</v>
       </c>
       <c r="B43" s="32">
         <v>18</v>
       </c>
       <c r="C43" s="17">
         <v>905378.55</v>
       </c>
       <c r="D43" s="18">
         <v>773526.15</v>
       </c>
@@ -11796,51 +11955,51 @@
       </c>
       <c r="G43" s="18">
         <v>801849.04</v>
       </c>
       <c r="H43" s="21">
         <v>321744.57</v>
       </c>
       <c r="I43" s="17">
         <v>1062</v>
       </c>
       <c r="J43" s="18">
         <v>957</v>
       </c>
       <c r="K43" s="18">
         <v>115</v>
       </c>
       <c r="L43" s="18">
         <v>115</v>
       </c>
       <c r="M43" s="18">
         <v>947</v>
       </c>
       <c r="N43" s="21">
         <v>387</v>
       </c>
-      <c r="O43" s="32">
+      <c r="O43" s="57">
         <v>15.29</v>
       </c>
       <c r="P43" s="50">
         <v>15.29</v>
       </c>
       <c r="Q43" s="26">
         <v>13.49</v>
       </c>
       <c r="R43" s="14"/>
       <c r="T43" s="12"/>
       <c r="U43" s="12"/>
     </row>
     <row r="44" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A44" s="35">
         <v>44500</v>
       </c>
       <c r="B44" s="32">
         <v>16</v>
       </c>
       <c r="C44" s="17">
         <v>771881.65</v>
       </c>
       <c r="D44" s="18">
         <v>661335.01</v>
       </c>
@@ -11852,51 +12011,51 @@
       </c>
       <c r="G44" s="18">
         <v>674683.25</v>
       </c>
       <c r="H44" s="21">
         <v>267721.21999999997</v>
       </c>
       <c r="I44" s="17">
         <v>961</v>
       </c>
       <c r="J44" s="18">
         <v>864</v>
       </c>
       <c r="K44" s="18">
         <v>106</v>
       </c>
       <c r="L44" s="18">
         <v>106</v>
       </c>
       <c r="M44" s="18">
         <v>855</v>
       </c>
       <c r="N44" s="21">
         <v>346</v>
       </c>
-      <c r="O44" s="32">
+      <c r="O44" s="57">
         <v>14.91</v>
       </c>
       <c r="P44" s="50">
         <v>14.91</v>
       </c>
       <c r="Q44" s="26">
         <v>13.54</v>
       </c>
       <c r="R44" s="14"/>
       <c r="T44" s="12"/>
       <c r="U44" s="12"/>
     </row>
     <row r="45" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A45" s="35">
         <v>44530</v>
       </c>
       <c r="B45" s="32">
         <v>17</v>
       </c>
       <c r="C45" s="17">
         <v>832073.83</v>
       </c>
       <c r="D45" s="18">
         <v>733297.15</v>
       </c>
@@ -11908,51 +12067,51 @@
       </c>
       <c r="G45" s="18">
         <v>746952.88</v>
       </c>
       <c r="H45" s="21">
         <v>309447.13</v>
       </c>
       <c r="I45" s="17">
         <v>1015</v>
       </c>
       <c r="J45" s="18">
         <v>926</v>
       </c>
       <c r="K45" s="18">
         <v>94</v>
       </c>
       <c r="L45" s="18">
         <v>94</v>
       </c>
       <c r="M45" s="18">
         <v>921</v>
       </c>
       <c r="N45" s="21">
         <v>370</v>
       </c>
-      <c r="O45" s="32">
+      <c r="O45" s="57">
         <v>15.32</v>
       </c>
       <c r="P45" s="50">
         <v>15.32</v>
       </c>
       <c r="Q45" s="26">
         <v>13.51</v>
       </c>
       <c r="R45" s="14"/>
       <c r="T45" s="12"/>
       <c r="U45" s="12"/>
     </row>
     <row r="46" spans="1:21" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A46" s="35">
         <v>44561</v>
       </c>
       <c r="B46" s="32">
         <v>16</v>
       </c>
       <c r="C46" s="17">
         <v>957779.63</v>
       </c>
       <c r="D46" s="18">
         <v>830018.75</v>
       </c>
@@ -11964,51 +12123,51 @@
       </c>
       <c r="G46" s="18">
         <v>862877.65</v>
       </c>
       <c r="H46" s="21">
         <v>392145.46</v>
       </c>
       <c r="I46" s="17">
         <v>1100</v>
       </c>
       <c r="J46" s="18">
         <v>993</v>
       </c>
       <c r="K46" s="18">
         <v>98</v>
       </c>
       <c r="L46" s="18">
         <v>98</v>
       </c>
       <c r="M46" s="18">
         <v>1002</v>
       </c>
       <c r="N46" s="21">
         <v>452</v>
       </c>
-      <c r="O46" s="32">
+      <c r="O46" s="57">
         <v>16.489999999999998</v>
       </c>
       <c r="P46" s="50">
         <v>16.489999999999998</v>
       </c>
       <c r="Q46" s="26">
         <v>13.51</v>
       </c>
       <c r="R46" s="14"/>
       <c r="T46" s="12"/>
       <c r="U46" s="12"/>
     </row>
     <row r="47" spans="1:21" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A47" s="35">
         <v>44592</v>
       </c>
       <c r="B47" s="32">
         <v>13</v>
       </c>
       <c r="C47" s="17">
         <v>617419.81999999995</v>
       </c>
       <c r="D47" s="18">
         <v>569254.84</v>
       </c>
@@ -12020,51 +12179,51 @@
       </c>
       <c r="G47" s="18">
         <v>553689.34</v>
       </c>
       <c r="H47" s="21">
         <v>225854.36</v>
       </c>
       <c r="I47" s="17">
         <v>705</v>
       </c>
       <c r="J47" s="18">
         <v>653</v>
       </c>
       <c r="K47" s="18">
         <v>69</v>
       </c>
       <c r="L47" s="18">
         <v>69</v>
       </c>
       <c r="M47" s="18">
         <v>636</v>
       </c>
       <c r="N47" s="21">
         <v>240</v>
       </c>
-      <c r="O47" s="32">
+      <c r="O47" s="57">
         <v>15.84</v>
       </c>
       <c r="P47" s="50">
         <v>15.84</v>
       </c>
       <c r="Q47" s="26">
         <v>13.93</v>
       </c>
       <c r="R47" s="14"/>
       <c r="T47" s="12"/>
       <c r="U47" s="12"/>
     </row>
     <row r="48" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A48" s="35">
         <v>44620</v>
       </c>
       <c r="B48" s="32">
         <v>16</v>
       </c>
       <c r="C48" s="17">
         <v>558268.28</v>
       </c>
       <c r="D48" s="18">
         <v>509122.79</v>
       </c>
@@ -12076,51 +12235,51 @@
       </c>
       <c r="G48" s="18">
         <v>513944.26</v>
       </c>
       <c r="H48" s="21">
         <v>215901.18</v>
       </c>
       <c r="I48" s="17">
         <v>641</v>
       </c>
       <c r="J48" s="18">
         <v>590</v>
       </c>
       <c r="K48" s="18">
         <v>46</v>
       </c>
       <c r="L48" s="18">
         <v>46</v>
       </c>
       <c r="M48" s="18">
         <v>595</v>
       </c>
       <c r="N48" s="21">
         <v>248</v>
       </c>
-      <c r="O48" s="32">
+      <c r="O48" s="57">
         <v>16.670000000000002</v>
       </c>
       <c r="P48" s="50">
         <v>16.670000000000002</v>
       </c>
       <c r="Q48" s="26">
         <v>13.65</v>
       </c>
       <c r="R48" s="14"/>
       <c r="T48" s="12"/>
       <c r="U48" s="12"/>
     </row>
     <row r="49" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A49" s="35">
         <v>44651</v>
       </c>
       <c r="B49" s="32">
         <v>0</v>
       </c>
       <c r="C49" s="17">
         <v>0</v>
       </c>
       <c r="D49" s="18">
         <v>0</v>
       </c>
@@ -12132,51 +12291,51 @@
       </c>
       <c r="G49" s="18">
         <v>0</v>
       </c>
       <c r="H49" s="21">
         <v>0</v>
       </c>
       <c r="I49" s="17">
         <v>0</v>
       </c>
       <c r="J49" s="18">
         <v>0</v>
       </c>
       <c r="K49" s="18">
         <v>0</v>
       </c>
       <c r="L49" s="18">
         <v>0</v>
       </c>
       <c r="M49" s="18">
         <v>0</v>
       </c>
       <c r="N49" s="21">
         <v>0</v>
       </c>
-      <c r="O49" s="32" t="s">
+      <c r="O49" s="57" t="s">
         <v>1</v>
       </c>
       <c r="P49" s="50" t="s">
         <v>1</v>
       </c>
       <c r="Q49" s="26" t="s">
         <v>1</v>
       </c>
       <c r="R49" s="14"/>
       <c r="T49" s="12"/>
       <c r="U49" s="12"/>
     </row>
     <row r="50" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A50" s="35">
         <v>44681</v>
       </c>
       <c r="B50" s="32">
         <v>0</v>
       </c>
       <c r="C50" s="17">
         <v>0</v>
       </c>
       <c r="D50" s="18">
         <v>0</v>
       </c>
@@ -12188,51 +12347,51 @@
       </c>
       <c r="G50" s="18">
         <v>0</v>
       </c>
       <c r="H50" s="21">
         <v>0</v>
       </c>
       <c r="I50" s="17">
         <v>0</v>
       </c>
       <c r="J50" s="18">
         <v>0</v>
       </c>
       <c r="K50" s="18">
         <v>0</v>
       </c>
       <c r="L50" s="18">
         <v>0</v>
       </c>
       <c r="M50" s="18">
         <v>0</v>
       </c>
       <c r="N50" s="21">
         <v>0</v>
       </c>
-      <c r="O50" s="32" t="s">
+      <c r="O50" s="57" t="s">
         <v>1</v>
       </c>
       <c r="P50" s="50" t="s">
         <v>1</v>
       </c>
       <c r="Q50" s="26" t="s">
         <v>1</v>
       </c>
       <c r="R50" s="14"/>
       <c r="T50" s="12"/>
       <c r="U50" s="12"/>
     </row>
     <row r="51" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A51" s="35">
         <v>44712</v>
       </c>
       <c r="B51" s="32">
         <v>0</v>
       </c>
       <c r="C51" s="17">
         <v>0</v>
       </c>
       <c r="D51" s="18">
         <v>0</v>
       </c>
@@ -12244,51 +12403,51 @@
       </c>
       <c r="G51" s="18">
         <v>0</v>
       </c>
       <c r="H51" s="21">
         <v>0</v>
       </c>
       <c r="I51" s="17">
         <v>0</v>
       </c>
       <c r="J51" s="18">
         <v>0</v>
       </c>
       <c r="K51" s="18">
         <v>0</v>
       </c>
       <c r="L51" s="18">
         <v>0</v>
       </c>
       <c r="M51" s="18">
         <v>0</v>
       </c>
       <c r="N51" s="21">
         <v>0</v>
       </c>
-      <c r="O51" s="32" t="s">
+      <c r="O51" s="57" t="s">
         <v>1</v>
       </c>
       <c r="P51" s="50" t="s">
         <v>1</v>
       </c>
       <c r="Q51" s="26" t="s">
         <v>1</v>
       </c>
       <c r="R51" s="14"/>
       <c r="T51" s="12"/>
       <c r="U51" s="12"/>
     </row>
     <row r="52" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A52" s="35">
         <v>44742</v>
       </c>
       <c r="B52" s="32">
         <v>2</v>
       </c>
       <c r="C52" s="17">
         <v>2163.5100000000002</v>
       </c>
       <c r="D52" s="18">
         <v>2163.5100000000002</v>
       </c>
@@ -12300,51 +12459,51 @@
       </c>
       <c r="G52" s="18">
         <v>250</v>
       </c>
       <c r="H52" s="21">
         <v>250</v>
       </c>
       <c r="I52" s="17">
         <v>2</v>
       </c>
       <c r="J52" s="18">
         <v>2</v>
       </c>
       <c r="K52" s="18">
         <v>1</v>
       </c>
       <c r="L52" s="18">
         <v>1</v>
       </c>
       <c r="M52" s="18">
         <v>1</v>
       </c>
       <c r="N52" s="21">
         <v>1</v>
       </c>
-      <c r="O52" s="32">
+      <c r="O52" s="57">
         <v>13.35</v>
       </c>
       <c r="P52" s="50">
         <v>13.35</v>
       </c>
       <c r="Q52" s="26">
         <v>11.48</v>
       </c>
       <c r="T52" s="12"/>
       <c r="U52" s="12"/>
     </row>
     <row r="53" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A53" s="35">
         <v>44773</v>
       </c>
       <c r="B53" s="32">
         <v>1</v>
       </c>
       <c r="C53" s="17">
         <v>750</v>
       </c>
       <c r="D53" s="18">
         <v>750</v>
       </c>
       <c r="E53" s="18">
@@ -12355,51 +12514,51 @@
       </c>
       <c r="G53" s="18">
         <v>750</v>
       </c>
       <c r="H53" s="21">
         <v>0</v>
       </c>
       <c r="I53" s="17">
         <v>1</v>
       </c>
       <c r="J53" s="18">
         <v>1</v>
       </c>
       <c r="K53" s="18">
         <v>0</v>
       </c>
       <c r="L53" s="18">
         <v>0</v>
       </c>
       <c r="M53" s="18">
         <v>1</v>
       </c>
       <c r="N53" s="21">
         <v>0</v>
       </c>
-      <c r="O53" s="32" t="s">
+      <c r="O53" s="57" t="s">
         <v>1</v>
       </c>
       <c r="P53" s="50" t="s">
         <v>1</v>
       </c>
       <c r="Q53" s="26">
         <v>12.05</v>
       </c>
       <c r="T53" s="12"/>
       <c r="U53" s="12"/>
     </row>
     <row r="54" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A54" s="35">
         <v>44804</v>
       </c>
       <c r="B54" s="32">
         <v>2</v>
       </c>
       <c r="C54" s="17">
         <v>9073.24</v>
       </c>
       <c r="D54" s="18">
         <v>9073.24</v>
       </c>
       <c r="E54" s="18">
@@ -12410,51 +12569,51 @@
       </c>
       <c r="G54" s="18">
         <v>9073.24</v>
       </c>
       <c r="H54" s="21">
         <v>7773.24</v>
       </c>
       <c r="I54" s="17">
         <v>12</v>
       </c>
       <c r="J54" s="18">
         <v>12</v>
       </c>
       <c r="K54" s="18">
         <v>0</v>
       </c>
       <c r="L54" s="18">
         <v>0</v>
       </c>
       <c r="M54" s="18">
         <v>12</v>
       </c>
       <c r="N54" s="21">
         <v>11</v>
       </c>
-      <c r="O54" s="32" t="s">
+      <c r="O54" s="57" t="s">
         <v>1</v>
       </c>
       <c r="P54" s="50" t="s">
         <v>1</v>
       </c>
       <c r="Q54" s="26">
         <v>14.75</v>
       </c>
       <c r="T54" s="12"/>
       <c r="U54" s="12"/>
     </row>
     <row r="55" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A55" s="35">
         <v>44834</v>
       </c>
       <c r="B55" s="32">
         <v>1</v>
       </c>
       <c r="C55" s="17">
         <v>40185.21</v>
       </c>
       <c r="D55" s="18">
         <v>40185.21</v>
       </c>
       <c r="E55" s="18">
@@ -12465,51 +12624,51 @@
       </c>
       <c r="G55" s="18">
         <v>40185.21</v>
       </c>
       <c r="H55" s="21">
         <v>40185.21</v>
       </c>
       <c r="I55" s="17">
         <v>43</v>
       </c>
       <c r="J55" s="18">
         <v>43</v>
       </c>
       <c r="K55" s="18">
         <v>0</v>
       </c>
       <c r="L55" s="18">
         <v>0</v>
       </c>
       <c r="M55" s="18">
         <v>43</v>
       </c>
       <c r="N55" s="21">
         <v>43</v>
       </c>
-      <c r="O55" s="32" t="s">
+      <c r="O55" s="57" t="s">
         <v>1</v>
       </c>
       <c r="P55" s="50" t="s">
         <v>1</v>
       </c>
       <c r="Q55" s="26">
         <v>15.81</v>
       </c>
       <c r="T55" s="12"/>
       <c r="U55" s="12"/>
     </row>
     <row r="56" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A56" s="35">
         <v>44865</v>
       </c>
       <c r="B56" s="32">
         <v>4</v>
       </c>
       <c r="C56" s="17">
         <v>61080.75</v>
       </c>
       <c r="D56" s="18">
         <v>61080.75</v>
       </c>
       <c r="E56" s="18">
@@ -12520,51 +12679,51 @@
       </c>
       <c r="G56" s="18">
         <v>53519.08</v>
       </c>
       <c r="H56" s="21">
         <v>61098.21</v>
       </c>
       <c r="I56" s="17">
         <v>63</v>
       </c>
       <c r="J56" s="18">
         <v>63</v>
       </c>
       <c r="K56" s="18">
         <v>6</v>
       </c>
       <c r="L56" s="18">
         <v>2</v>
       </c>
       <c r="M56" s="18">
         <v>57</v>
       </c>
       <c r="N56" s="21">
         <v>63</v>
       </c>
-      <c r="O56" s="32">
+      <c r="O56" s="57">
         <v>27.7</v>
       </c>
       <c r="P56" s="50">
         <v>27.7</v>
       </c>
       <c r="Q56" s="26">
         <v>15.76</v>
       </c>
       <c r="T56" s="12"/>
       <c r="U56" s="12"/>
     </row>
     <row r="57" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A57" s="35">
         <v>44895</v>
       </c>
       <c r="B57" s="32">
         <v>5</v>
       </c>
       <c r="C57" s="17">
         <v>178437.9</v>
       </c>
       <c r="D57" s="18">
         <v>178437.9</v>
       </c>
       <c r="E57" s="18">
@@ -12575,51 +12734,51 @@
       </c>
       <c r="G57" s="18">
         <v>143997.31</v>
       </c>
       <c r="H57" s="21">
         <v>178426.09</v>
       </c>
       <c r="I57" s="17">
         <v>146</v>
       </c>
       <c r="J57" s="18">
         <v>146</v>
       </c>
       <c r="K57" s="18">
         <v>24</v>
       </c>
       <c r="L57" s="18">
         <v>2</v>
       </c>
       <c r="M57" s="18">
         <v>122</v>
       </c>
       <c r="N57" s="21">
         <v>146</v>
       </c>
-      <c r="O57" s="32">
+      <c r="O57" s="57">
         <v>14.05</v>
       </c>
       <c r="P57" s="50">
         <v>14.05</v>
       </c>
       <c r="Q57" s="26">
         <v>9.6199999999999992</v>
       </c>
       <c r="T57" s="12"/>
       <c r="U57" s="12"/>
     </row>
     <row r="58" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A58" s="35">
         <v>44926</v>
       </c>
       <c r="B58" s="32">
         <v>4</v>
       </c>
       <c r="C58" s="17">
         <v>501579.2</v>
       </c>
       <c r="D58" s="18">
         <v>501579.2</v>
       </c>
       <c r="E58" s="18">
@@ -12630,51 +12789,51 @@
       </c>
       <c r="G58" s="18">
         <v>364091.76</v>
       </c>
       <c r="H58" s="21">
         <v>501452.36</v>
       </c>
       <c r="I58" s="17">
         <v>405</v>
       </c>
       <c r="J58" s="18">
         <v>405</v>
       </c>
       <c r="K58" s="18">
         <v>101</v>
       </c>
       <c r="L58" s="18">
         <v>0</v>
       </c>
       <c r="M58" s="18">
         <v>304</v>
       </c>
       <c r="N58" s="21">
         <v>405</v>
       </c>
-      <c r="O58" s="32" t="s">
+      <c r="O58" s="57" t="s">
         <v>1</v>
       </c>
       <c r="P58" s="50" t="s">
         <v>1</v>
       </c>
       <c r="Q58" s="26">
         <v>8.33</v>
       </c>
       <c r="T58" s="12"/>
       <c r="U58" s="12"/>
     </row>
     <row r="59" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A59" s="35">
         <v>44957</v>
       </c>
       <c r="B59" s="32">
         <v>4</v>
       </c>
       <c r="C59" s="17">
         <v>449996.96</v>
       </c>
       <c r="D59" s="18">
         <v>449996.96</v>
       </c>
       <c r="E59" s="18">
@@ -12685,51 +12844,51 @@
       </c>
       <c r="G59" s="18">
         <v>293166.05</v>
       </c>
       <c r="H59" s="21">
         <v>449771.08</v>
       </c>
       <c r="I59" s="17">
         <v>357</v>
       </c>
       <c r="J59" s="18">
         <v>357</v>
       </c>
       <c r="K59" s="18">
         <v>120</v>
       </c>
       <c r="L59" s="18">
         <v>0</v>
       </c>
       <c r="M59" s="18">
         <v>237</v>
       </c>
       <c r="N59" s="21">
         <v>357</v>
       </c>
-      <c r="O59" s="32" t="s">
+      <c r="O59" s="57" t="s">
         <v>1</v>
       </c>
       <c r="P59" s="50" t="s">
         <v>1</v>
       </c>
       <c r="Q59" s="26">
         <v>7.54</v>
       </c>
       <c r="T59" s="12"/>
       <c r="U59" s="12"/>
     </row>
     <row r="60" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A60" s="35">
         <v>44985</v>
       </c>
       <c r="B60" s="32">
         <v>4</v>
       </c>
       <c r="C60" s="17">
         <v>172336.34</v>
       </c>
       <c r="D60" s="18">
         <v>172336.34</v>
       </c>
       <c r="E60" s="18">
@@ -12740,51 +12899,51 @@
       </c>
       <c r="G60" s="18">
         <v>121594.12</v>
       </c>
       <c r="H60" s="21">
         <v>172336.34</v>
       </c>
       <c r="I60" s="17">
         <v>128</v>
       </c>
       <c r="J60" s="18">
         <v>128</v>
       </c>
       <c r="K60" s="18">
         <v>34</v>
       </c>
       <c r="L60" s="18">
         <v>0</v>
       </c>
       <c r="M60" s="18">
         <v>94</v>
       </c>
       <c r="N60" s="21">
         <v>128</v>
       </c>
-      <c r="O60" s="32" t="s">
+      <c r="O60" s="57" t="s">
         <v>1</v>
       </c>
       <c r="P60" s="50" t="s">
         <v>1</v>
       </c>
       <c r="Q60" s="26">
         <v>8.43</v>
       </c>
       <c r="T60" s="12"/>
       <c r="U60" s="12"/>
     </row>
     <row r="61" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A61" s="35">
         <v>45016</v>
       </c>
       <c r="B61" s="32">
         <v>2</v>
       </c>
       <c r="C61" s="17">
         <v>38808.699999999997</v>
       </c>
       <c r="D61" s="18">
         <v>38808.699999999997</v>
       </c>
       <c r="E61" s="18">
@@ -12795,51 +12954,51 @@
       </c>
       <c r="G61" s="18">
         <v>35217.589999999997</v>
       </c>
       <c r="H61" s="21">
         <v>38808.699999999997</v>
       </c>
       <c r="I61" s="17">
         <v>36</v>
       </c>
       <c r="J61" s="18">
         <v>36</v>
       </c>
       <c r="K61" s="18">
         <v>2</v>
       </c>
       <c r="L61" s="18">
         <v>0</v>
       </c>
       <c r="M61" s="18">
         <v>34</v>
       </c>
       <c r="N61" s="21">
         <v>36</v>
       </c>
-      <c r="O61" s="32" t="s">
+      <c r="O61" s="57" t="s">
         <v>1</v>
       </c>
       <c r="P61" s="50" t="s">
         <v>1</v>
       </c>
       <c r="Q61" s="26">
         <v>13.98</v>
       </c>
       <c r="T61" s="12"/>
       <c r="U61" s="12"/>
     </row>
     <row r="62" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A62" s="35">
         <v>45046</v>
       </c>
       <c r="B62" s="32">
         <v>5</v>
       </c>
       <c r="C62" s="17">
         <v>59913.5</v>
       </c>
       <c r="D62" s="18">
         <v>59913.5</v>
       </c>
       <c r="E62" s="18">
@@ -12850,51 +13009,51 @@
       </c>
       <c r="G62" s="18">
         <v>48616.74</v>
       </c>
       <c r="H62" s="21">
         <v>50132.55</v>
       </c>
       <c r="I62" s="17">
         <v>49</v>
       </c>
       <c r="J62" s="18">
         <v>49</v>
       </c>
       <c r="K62" s="18">
         <v>8</v>
       </c>
       <c r="L62" s="18">
         <v>2</v>
       </c>
       <c r="M62" s="18">
         <v>41</v>
       </c>
       <c r="N62" s="21">
         <v>41</v>
       </c>
-      <c r="O62" s="32">
+      <c r="O62" s="57">
         <v>27</v>
       </c>
       <c r="P62" s="50">
         <v>27</v>
       </c>
       <c r="Q62" s="26">
         <v>11.49</v>
       </c>
       <c r="T62" s="12"/>
       <c r="U62" s="12"/>
     </row>
     <row r="63" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A63" s="35">
         <v>45077</v>
       </c>
       <c r="B63" s="32">
         <v>4</v>
       </c>
       <c r="C63" s="17">
         <v>321845.53000000003</v>
       </c>
       <c r="D63" s="18">
         <v>321845.53000000003</v>
       </c>
       <c r="E63" s="18">
@@ -12905,51 +13064,51 @@
       </c>
       <c r="G63" s="18">
         <v>198195.21</v>
       </c>
       <c r="H63" s="21">
         <v>323381.01</v>
       </c>
       <c r="I63" s="17">
         <v>229</v>
       </c>
       <c r="J63" s="18">
         <v>229</v>
       </c>
       <c r="K63" s="18">
         <v>80</v>
       </c>
       <c r="L63" s="18">
         <v>1</v>
       </c>
       <c r="M63" s="18">
         <v>149</v>
       </c>
       <c r="N63" s="21">
         <v>229</v>
       </c>
-      <c r="O63" s="32">
+      <c r="O63" s="57">
         <v>25.94</v>
       </c>
       <c r="P63" s="50">
         <v>25.94</v>
       </c>
       <c r="Q63" s="26">
         <v>8.07</v>
       </c>
       <c r="T63" s="12"/>
       <c r="U63" s="12"/>
     </row>
     <row r="64" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A64" s="41">
         <v>45107</v>
       </c>
       <c r="B64" s="32">
         <v>5</v>
       </c>
       <c r="C64" s="17">
         <v>756396.8</v>
       </c>
       <c r="D64" s="18">
         <v>756396.8</v>
       </c>
       <c r="E64" s="18">
@@ -12960,51 +13119,51 @@
       </c>
       <c r="G64" s="18">
         <v>494518.23</v>
       </c>
       <c r="H64" s="21">
         <v>756396.8</v>
       </c>
       <c r="I64" s="17">
         <v>527</v>
       </c>
       <c r="J64" s="18">
         <v>527</v>
       </c>
       <c r="K64" s="18">
         <v>159</v>
       </c>
       <c r="L64" s="18">
         <v>8</v>
       </c>
       <c r="M64" s="18">
         <v>368</v>
       </c>
       <c r="N64" s="21">
         <v>527</v>
       </c>
-      <c r="O64" s="32">
+      <c r="O64" s="57">
         <v>11.03</v>
       </c>
       <c r="P64" s="50">
         <v>11.03</v>
       </c>
       <c r="Q64" s="26">
         <v>7.84</v>
       </c>
       <c r="T64" s="12"/>
       <c r="U64" s="12"/>
     </row>
     <row r="65" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A65" s="41">
         <v>45138</v>
       </c>
       <c r="B65" s="32">
         <v>5</v>
       </c>
       <c r="C65" s="17">
         <v>879934.94</v>
       </c>
       <c r="D65" s="18">
         <v>879934.94</v>
       </c>
       <c r="E65" s="18">
@@ -13015,51 +13174,51 @@
       </c>
       <c r="G65" s="18">
         <v>544115.22</v>
       </c>
       <c r="H65" s="21">
         <v>879934.94</v>
       </c>
       <c r="I65" s="17">
         <v>604</v>
       </c>
       <c r="J65" s="18">
         <v>604</v>
       </c>
       <c r="K65" s="18">
         <v>218</v>
       </c>
       <c r="L65" s="18">
         <v>11</v>
       </c>
       <c r="M65" s="18">
         <v>386</v>
       </c>
       <c r="N65" s="21">
         <v>604</v>
       </c>
-      <c r="O65" s="32">
+      <c r="O65" s="57">
         <v>13.34</v>
       </c>
       <c r="P65" s="50">
         <v>13.34</v>
       </c>
       <c r="Q65" s="26">
         <v>7.83</v>
       </c>
       <c r="T65" s="12"/>
       <c r="U65" s="12"/>
     </row>
     <row r="66" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A66" s="41">
         <v>45169</v>
       </c>
       <c r="B66" s="45">
         <v>5</v>
       </c>
       <c r="C66" s="37">
         <v>915929.9</v>
       </c>
       <c r="D66" s="38">
         <v>915929.9</v>
       </c>
       <c r="E66" s="38">
@@ -13070,51 +13229,51 @@
       </c>
       <c r="G66" s="38">
         <v>614145.02</v>
       </c>
       <c r="H66" s="39">
         <v>915929.9</v>
       </c>
       <c r="I66" s="37">
         <v>638</v>
       </c>
       <c r="J66" s="38">
         <v>638</v>
       </c>
       <c r="K66" s="38">
         <v>197</v>
       </c>
       <c r="L66" s="38">
         <v>19</v>
       </c>
       <c r="M66" s="38">
         <v>441</v>
       </c>
       <c r="N66" s="39">
         <v>638</v>
       </c>
-      <c r="O66" s="45">
+      <c r="O66" s="54">
         <v>9.8000000000000007</v>
       </c>
       <c r="P66" s="50">
         <v>9.8000000000000007</v>
       </c>
       <c r="Q66" s="46">
         <v>7.88</v>
       </c>
       <c r="T66" s="12"/>
       <c r="U66" s="12"/>
     </row>
     <row r="67" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A67" s="41">
         <v>45199</v>
       </c>
       <c r="B67" s="45">
         <v>5</v>
       </c>
       <c r="C67" s="37">
         <v>1212415.6499999999</v>
       </c>
       <c r="D67" s="38">
         <v>1212087.3400000001</v>
       </c>
       <c r="E67" s="38">
@@ -13125,51 +13284,51 @@
       </c>
       <c r="G67" s="38">
         <v>864870.98</v>
       </c>
       <c r="H67" s="39">
         <v>1212254.42</v>
       </c>
       <c r="I67" s="37">
         <v>816</v>
       </c>
       <c r="J67" s="38">
         <v>815</v>
       </c>
       <c r="K67" s="38">
         <v>212</v>
       </c>
       <c r="L67" s="38">
         <v>5</v>
       </c>
       <c r="M67" s="38">
         <v>604</v>
       </c>
       <c r="N67" s="39">
         <v>814</v>
       </c>
-      <c r="O67" s="45">
+      <c r="O67" s="54">
         <v>8.16</v>
       </c>
       <c r="P67" s="50">
         <v>8.16</v>
       </c>
       <c r="Q67" s="46">
         <v>7.72</v>
       </c>
       <c r="T67" s="12"/>
       <c r="U67" s="12"/>
     </row>
     <row r="68" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A68" s="41">
         <v>45230</v>
       </c>
       <c r="B68" s="45">
         <v>6</v>
       </c>
       <c r="C68" s="37">
         <v>1292607.8899999999</v>
       </c>
       <c r="D68" s="38">
         <v>1292025.71</v>
       </c>
       <c r="E68" s="38">
@@ -13180,51 +13339,51 @@
       </c>
       <c r="G68" s="38">
         <v>913507.37</v>
       </c>
       <c r="H68" s="39">
         <v>1293927.78</v>
       </c>
       <c r="I68" s="37">
         <v>826</v>
       </c>
       <c r="J68" s="38">
         <v>825</v>
       </c>
       <c r="K68" s="38">
         <v>230</v>
       </c>
       <c r="L68" s="38">
         <v>22</v>
       </c>
       <c r="M68" s="38">
         <v>596</v>
       </c>
       <c r="N68" s="39">
         <v>825</v>
       </c>
-      <c r="O68" s="45">
+      <c r="O68" s="54">
         <v>8.8000000000000007</v>
       </c>
       <c r="P68" s="50">
         <v>8.8000000000000007</v>
       </c>
       <c r="Q68" s="46">
         <v>7.8</v>
       </c>
       <c r="T68" s="12"/>
       <c r="U68" s="12"/>
     </row>
     <row r="69" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A69" s="41">
         <v>45260</v>
       </c>
       <c r="B69" s="45">
         <v>7</v>
       </c>
       <c r="C69" s="37">
         <v>1469829.9</v>
       </c>
       <c r="D69" s="38">
         <v>1463309.9</v>
       </c>
       <c r="E69" s="38">
@@ -13235,51 +13394,51 @@
       </c>
       <c r="G69" s="38">
         <v>1059715.6100000001</v>
       </c>
       <c r="H69" s="39">
         <v>1469829.9</v>
       </c>
       <c r="I69" s="37">
         <v>937</v>
       </c>
       <c r="J69" s="38">
         <v>934</v>
       </c>
       <c r="K69" s="38">
         <v>247</v>
       </c>
       <c r="L69" s="38">
         <v>17</v>
       </c>
       <c r="M69" s="38">
         <v>690</v>
       </c>
       <c r="N69" s="39">
         <v>937</v>
       </c>
-      <c r="O69" s="45">
+      <c r="O69" s="54">
         <v>8.14</v>
       </c>
       <c r="P69" s="50">
         <v>8.14</v>
       </c>
       <c r="Q69" s="46">
         <v>7.55</v>
       </c>
       <c r="T69" s="12"/>
       <c r="U69" s="12"/>
     </row>
     <row r="70" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A70" s="41">
         <v>45291</v>
       </c>
       <c r="B70" s="45">
         <v>8</v>
       </c>
       <c r="C70" s="37">
         <v>1607729.67</v>
       </c>
       <c r="D70" s="38">
         <v>1592224.09</v>
       </c>
       <c r="E70" s="38">
@@ -13290,51 +13449,51 @@
       </c>
       <c r="G70" s="38">
         <v>1185026.55</v>
       </c>
       <c r="H70" s="39">
         <v>1599529.67</v>
       </c>
       <c r="I70" s="37">
         <v>994</v>
       </c>
       <c r="J70" s="38">
         <v>988</v>
       </c>
       <c r="K70" s="38">
         <v>248</v>
       </c>
       <c r="L70" s="38">
         <v>40</v>
       </c>
       <c r="M70" s="38">
         <v>746</v>
       </c>
       <c r="N70" s="39">
         <v>993</v>
       </c>
-      <c r="O70" s="45">
+      <c r="O70" s="54">
         <v>7.25</v>
       </c>
       <c r="P70" s="50">
         <v>7.25</v>
       </c>
       <c r="Q70" s="46">
         <v>7.57</v>
       </c>
       <c r="T70" s="12"/>
       <c r="U70" s="12"/>
     </row>
     <row r="71" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A71" s="41">
         <v>45322</v>
       </c>
       <c r="B71" s="45">
         <v>7</v>
       </c>
       <c r="C71" s="37">
         <v>1112987.1100000001</v>
       </c>
       <c r="D71" s="38">
         <v>1108648.71</v>
       </c>
       <c r="E71" s="38">
@@ -13345,51 +13504,51 @@
       </c>
       <c r="G71" s="38">
         <v>852912.46</v>
       </c>
       <c r="H71" s="39">
         <v>1110128.54</v>
       </c>
       <c r="I71" s="37">
         <v>677</v>
       </c>
       <c r="J71" s="38">
         <v>675</v>
       </c>
       <c r="K71" s="38">
         <v>160</v>
       </c>
       <c r="L71" s="38">
         <v>17</v>
       </c>
       <c r="M71" s="38">
         <v>517</v>
       </c>
       <c r="N71" s="39">
         <v>672</v>
       </c>
-      <c r="O71" s="45">
+      <c r="O71" s="54">
         <v>7.25</v>
       </c>
       <c r="P71" s="50">
         <v>7.25</v>
       </c>
       <c r="Q71" s="46">
         <v>7.57</v>
       </c>
       <c r="T71" s="12"/>
       <c r="U71" s="12"/>
     </row>
     <row r="72" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A72" s="41">
         <v>45351</v>
       </c>
       <c r="B72" s="45">
         <v>9</v>
       </c>
       <c r="C72" s="37">
         <v>1307490.3999999999</v>
       </c>
       <c r="D72" s="38">
         <v>1281113.8999999999</v>
       </c>
       <c r="E72" s="38">
@@ -13400,51 +13559,51 @@
       </c>
       <c r="G72" s="38">
         <v>958497.21</v>
       </c>
       <c r="H72" s="39">
         <v>1305092.3999999999</v>
       </c>
       <c r="I72" s="37">
         <v>783</v>
       </c>
       <c r="J72" s="38">
         <v>769</v>
       </c>
       <c r="K72" s="38">
         <v>206</v>
       </c>
       <c r="L72" s="38">
         <v>47</v>
       </c>
       <c r="M72" s="38">
         <v>577</v>
       </c>
       <c r="N72" s="39">
         <v>781</v>
       </c>
-      <c r="O72" s="45">
+      <c r="O72" s="54">
         <v>7.71</v>
       </c>
       <c r="P72" s="50">
         <v>7.71</v>
       </c>
       <c r="Q72" s="46">
         <v>7.69</v>
       </c>
       <c r="T72" s="12"/>
       <c r="U72" s="12"/>
     </row>
     <row r="73" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A73" s="41">
         <v>45382</v>
       </c>
       <c r="B73" s="45">
         <v>9</v>
       </c>
       <c r="C73" s="37">
         <v>1439598.9</v>
       </c>
       <c r="D73" s="38">
         <v>1419888.1</v>
       </c>
       <c r="E73" s="38">
@@ -13455,51 +13614,51 @@
       </c>
       <c r="G73" s="38">
         <v>1119897.8700000001</v>
       </c>
       <c r="H73" s="39">
         <v>1438652.9</v>
       </c>
       <c r="I73" s="37">
         <v>878</v>
       </c>
       <c r="J73" s="38">
         <v>864</v>
       </c>
       <c r="K73" s="38">
         <v>200</v>
       </c>
       <c r="L73" s="38">
         <v>40</v>
       </c>
       <c r="M73" s="38">
         <v>678</v>
       </c>
       <c r="N73" s="39">
         <v>877</v>
       </c>
-      <c r="O73" s="45">
+      <c r="O73" s="54">
         <v>7.21</v>
       </c>
       <c r="P73" s="50">
         <v>7.21</v>
       </c>
       <c r="Q73" s="46">
         <v>7.62</v>
       </c>
       <c r="T73" s="12"/>
       <c r="U73" s="12"/>
     </row>
     <row r="74" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A74" s="41">
         <v>45412</v>
       </c>
       <c r="B74" s="45">
         <v>10</v>
       </c>
       <c r="C74" s="37">
         <v>1750992.13</v>
       </c>
       <c r="D74" s="38">
         <v>1717819.9</v>
       </c>
       <c r="E74" s="38">
@@ -13510,51 +13669,51 @@
       </c>
       <c r="G74" s="38">
         <v>1259722.6100000001</v>
       </c>
       <c r="H74" s="39">
         <v>1750992.13</v>
       </c>
       <c r="I74" s="37">
         <v>1031</v>
       </c>
       <c r="J74" s="38">
         <v>1015</v>
       </c>
       <c r="K74" s="38">
         <v>295</v>
       </c>
       <c r="L74" s="38">
         <v>70</v>
       </c>
       <c r="M74" s="38">
         <v>736</v>
       </c>
       <c r="N74" s="39">
         <v>1031</v>
       </c>
-      <c r="O74" s="45">
+      <c r="O74" s="54">
         <v>7.22</v>
       </c>
       <c r="P74" s="50">
         <v>7.22</v>
       </c>
       <c r="Q74" s="46">
         <v>7.7</v>
       </c>
       <c r="T74" s="12"/>
       <c r="U74" s="12"/>
     </row>
     <row r="75" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A75" s="41">
         <v>45443</v>
       </c>
       <c r="B75" s="45">
         <v>12</v>
       </c>
       <c r="C75" s="37">
         <v>1733328.76</v>
       </c>
       <c r="D75" s="38">
         <v>1642982.21</v>
       </c>
       <c r="E75" s="38">
@@ -13565,51 +13724,51 @@
       </c>
       <c r="G75" s="38">
         <v>1237760.24</v>
       </c>
       <c r="H75" s="39">
         <v>1729328.76</v>
       </c>
       <c r="I75" s="37">
         <v>975</v>
       </c>
       <c r="J75" s="38">
         <v>934</v>
       </c>
       <c r="K75" s="38">
         <v>277</v>
       </c>
       <c r="L75" s="38">
         <v>51</v>
       </c>
       <c r="M75" s="38">
         <v>698</v>
       </c>
       <c r="N75" s="39">
         <v>975</v>
       </c>
-      <c r="O75" s="45">
+      <c r="O75" s="54">
         <v>7.2</v>
       </c>
       <c r="P75" s="50">
         <v>7.2</v>
       </c>
       <c r="Q75" s="46">
         <v>7.54</v>
       </c>
       <c r="T75" s="12"/>
       <c r="U75" s="12"/>
     </row>
     <row r="76" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A76" s="41">
         <v>45473</v>
       </c>
       <c r="B76" s="45">
         <v>11</v>
       </c>
       <c r="C76" s="37">
         <v>1013571.75</v>
       </c>
       <c r="D76" s="38">
         <v>971143.65</v>
       </c>
       <c r="E76" s="38">
@@ -13620,51 +13779,51 @@
       </c>
       <c r="G76" s="38">
         <v>723831.36</v>
       </c>
       <c r="H76" s="39">
         <v>1013571.75</v>
       </c>
       <c r="I76" s="37">
         <v>605</v>
       </c>
       <c r="J76" s="38">
         <v>583</v>
       </c>
       <c r="K76" s="38">
         <v>170</v>
       </c>
       <c r="L76" s="38">
         <v>43</v>
       </c>
       <c r="M76" s="38">
         <v>435</v>
       </c>
       <c r="N76" s="39">
         <v>605</v>
       </c>
-      <c r="O76" s="45">
+      <c r="O76" s="54">
         <v>7.48</v>
       </c>
       <c r="P76" s="50">
         <v>7.48</v>
       </c>
       <c r="Q76" s="46">
         <v>7.67</v>
       </c>
       <c r="T76" s="12"/>
       <c r="U76" s="12"/>
     </row>
     <row r="77" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A77" s="41">
         <v>45504</v>
       </c>
       <c r="B77" s="45">
         <v>11</v>
       </c>
       <c r="C77" s="37">
         <v>1187590.1399999999</v>
       </c>
       <c r="D77" s="38">
         <v>1108167.47</v>
       </c>
       <c r="E77" s="38">
@@ -13675,51 +13834,51 @@
       </c>
       <c r="G77" s="38">
         <v>822628.48</v>
       </c>
       <c r="H77" s="39">
         <v>1187590.1399999999</v>
       </c>
       <c r="I77" s="37">
         <v>690</v>
       </c>
       <c r="J77" s="38">
         <v>648</v>
       </c>
       <c r="K77" s="38">
         <v>202</v>
       </c>
       <c r="L77" s="38">
         <v>56</v>
       </c>
       <c r="M77" s="38">
         <v>488</v>
       </c>
       <c r="N77" s="39">
         <v>690</v>
       </c>
-      <c r="O77" s="45">
+      <c r="O77" s="54">
         <v>7.26</v>
       </c>
       <c r="P77" s="50">
         <v>7.26</v>
       </c>
       <c r="Q77" s="46">
         <v>8.0299999999999994</v>
       </c>
       <c r="T77" s="12"/>
       <c r="U77" s="12"/>
     </row>
     <row r="78" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A78" s="41">
         <v>45535</v>
       </c>
       <c r="B78" s="45">
         <v>12</v>
       </c>
       <c r="C78" s="37">
         <v>1227754.07</v>
       </c>
       <c r="D78" s="38">
         <v>1079928.44</v>
       </c>
       <c r="E78" s="38">
@@ -13730,51 +13889,51 @@
       </c>
       <c r="G78" s="38">
         <v>831808.49</v>
       </c>
       <c r="H78" s="39">
         <v>1225343.07</v>
       </c>
       <c r="I78" s="37">
         <v>700</v>
       </c>
       <c r="J78" s="38">
         <v>644</v>
       </c>
       <c r="K78" s="38">
         <v>225</v>
       </c>
       <c r="L78" s="38">
         <v>74</v>
       </c>
       <c r="M78" s="38">
         <v>475</v>
       </c>
       <c r="N78" s="39">
         <v>698</v>
       </c>
-      <c r="O78" s="45">
+      <c r="O78" s="54">
         <v>7.25</v>
       </c>
       <c r="P78" s="50">
         <v>7.25</v>
       </c>
       <c r="Q78" s="46">
         <v>8.48</v>
       </c>
       <c r="T78" s="12"/>
       <c r="U78" s="12"/>
     </row>
     <row r="79" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A79" s="41">
         <v>45565</v>
       </c>
       <c r="B79" s="45">
         <v>12</v>
       </c>
       <c r="C79" s="37">
         <v>1197663.5900000001</v>
       </c>
       <c r="D79" s="38">
         <v>1073098.7</v>
       </c>
       <c r="E79" s="38">
@@ -13785,51 +13944,51 @@
       </c>
       <c r="G79" s="38">
         <v>749014.22</v>
       </c>
       <c r="H79" s="39">
         <v>1196656.5900000001</v>
       </c>
       <c r="I79" s="37">
         <v>676</v>
       </c>
       <c r="J79" s="38">
         <v>614</v>
       </c>
       <c r="K79" s="38">
         <v>242</v>
       </c>
       <c r="L79" s="38">
         <v>73</v>
       </c>
       <c r="M79" s="38">
         <v>434</v>
       </c>
       <c r="N79" s="39">
         <v>675</v>
       </c>
-      <c r="O79" s="45">
+      <c r="O79" s="54">
         <v>7.31</v>
       </c>
       <c r="P79" s="50">
         <v>7.31</v>
       </c>
       <c r="Q79" s="46">
         <v>8.5</v>
       </c>
       <c r="T79" s="12"/>
       <c r="U79" s="12"/>
     </row>
     <row r="80" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A80" s="41">
         <v>45596</v>
       </c>
       <c r="B80" s="45">
         <v>12</v>
       </c>
       <c r="C80" s="37">
         <v>1407580.07</v>
       </c>
       <c r="D80" s="38">
         <v>1295537.53</v>
       </c>
       <c r="E80" s="38">
@@ -13840,51 +13999,51 @@
       </c>
       <c r="G80" s="38">
         <v>915075.63</v>
       </c>
       <c r="H80" s="39">
         <v>1405961.07</v>
       </c>
       <c r="I80" s="37">
         <v>822</v>
       </c>
       <c r="J80" s="38">
         <v>765</v>
       </c>
       <c r="K80" s="38">
         <v>278</v>
       </c>
       <c r="L80" s="38">
         <v>78</v>
       </c>
       <c r="M80" s="38">
         <v>544</v>
       </c>
       <c r="N80" s="39">
         <v>822</v>
       </c>
-      <c r="O80" s="45">
+      <c r="O80" s="54">
         <v>7.58</v>
       </c>
       <c r="P80" s="50">
         <v>7.58</v>
       </c>
       <c r="Q80" s="46">
         <v>8.4499999999999993</v>
       </c>
       <c r="T80" s="12"/>
       <c r="U80" s="12"/>
     </row>
     <row r="81" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A81" s="41">
         <v>45626</v>
       </c>
       <c r="B81" s="45">
         <v>12</v>
       </c>
       <c r="C81" s="37">
         <v>1001264.77</v>
       </c>
       <c r="D81" s="38">
         <v>897378.86</v>
       </c>
       <c r="E81" s="38">
@@ -13895,51 +14054,51 @@
       </c>
       <c r="G81" s="38">
         <v>478122.74</v>
       </c>
       <c r="H81" s="39">
         <v>1001264.77</v>
       </c>
       <c r="I81" s="37">
         <v>591</v>
       </c>
       <c r="J81" s="38">
         <v>541</v>
       </c>
       <c r="K81" s="38">
         <v>307</v>
       </c>
       <c r="L81" s="38">
         <v>116</v>
       </c>
       <c r="M81" s="38">
         <v>284</v>
       </c>
       <c r="N81" s="39">
         <v>591</v>
       </c>
-      <c r="O81" s="45">
+      <c r="O81" s="54">
         <v>7.93</v>
       </c>
       <c r="P81" s="50">
         <v>7.93</v>
       </c>
       <c r="Q81" s="46">
         <v>8.6</v>
       </c>
       <c r="T81" s="12"/>
       <c r="U81" s="12"/>
     </row>
     <row r="82" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A82" s="41">
         <v>45657</v>
       </c>
       <c r="B82" s="45">
         <v>12</v>
       </c>
       <c r="C82" s="37">
         <v>671861.95</v>
       </c>
       <c r="D82" s="38">
         <v>591063.17000000004</v>
       </c>
       <c r="E82" s="38">
@@ -13970,669 +14129,759 @@
         <v>163</v>
       </c>
       <c r="N82" s="39">
         <v>378</v>
       </c>
       <c r="O82" s="54">
         <v>7.97</v>
       </c>
       <c r="P82" s="50">
         <v>7.97</v>
       </c>
       <c r="Q82" s="46">
         <v>9.52</v>
       </c>
       <c r="T82" s="12"/>
       <c r="U82" s="12"/>
     </row>
     <row r="83" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A83" s="41">
         <v>45688</v>
       </c>
       <c r="B83" s="45">
         <v>13</v>
       </c>
       <c r="C83" s="37">
-        <v>866961.36</v>
+        <v>871438.96</v>
       </c>
       <c r="D83" s="38">
-        <v>760478.9</v>
+        <v>764956.5</v>
       </c>
       <c r="E83" s="38">
         <v>420395.16</v>
       </c>
       <c r="F83" s="38">
         <v>136905.35999999999</v>
       </c>
       <c r="G83" s="38">
-        <v>446566.2</v>
+        <v>451043.8</v>
       </c>
       <c r="H83" s="39">
-        <v>866147.36</v>
+        <v>870624.96</v>
       </c>
       <c r="I83" s="37">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="J83" s="38">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="K83" s="38">
         <v>227</v>
       </c>
       <c r="L83" s="38">
         <v>72</v>
       </c>
       <c r="M83" s="38">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="N83" s="39">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="O83" s="54">
         <v>8.23</v>
       </c>
       <c r="P83" s="56">
         <v>8.23</v>
       </c>
       <c r="Q83" s="46">
-        <v>8.56</v>
+        <v>8.5500000000000007</v>
       </c>
       <c r="T83" s="12"/>
       <c r="U83" s="12"/>
     </row>
     <row r="84" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A84" s="41">
         <v>45716</v>
       </c>
       <c r="B84" s="45">
         <v>12</v>
       </c>
       <c r="C84" s="37">
-        <v>926233.53</v>
+        <v>938636.52</v>
       </c>
       <c r="D84" s="38">
-        <v>793848.49</v>
+        <v>806251.48</v>
       </c>
       <c r="E84" s="38">
         <v>480443.68</v>
       </c>
       <c r="F84" s="38">
         <v>125980.89</v>
       </c>
       <c r="G84" s="38">
-        <v>445789.85</v>
+        <v>458192.84</v>
       </c>
       <c r="H84" s="39">
-        <v>926233.53</v>
+        <v>938636.52</v>
       </c>
       <c r="I84" s="37">
-        <v>516</v>
+        <v>525</v>
       </c>
       <c r="J84" s="38">
-        <v>450</v>
+        <v>459</v>
       </c>
       <c r="K84" s="38">
         <v>262</v>
       </c>
       <c r="L84" s="38">
         <v>66</v>
       </c>
       <c r="M84" s="38">
-        <v>254</v>
+        <v>263</v>
       </c>
       <c r="N84" s="39">
-        <v>516</v>
+        <v>525</v>
       </c>
       <c r="O84" s="54">
         <v>8.1199999999999992</v>
       </c>
       <c r="P84" s="56">
         <v>8.1199999999999992</v>
       </c>
       <c r="Q84" s="46">
-        <v>8.8699999999999992</v>
+        <v>8.84</v>
       </c>
       <c r="T84" s="12"/>
       <c r="U84" s="12"/>
     </row>
     <row r="85" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A85" s="41">
         <v>45747</v>
       </c>
       <c r="B85" s="45">
         <v>13</v>
       </c>
       <c r="C85" s="37">
-        <v>794690.49</v>
+        <v>802698.69</v>
       </c>
       <c r="D85" s="38">
-        <v>689401.64</v>
+        <v>697409.84</v>
       </c>
       <c r="E85" s="38">
         <v>436527.93</v>
       </c>
       <c r="F85" s="38">
         <v>167743.46</v>
       </c>
       <c r="G85" s="38">
-        <v>358162.56</v>
+        <v>366170.76</v>
       </c>
       <c r="H85" s="39">
-        <v>788899.47</v>
+        <v>796907.67</v>
       </c>
       <c r="I85" s="37">
-        <v>427</v>
+        <v>433</v>
       </c>
       <c r="J85" s="38">
-        <v>367</v>
+        <v>373</v>
       </c>
       <c r="K85" s="38">
         <v>232</v>
       </c>
       <c r="L85" s="38">
         <v>87</v>
       </c>
       <c r="M85" s="38">
-        <v>195</v>
+        <v>201</v>
       </c>
       <c r="N85" s="39">
-        <v>424</v>
+        <v>430</v>
       </c>
       <c r="O85" s="54">
         <v>8.18</v>
       </c>
       <c r="P85" s="56">
         <v>8.18</v>
       </c>
       <c r="Q85" s="46">
-        <v>9.49</v>
+        <v>9.4499999999999993</v>
       </c>
       <c r="T85" s="12"/>
       <c r="U85" s="12"/>
     </row>
     <row r="86" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A86" s="41">
         <v>45777</v>
       </c>
       <c r="B86" s="45">
         <v>11</v>
       </c>
       <c r="C86" s="37">
-        <v>834830.07</v>
+        <v>837900.07</v>
       </c>
       <c r="D86" s="38">
-        <v>735540.74</v>
+        <v>738610.74</v>
       </c>
       <c r="E86" s="38">
-        <v>492289.39</v>
+        <v>494709.39</v>
       </c>
       <c r="F86" s="38">
         <v>173197.41</v>
       </c>
       <c r="G86" s="38">
-        <v>342540.68</v>
+        <v>343190.68</v>
       </c>
       <c r="H86" s="39">
-        <v>821605.29</v>
+        <v>824675.29</v>
       </c>
       <c r="I86" s="37">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="J86" s="38">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="K86" s="38">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="L86" s="38">
         <v>91</v>
       </c>
       <c r="M86" s="38">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="N86" s="39">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="O86" s="54">
         <v>8.1999999999999993</v>
       </c>
       <c r="P86" s="56">
         <v>8.1999999999999993</v>
       </c>
       <c r="Q86" s="46">
-        <v>9.74</v>
+        <v>9.73</v>
       </c>
       <c r="T86" s="12"/>
       <c r="U86" s="12"/>
     </row>
     <row r="87" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A87" s="41">
         <v>45808</v>
       </c>
       <c r="B87" s="45">
         <v>12</v>
       </c>
       <c r="C87" s="37">
-        <v>1090670.26</v>
+        <v>1098231.45</v>
       </c>
       <c r="D87" s="38">
-        <v>980538.39</v>
+        <v>988099.58</v>
       </c>
       <c r="E87" s="38">
-        <v>639611.74</v>
+        <v>640314.92000000004</v>
       </c>
       <c r="F87" s="38">
         <v>187182.9</v>
       </c>
       <c r="G87" s="38">
-        <v>451058.53</v>
+        <v>457916.53</v>
       </c>
       <c r="H87" s="39">
-        <v>1079532.26</v>
+        <v>1087093.45</v>
       </c>
       <c r="I87" s="37">
-        <v>599</v>
+        <v>605</v>
       </c>
       <c r="J87" s="38">
-        <v>545</v>
+        <v>551</v>
       </c>
       <c r="K87" s="38">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="L87" s="38">
         <v>106</v>
       </c>
       <c r="M87" s="38">
-        <v>247</v>
+        <v>252</v>
       </c>
       <c r="N87" s="39">
-        <v>570</v>
+        <v>576</v>
       </c>
       <c r="O87" s="54">
         <v>8.1199999999999992</v>
       </c>
       <c r="P87" s="56">
         <v>8.1199999999999992</v>
       </c>
       <c r="Q87" s="46">
-        <v>10</v>
+        <v>9.9600000000000009</v>
       </c>
       <c r="T87" s="12"/>
       <c r="U87" s="12"/>
     </row>
     <row r="88" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A88" s="41">
         <v>45838</v>
       </c>
       <c r="B88" s="45">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C88" s="37">
-        <v>1273203.76</v>
+        <v>1285383.46</v>
       </c>
       <c r="D88" s="38">
-        <v>1125297.21</v>
+        <v>1131723.9099999999</v>
       </c>
       <c r="E88" s="38">
-        <v>736808.05</v>
+        <v>738274.05</v>
       </c>
       <c r="F88" s="38">
-        <v>196525.43</v>
+        <v>197991.43</v>
       </c>
       <c r="G88" s="38">
-        <v>536395.71</v>
+        <v>547109.41</v>
       </c>
       <c r="H88" s="39">
-        <v>1270641.01</v>
+        <v>1282820.71</v>
       </c>
       <c r="I88" s="37">
-        <v>694</v>
+        <v>703</v>
       </c>
       <c r="J88" s="38">
-        <v>609</v>
+        <v>614</v>
       </c>
       <c r="K88" s="38">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="L88" s="38">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="M88" s="38">
-        <v>297</v>
+        <v>305</v>
       </c>
       <c r="N88" s="39">
-        <v>692</v>
+        <v>701</v>
       </c>
       <c r="O88" s="54">
-        <v>8</v>
+        <v>7.99</v>
       </c>
       <c r="P88" s="56">
-        <v>8</v>
+        <v>7.99</v>
       </c>
       <c r="Q88" s="46">
-        <v>9.85</v>
+        <v>9.91</v>
       </c>
       <c r="T88" s="12"/>
       <c r="U88" s="12"/>
     </row>
     <row r="89" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A89" s="41">
         <v>45869</v>
       </c>
       <c r="B89" s="45">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C89" s="37">
-        <v>1608238.84</v>
+        <v>1656476.24</v>
       </c>
       <c r="D89" s="38">
-        <v>1483402.55</v>
+        <v>1516804.35</v>
       </c>
       <c r="E89" s="38">
-        <v>961508.44</v>
+        <v>967308.44</v>
       </c>
       <c r="F89" s="38">
         <v>275646.53999999998</v>
       </c>
       <c r="G89" s="38">
-        <v>646730.41</v>
+        <v>689167.81</v>
       </c>
       <c r="H89" s="39">
-        <v>1602081.84</v>
+        <v>1650319.24</v>
       </c>
       <c r="I89" s="37">
-        <v>871</v>
+        <v>895</v>
       </c>
       <c r="J89" s="38">
-        <v>802</v>
+        <v>817</v>
       </c>
       <c r="K89" s="38">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="L89" s="38">
         <v>143</v>
       </c>
       <c r="M89" s="38">
-        <v>363</v>
+        <v>385</v>
       </c>
       <c r="N89" s="39">
-        <v>869</v>
+        <v>893</v>
       </c>
       <c r="O89" s="54">
         <v>8.0500000000000007</v>
       </c>
       <c r="P89" s="56">
         <v>8.0500000000000007</v>
       </c>
       <c r="Q89" s="46">
-        <v>9.15</v>
+        <v>9.2799999999999994</v>
       </c>
       <c r="T89" s="12"/>
       <c r="U89" s="12"/>
     </row>
-    <row r="90" spans="1:21" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A90" s="36">
+    <row r="90" spans="1:21" x14ac:dyDescent="0.3">
+      <c r="A90" s="41">
         <v>45900</v>
       </c>
-      <c r="B90" s="33">
-[...8 lines deleted...]
-      <c r="E90" s="20">
+      <c r="B90" s="45">
+        <v>14</v>
+      </c>
+      <c r="C90" s="37">
+        <v>1461546.39</v>
+      </c>
+      <c r="D90" s="38">
+        <v>1323433.42</v>
+      </c>
+      <c r="E90" s="38">
         <v>889766.2</v>
       </c>
-      <c r="F90" s="20">
+      <c r="F90" s="38">
         <v>267340.67</v>
       </c>
-      <c r="G90" s="20">
-[...11 lines deleted...]
-      <c r="K90" s="20">
+      <c r="G90" s="38">
+        <v>571780.18999999994</v>
+      </c>
+      <c r="H90" s="39">
+        <v>1448031.35</v>
+      </c>
+      <c r="I90" s="37">
+        <v>807</v>
+      </c>
+      <c r="J90" s="38">
+        <v>735</v>
+      </c>
+      <c r="K90" s="38">
         <v>480</v>
       </c>
-      <c r="L90" s="20">
+      <c r="L90" s="38">
         <v>136</v>
       </c>
-      <c r="M90" s="20">
-[...5 lines deleted...]
-      <c r="O90" s="55">
+      <c r="M90" s="38">
+        <v>327</v>
+      </c>
+      <c r="N90" s="39">
+        <v>802</v>
+      </c>
+      <c r="O90" s="54">
         <v>8.1300000000000008</v>
       </c>
-      <c r="P90" s="53">
+      <c r="P90" s="56">
         <v>8.1300000000000008</v>
       </c>
-      <c r="Q90" s="27">
-        <v>8.99</v>
+      <c r="Q90" s="46">
+        <v>9.0500000000000007</v>
       </c>
       <c r="T90" s="12"/>
       <c r="U90" s="12"/>
     </row>
     <row r="91" spans="1:21" x14ac:dyDescent="0.3">
-      <c r="A91" s="24"/>
-[...13 lines deleted...]
-      <c r="Q91" s="15"/>
+      <c r="A91" s="41">
+        <v>45930</v>
+      </c>
+      <c r="B91" s="45">
+        <v>15</v>
+      </c>
+      <c r="C91" s="37">
+        <v>1657509.07</v>
+      </c>
+      <c r="D91" s="38">
+        <v>1521774.29</v>
+      </c>
+      <c r="E91" s="38">
+        <v>1001905.61</v>
+      </c>
+      <c r="F91" s="38">
+        <v>276229.2</v>
+      </c>
+      <c r="G91" s="38">
+        <v>655603.46</v>
+      </c>
+      <c r="H91" s="39">
+        <v>1639273.07</v>
+      </c>
+      <c r="I91" s="37">
+        <v>874</v>
+      </c>
+      <c r="J91" s="38">
+        <v>801</v>
+      </c>
+      <c r="K91" s="38">
+        <v>533</v>
+      </c>
+      <c r="L91" s="38">
+        <v>152</v>
+      </c>
+      <c r="M91" s="38">
+        <v>341</v>
+      </c>
+      <c r="N91" s="39">
+        <v>866</v>
+      </c>
+      <c r="O91" s="54">
+        <v>8.1300000000000008</v>
+      </c>
+      <c r="P91" s="56">
+        <v>8.1300000000000008</v>
+      </c>
+      <c r="Q91" s="46">
+        <v>9.41</v>
+      </c>
       <c r="T91" s="12"/>
       <c r="U91" s="12"/>
     </row>
-    <row r="92" spans="1:21" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A92" s="90" t="s">
+    <row r="92" spans="1:21" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A92" s="36">
+        <v>45961</v>
+      </c>
+      <c r="B92" s="33">
+        <v>14</v>
+      </c>
+      <c r="C92" s="19">
+        <v>1604148.98</v>
+      </c>
+      <c r="D92" s="20">
+        <v>1494505.38</v>
+      </c>
+      <c r="E92" s="20">
+        <v>972033.12</v>
+      </c>
+      <c r="F92" s="20">
+        <v>257142.41</v>
+      </c>
+      <c r="G92" s="20">
+        <v>632115.86</v>
+      </c>
+      <c r="H92" s="22">
+        <v>1597855.08</v>
+      </c>
+      <c r="I92" s="19">
+        <v>809</v>
+      </c>
+      <c r="J92" s="20">
+        <v>752</v>
+      </c>
+      <c r="K92" s="20">
+        <v>486</v>
+      </c>
+      <c r="L92" s="20">
+        <v>138</v>
+      </c>
+      <c r="M92" s="20">
+        <v>323</v>
+      </c>
+      <c r="N92" s="22">
+        <v>811</v>
+      </c>
+      <c r="O92" s="55">
+        <v>8.2100000000000009</v>
+      </c>
+      <c r="P92" s="53">
+        <v>8.2100000000000009</v>
+      </c>
+      <c r="Q92" s="27">
+        <v>9.39</v>
+      </c>
+      <c r="T92" s="12"/>
+      <c r="U92" s="12"/>
+    </row>
+    <row r="93" spans="1:21" x14ac:dyDescent="0.3">
+      <c r="A93" s="24"/>
+      <c r="D93" s="11"/>
+      <c r="E93" s="11"/>
+      <c r="F93" s="11"/>
+      <c r="G93" s="11"/>
+      <c r="H93" s="11"/>
+      <c r="I93" s="11"/>
+      <c r="J93" s="11"/>
+      <c r="K93" s="11"/>
+      <c r="L93" s="11"/>
+      <c r="M93" s="11"/>
+      <c r="N93" s="11"/>
+      <c r="O93" s="11"/>
+      <c r="P93" s="15"/>
+      <c r="Q93" s="15"/>
+      <c r="T93" s="12"/>
+      <c r="U93" s="12"/>
+    </row>
+    <row r="94" spans="1:21" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A94" s="91" t="s">
         <v>65</v>
       </c>
-      <c r="B92" s="90"/>
-[...82 lines deleted...]
-      <c r="A96" s="67" t="s">
+      <c r="B94" s="91"/>
+      <c r="C94" s="91"/>
+      <c r="D94" s="91"/>
+      <c r="E94" s="91"/>
+      <c r="F94" s="91"/>
+      <c r="G94" s="91"/>
+      <c r="H94" s="91"/>
+      <c r="I94" s="91"/>
+      <c r="J94" s="91"/>
+      <c r="K94" s="91"/>
+      <c r="L94" s="91"/>
+      <c r="M94" s="91"/>
+      <c r="N94" s="91"/>
+      <c r="O94" s="91"/>
+      <c r="P94" s="91"/>
+      <c r="Q94" s="91"/>
+      <c r="R94" s="91"/>
+      <c r="S94" s="91"/>
+    </row>
+    <row r="95" spans="1:21" ht="16.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A95" s="91"/>
+      <c r="B95" s="91"/>
+      <c r="C95" s="91"/>
+      <c r="D95" s="91"/>
+      <c r="E95" s="91"/>
+      <c r="F95" s="91"/>
+      <c r="G95" s="91"/>
+      <c r="H95" s="91"/>
+      <c r="I95" s="91"/>
+      <c r="J95" s="91"/>
+      <c r="K95" s="91"/>
+      <c r="L95" s="91"/>
+      <c r="M95" s="91"/>
+      <c r="N95" s="91"/>
+      <c r="O95" s="91"/>
+      <c r="P95" s="91"/>
+      <c r="Q95" s="91"/>
+      <c r="R95" s="91"/>
+      <c r="S95" s="91"/>
+    </row>
+    <row r="96" spans="1:21" ht="16.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A96" s="91"/>
+      <c r="B96" s="91"/>
+      <c r="C96" s="91"/>
+      <c r="D96" s="91"/>
+      <c r="E96" s="91"/>
+      <c r="F96" s="91"/>
+      <c r="G96" s="91"/>
+      <c r="H96" s="91"/>
+      <c r="I96" s="91"/>
+      <c r="J96" s="91"/>
+      <c r="K96" s="91"/>
+      <c r="L96" s="91"/>
+      <c r="M96" s="91"/>
+      <c r="N96" s="91"/>
+      <c r="O96" s="91"/>
+      <c r="P96" s="91"/>
+      <c r="Q96" s="91"/>
+      <c r="R96" s="91"/>
+      <c r="S96" s="91"/>
+    </row>
+    <row r="97" spans="1:19" ht="70.8" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A97" s="91"/>
+      <c r="B97" s="91"/>
+      <c r="C97" s="91"/>
+      <c r="D97" s="91"/>
+      <c r="E97" s="91"/>
+      <c r="F97" s="91"/>
+      <c r="G97" s="91"/>
+      <c r="H97" s="91"/>
+      <c r="I97" s="91"/>
+      <c r="J97" s="91"/>
+      <c r="K97" s="91"/>
+      <c r="L97" s="91"/>
+      <c r="M97" s="91"/>
+      <c r="N97" s="91"/>
+      <c r="O97" s="91"/>
+      <c r="P97" s="91"/>
+      <c r="Q97" s="91"/>
+      <c r="R97" s="91"/>
+      <c r="S97" s="91"/>
+    </row>
+    <row r="98" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A98" s="68" t="s">
         <v>33</v>
       </c>
-      <c r="B96" s="67"/>
-[...56 lines deleted...]
-      <c r="S98" s="66"/>
+      <c r="B98" s="68"/>
+      <c r="C98" s="68"/>
+      <c r="D98" s="68"/>
+      <c r="E98" s="68"/>
+      <c r="F98" s="68"/>
+      <c r="G98" s="68"/>
+      <c r="H98" s="68"/>
+      <c r="I98" s="68"/>
+      <c r="J98" s="68"/>
+      <c r="K98" s="68"/>
+      <c r="L98" s="68"/>
+      <c r="M98" s="68"/>
+      <c r="N98" s="68"/>
+      <c r="O98" s="47"/>
+      <c r="P98" s="12"/>
+      <c r="Q98" s="12"/>
     </row>
     <row r="99" spans="1:19" x14ac:dyDescent="0.3">
-      <c r="C99" s="14"/>
-[...4 lines deleted...]
-      <c r="H99" s="14"/>
+      <c r="A99" s="68"/>
+      <c r="B99" s="68"/>
+      <c r="C99" s="68"/>
+      <c r="D99" s="68"/>
+      <c r="E99" s="68"/>
+      <c r="F99" s="68"/>
+      <c r="G99" s="68"/>
+      <c r="H99" s="68"/>
+      <c r="I99" s="68"/>
+      <c r="J99" s="68"/>
+      <c r="K99" s="68"/>
+      <c r="L99" s="68"/>
+      <c r="M99" s="68"/>
+      <c r="N99" s="68"/>
+      <c r="O99" s="47"/>
       <c r="P99" s="12"/>
       <c r="Q99" s="12"/>
     </row>
-    <row r="100" spans="1:19" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-      <c r="Q100" s="12"/>
+    <row r="100" spans="1:19" ht="40.799999999999997" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A100" s="67" t="s">
+        <v>64</v>
+      </c>
+      <c r="B100" s="67"/>
+      <c r="C100" s="67"/>
+      <c r="D100" s="67"/>
+      <c r="E100" s="67"/>
+      <c r="F100" s="67"/>
+      <c r="G100" s="67"/>
+      <c r="H100" s="67"/>
+      <c r="I100" s="67"/>
+      <c r="J100" s="67"/>
+      <c r="K100" s="67"/>
+      <c r="L100" s="67"/>
+      <c r="M100" s="67"/>
+      <c r="N100" s="67"/>
+      <c r="O100" s="67"/>
+      <c r="P100" s="67"/>
+      <c r="Q100" s="67"/>
+      <c r="R100" s="67"/>
+      <c r="S100" s="67"/>
     </row>
     <row r="101" spans="1:19" x14ac:dyDescent="0.3">
       <c r="C101" s="14"/>
       <c r="D101" s="14"/>
       <c r="E101" s="14"/>
       <c r="F101" s="14"/>
       <c r="G101" s="14"/>
       <c r="H101" s="14"/>
       <c r="P101" s="12"/>
       <c r="Q101" s="12"/>
     </row>
     <row r="102" spans="1:19" x14ac:dyDescent="0.3">
       <c r="C102" s="14"/>
       <c r="D102" s="14"/>
       <c r="E102" s="14"/>
       <c r="F102" s="14"/>
       <c r="G102" s="14"/>
       <c r="H102" s="14"/>
       <c r="P102" s="12"/>
       <c r="Q102" s="12"/>
     </row>
     <row r="103" spans="1:19" x14ac:dyDescent="0.3">
       <c r="C103" s="14"/>
       <c r="D103" s="14"/>
       <c r="E103" s="14"/>
@@ -14897,193 +15146,213 @@
       <c r="D129" s="14"/>
       <c r="E129" s="14"/>
       <c r="F129" s="14"/>
       <c r="G129" s="14"/>
       <c r="H129" s="14"/>
       <c r="P129" s="12"/>
       <c r="Q129" s="12"/>
     </row>
     <row r="130" spans="3:17" x14ac:dyDescent="0.3">
       <c r="C130" s="14"/>
       <c r="D130" s="14"/>
       <c r="E130" s="14"/>
       <c r="F130" s="14"/>
       <c r="G130" s="14"/>
       <c r="H130" s="14"/>
       <c r="P130" s="12"/>
       <c r="Q130" s="12"/>
     </row>
     <row r="131" spans="3:17" x14ac:dyDescent="0.3">
       <c r="C131" s="14"/>
       <c r="D131" s="14"/>
       <c r="E131" s="14"/>
       <c r="F131" s="14"/>
       <c r="G131" s="14"/>
       <c r="H131" s="14"/>
+      <c r="P131" s="12"/>
+      <c r="Q131" s="12"/>
+    </row>
+    <row r="132" spans="3:17" x14ac:dyDescent="0.3">
+      <c r="C132" s="14"/>
+      <c r="D132" s="14"/>
+      <c r="E132" s="14"/>
+      <c r="F132" s="14"/>
+      <c r="G132" s="14"/>
+      <c r="H132" s="14"/>
+      <c r="P132" s="12"/>
+      <c r="Q132" s="12"/>
+    </row>
+    <row r="133" spans="3:17" x14ac:dyDescent="0.3">
+      <c r="C133" s="14"/>
+      <c r="D133" s="14"/>
+      <c r="E133" s="14"/>
+      <c r="F133" s="14"/>
+      <c r="G133" s="14"/>
+      <c r="H133" s="14"/>
     </row>
   </sheetData>
   <mergeCells count="22">
-    <mergeCell ref="A98:S98"/>
-[...1 lines deleted...]
-    <mergeCell ref="A92:S95"/>
+    <mergeCell ref="A100:S100"/>
+    <mergeCell ref="A98:N99"/>
+    <mergeCell ref="A94:S97"/>
     <mergeCell ref="A5:A8"/>
     <mergeCell ref="B5:B8"/>
     <mergeCell ref="C5:H5"/>
     <mergeCell ref="I5:N5"/>
     <mergeCell ref="C6:C8"/>
     <mergeCell ref="D6:D8"/>
     <mergeCell ref="G7:G8"/>
     <mergeCell ref="H6:H8"/>
     <mergeCell ref="I6:I8"/>
     <mergeCell ref="J6:J8"/>
     <mergeCell ref="E6:G6"/>
     <mergeCell ref="E7:F7"/>
     <mergeCell ref="K6:M6"/>
     <mergeCell ref="K7:L7"/>
     <mergeCell ref="O5:Q6"/>
     <mergeCell ref="O7:P7"/>
     <mergeCell ref="M7:M8"/>
     <mergeCell ref="N6:N8"/>
     <mergeCell ref="Q7:Q8"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="4294967293" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:AB179"/>
+  <dimension ref="A1:AB183"/>
   <sheetViews>
     <sheetView zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-      <pane xSplit="1" ySplit="8" topLeftCell="B135" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="1" ySplit="8" topLeftCell="B137" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A9" sqref="A9"/>
-      <selection pane="bottomRight" activeCell="A154" sqref="A154:P154"/>
+      <selection pane="bottomRight" activeCell="A154" sqref="A154:P157"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.6640625" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="22.33203125" customWidth="1"/>
     <col min="2" max="2" width="16.44140625" customWidth="1"/>
     <col min="3" max="3" width="12.6640625" customWidth="1"/>
     <col min="4" max="4" width="16.6640625" customWidth="1"/>
     <col min="5" max="6" width="12.6640625" customWidth="1"/>
     <col min="7" max="7" width="13.6640625" customWidth="1"/>
     <col min="8" max="8" width="13.44140625" customWidth="1"/>
     <col min="9" max="11" width="12.6640625" customWidth="1"/>
     <col min="12" max="12" width="15.33203125" customWidth="1"/>
     <col min="13" max="14" width="12.6640625" customWidth="1"/>
     <col min="15" max="15" width="13.6640625" customWidth="1"/>
     <col min="16" max="19" width="12.6640625" customWidth="1"/>
     <col min="20" max="20" width="14.109375" customWidth="1"/>
     <col min="21" max="22" width="12.6640625" customWidth="1"/>
     <col min="23" max="23" width="13.6640625" customWidth="1"/>
     <col min="24" max="26" width="12.6640625" customWidth="1"/>
     <col min="27" max="27" width="13.44140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:28" ht="23.4" x14ac:dyDescent="0.4">
       <c r="A1" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="2" spans="1:28" ht="15" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A2" s="1"/>
     </row>
     <row r="3" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A3" s="9" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:28" ht="25.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A5" s="108" t="s">
+      <c r="A5" s="109" t="s">
         <v>35</v>
       </c>
-      <c r="B5" s="108"/>
-[...24 lines deleted...]
-      <c r="AA5" s="108"/>
+      <c r="B5" s="109"/>
+      <c r="C5" s="109"/>
+      <c r="D5" s="109"/>
+      <c r="E5" s="109"/>
+      <c r="F5" s="109"/>
+      <c r="G5" s="109"/>
+      <c r="H5" s="109"/>
+      <c r="I5" s="109"/>
+      <c r="J5" s="109"/>
+      <c r="K5" s="109"/>
+      <c r="L5" s="109"/>
+      <c r="M5" s="109"/>
+      <c r="N5" s="109"/>
+      <c r="O5" s="109"/>
+      <c r="P5" s="109"/>
+      <c r="Q5" s="109"/>
+      <c r="R5" s="109"/>
+      <c r="S5" s="109"/>
+      <c r="T5" s="109"/>
+      <c r="U5" s="109"/>
+      <c r="V5" s="109"/>
+      <c r="W5" s="109"/>
+      <c r="X5" s="109"/>
+      <c r="Y5" s="109"/>
+      <c r="Z5" s="109"/>
+      <c r="AA5" s="109"/>
     </row>
     <row r="6" spans="1:28" ht="24.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A6" s="68" t="s">
+      <c r="A6" s="69" t="s">
         <v>4</v>
       </c>
-      <c r="B6" s="106" t="s">
+      <c r="B6" s="107" t="s">
         <v>15</v>
       </c>
-      <c r="C6" s="107"/>
-[...23 lines deleted...]
-      <c r="AA6" s="107"/>
+      <c r="C6" s="108"/>
+      <c r="D6" s="108"/>
+      <c r="E6" s="108"/>
+      <c r="F6" s="108"/>
+      <c r="G6" s="108"/>
+      <c r="H6" s="108"/>
+      <c r="I6" s="108"/>
+      <c r="J6" s="108"/>
+      <c r="K6" s="108"/>
+      <c r="L6" s="108"/>
+      <c r="M6" s="108"/>
+      <c r="N6" s="108"/>
+      <c r="O6" s="108"/>
+      <c r="P6" s="108"/>
+      <c r="Q6" s="108"/>
+      <c r="R6" s="108"/>
+      <c r="S6" s="108"/>
+      <c r="T6" s="108"/>
+      <c r="U6" s="108"/>
+      <c r="V6" s="108"/>
+      <c r="W6" s="108"/>
+      <c r="X6" s="108"/>
+      <c r="Y6" s="108"/>
+      <c r="Z6" s="108"/>
+      <c r="AA6" s="108"/>
     </row>
     <row r="7" spans="1:28" ht="39.6" x14ac:dyDescent="0.3">
-      <c r="A7" s="68"/>
-      <c r="B7" s="106"/>
+      <c r="A7" s="69"/>
+      <c r="B7" s="107"/>
       <c r="C7" s="7" t="s">
         <v>36</v>
       </c>
       <c r="D7" s="7" t="s">
         <v>37</v>
       </c>
       <c r="E7" s="7" t="s">
         <v>38</v>
       </c>
       <c r="F7" s="7" t="s">
         <v>39</v>
       </c>
       <c r="G7" s="7" t="s">
         <v>40</v>
       </c>
       <c r="H7" s="7" t="s">
         <v>41</v>
       </c>
       <c r="I7" s="7" t="s">
         <v>42</v>
       </c>
       <c r="J7" s="7" t="s">
         <v>43</v>
       </c>
       <c r="K7" s="7" t="s">
@@ -20244,78 +20513,78 @@
       <c r="V68" s="18">
         <v>0</v>
       </c>
       <c r="W68" s="18">
         <v>13498.04</v>
       </c>
       <c r="X68" s="18">
         <v>10469.19</v>
       </c>
       <c r="Y68" s="18">
         <v>5856.55</v>
       </c>
       <c r="Z68" s="18">
         <v>12715.84</v>
       </c>
       <c r="AA68" s="18">
         <v>141401.82999999999</v>
       </c>
       <c r="AB68" s="2"/>
     </row>
     <row r="69" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A69" s="23">
         <v>45688</v>
       </c>
       <c r="B69" s="18">
-        <v>866961.36</v>
+        <v>871438.96</v>
       </c>
       <c r="C69" s="18">
         <v>23858.17</v>
       </c>
       <c r="D69" s="18">
         <v>23235.77</v>
       </c>
       <c r="E69" s="18">
         <v>30364.31</v>
       </c>
       <c r="F69" s="18">
         <v>0</v>
       </c>
       <c r="G69" s="18">
         <v>14781.83</v>
       </c>
       <c r="H69" s="18">
         <v>19015.490000000002</v>
       </c>
       <c r="I69" s="18">
         <v>3743.4</v>
       </c>
       <c r="J69" s="18">
         <v>33684.85</v>
       </c>
       <c r="K69" s="18">
-        <v>333881.77</v>
+        <v>338359.37</v>
       </c>
       <c r="L69" s="18">
         <v>6143.91</v>
       </c>
       <c r="M69" s="18">
         <v>0</v>
       </c>
       <c r="N69" s="18">
         <v>45170.11</v>
       </c>
       <c r="O69" s="18">
         <v>3573.66</v>
       </c>
       <c r="P69" s="18">
         <v>25487.03</v>
       </c>
       <c r="Q69" s="18">
         <v>8295.26</v>
       </c>
       <c r="R69" s="18">
         <v>29455.9</v>
       </c>
       <c r="S69" s="18">
         <v>6832.3</v>
       </c>
@@ -20328,219 +20597,219 @@
       <c r="V69" s="18">
         <v>0</v>
       </c>
       <c r="W69" s="18">
         <v>19107</v>
       </c>
       <c r="X69" s="18">
         <v>22985.4</v>
       </c>
       <c r="Y69" s="18">
         <v>9695.84</v>
       </c>
       <c r="Z69" s="18">
         <v>11261.84</v>
       </c>
       <c r="AA69" s="18">
         <v>183369.69</v>
       </c>
       <c r="AB69" s="2"/>
     </row>
     <row r="70" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A70" s="23">
         <v>45716</v>
       </c>
       <c r="B70" s="18">
-        <v>926233.53</v>
+        <v>938636.52</v>
       </c>
       <c r="C70" s="18">
         <v>31857.53</v>
       </c>
       <c r="D70" s="18">
         <v>23022.04</v>
       </c>
       <c r="E70" s="18">
         <v>32697.34</v>
       </c>
       <c r="F70" s="18">
         <v>0</v>
       </c>
       <c r="G70" s="18">
         <v>16761.400000000001</v>
       </c>
       <c r="H70" s="18">
         <v>8117.45</v>
       </c>
       <c r="I70" s="18">
         <v>3441.52</v>
       </c>
       <c r="J70" s="18">
         <v>29582.67</v>
       </c>
       <c r="K70" s="18">
-        <v>363521.59</v>
+        <v>371299.39</v>
       </c>
       <c r="L70" s="18">
         <v>6925.84</v>
       </c>
       <c r="M70" s="18">
         <v>0</v>
       </c>
       <c r="N70" s="18">
-        <v>54279.34</v>
+        <v>55660.53</v>
       </c>
       <c r="O70" s="18">
         <v>0</v>
       </c>
       <c r="P70" s="18">
         <v>38591.040000000001</v>
       </c>
       <c r="Q70" s="18">
-        <v>11547.6</v>
+        <v>14791.6</v>
       </c>
       <c r="R70" s="18">
         <v>23235.439999999999</v>
       </c>
       <c r="S70" s="18">
         <v>3569.3</v>
       </c>
       <c r="T70" s="18">
         <v>15598.79</v>
       </c>
       <c r="U70" s="18">
         <v>1426.4</v>
       </c>
       <c r="V70" s="18">
         <v>0</v>
       </c>
       <c r="W70" s="18">
         <v>16485.46</v>
       </c>
       <c r="X70" s="18">
         <v>12586.91</v>
       </c>
       <c r="Y70" s="18">
         <v>10039.99</v>
       </c>
       <c r="Z70" s="18">
         <v>16323.55</v>
       </c>
       <c r="AA70" s="18">
         <v>206622.34</v>
       </c>
       <c r="AB70" s="2"/>
     </row>
     <row r="71" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A71" s="23">
         <v>45747</v>
       </c>
       <c r="B71" s="18">
-        <v>794690.49</v>
+        <v>802698.69</v>
       </c>
       <c r="C71" s="18">
         <v>21614.04</v>
       </c>
       <c r="D71" s="18">
         <v>23802.25</v>
       </c>
       <c r="E71" s="18">
         <v>20228.89</v>
       </c>
       <c r="F71" s="18">
         <v>0</v>
       </c>
       <c r="G71" s="18">
         <v>7709.5</v>
       </c>
       <c r="H71" s="18">
-        <v>9542.42</v>
+        <v>10571.92</v>
       </c>
       <c r="I71" s="18">
         <v>4766.04</v>
       </c>
       <c r="J71" s="18">
         <v>39071.74</v>
       </c>
       <c r="K71" s="18">
-        <v>286573.46000000002</v>
+        <v>292052.15999999997</v>
       </c>
       <c r="L71" s="18">
         <v>6561.73</v>
       </c>
       <c r="M71" s="18">
         <v>0</v>
       </c>
       <c r="N71" s="18">
-        <v>42068.4</v>
+        <v>43568.4</v>
       </c>
       <c r="O71" s="18">
         <v>3717.88</v>
       </c>
       <c r="P71" s="18">
         <v>23312.21</v>
       </c>
       <c r="Q71" s="18">
         <v>14726.34</v>
       </c>
       <c r="R71" s="18">
         <v>21285</v>
       </c>
       <c r="S71" s="18">
         <v>4614.3500000000004</v>
       </c>
       <c r="T71" s="18">
         <v>11441.53</v>
       </c>
       <c r="U71" s="18">
         <v>6741.55</v>
       </c>
       <c r="V71" s="18">
         <v>0</v>
       </c>
       <c r="W71" s="18">
         <v>17786.87</v>
       </c>
       <c r="X71" s="18">
         <v>11122.03</v>
       </c>
       <c r="Y71" s="18">
         <v>7010.89</v>
       </c>
       <c r="Z71" s="18">
         <v>15259.39</v>
       </c>
       <c r="AA71" s="18">
         <v>195733.97</v>
       </c>
       <c r="AB71" s="2"/>
     </row>
     <row r="72" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A72" s="23">
         <v>45777</v>
       </c>
       <c r="B72" s="18">
-        <v>834830.07</v>
+        <v>837900.07</v>
       </c>
       <c r="C72" s="18">
         <v>25601.84</v>
       </c>
       <c r="D72" s="18">
         <v>22091.38</v>
       </c>
       <c r="E72" s="18">
         <v>28872.77</v>
       </c>
       <c r="F72" s="18">
         <v>0</v>
       </c>
       <c r="G72" s="18">
         <v>11093.9</v>
       </c>
       <c r="H72" s="18">
         <v>10185.870000000001</v>
       </c>
       <c r="I72" s="18">
         <v>4074.1</v>
       </c>
       <c r="J72" s="18">
         <v>30816.7</v>
       </c>
@@ -20562,2977 +20831,2979 @@
       <c r="P72" s="18">
         <v>22263.34</v>
       </c>
       <c r="Q72" s="18">
         <v>10822.16</v>
       </c>
       <c r="R72" s="18">
         <v>27869.9</v>
       </c>
       <c r="S72" s="18">
         <v>5412.2</v>
       </c>
       <c r="T72" s="18">
         <v>12373.5</v>
       </c>
       <c r="U72" s="18">
         <v>2417.1</v>
       </c>
       <c r="V72" s="18">
         <v>0</v>
       </c>
       <c r="W72" s="18">
         <v>18384.95</v>
       </c>
       <c r="X72" s="18">
-        <v>8172.55</v>
+        <v>8822.5499999999993</v>
       </c>
       <c r="Y72" s="18">
-        <v>10497.2</v>
+        <v>12917.2</v>
       </c>
       <c r="Z72" s="18">
         <v>14335.34</v>
       </c>
       <c r="AA72" s="18">
         <v>223664.15</v>
       </c>
       <c r="AB72" s="2"/>
     </row>
     <row r="73" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A73" s="23">
         <v>45808</v>
       </c>
       <c r="B73" s="18">
-        <v>1090670.26</v>
+        <v>1098231.45</v>
       </c>
       <c r="C73" s="18">
         <v>30831.9</v>
       </c>
       <c r="D73" s="18">
         <v>35447.5</v>
       </c>
       <c r="E73" s="18">
         <v>42791.31</v>
       </c>
       <c r="F73" s="18">
         <v>0</v>
       </c>
       <c r="G73" s="18">
         <v>10679.85</v>
       </c>
       <c r="H73" s="18">
         <v>14036.24</v>
       </c>
       <c r="I73" s="18">
         <v>3097.6</v>
       </c>
       <c r="J73" s="18">
         <v>47718.54</v>
       </c>
       <c r="K73" s="18">
-        <v>371252.47999999998</v>
+        <v>377853.66</v>
       </c>
       <c r="L73" s="18">
         <v>6440.62</v>
       </c>
       <c r="M73" s="18">
         <v>0</v>
       </c>
       <c r="N73" s="18">
-        <v>76635.28</v>
+        <v>77595.28</v>
       </c>
       <c r="O73" s="18">
         <v>6751</v>
       </c>
       <c r="P73" s="18">
         <v>30499.67</v>
       </c>
       <c r="Q73" s="18">
         <v>10950.5</v>
       </c>
       <c r="R73" s="18">
         <v>27859.86</v>
       </c>
       <c r="S73" s="18">
         <v>4867.95</v>
       </c>
       <c r="T73" s="18">
         <v>19525.2</v>
       </c>
       <c r="U73" s="18">
         <v>9309.94</v>
       </c>
       <c r="V73" s="18">
         <v>0</v>
       </c>
       <c r="W73" s="18">
         <v>24524.37</v>
       </c>
       <c r="X73" s="18">
         <v>23575.25</v>
       </c>
       <c r="Y73" s="18">
         <v>15550.53</v>
       </c>
       <c r="Z73" s="18">
         <v>18989.75</v>
       </c>
       <c r="AA73" s="18">
         <v>259334.92</v>
       </c>
       <c r="AB73" s="2"/>
     </row>
     <row r="74" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A74" s="23">
         <v>45838</v>
       </c>
       <c r="B74" s="18">
-        <v>1273203.76</v>
+        <v>1285383.46</v>
       </c>
       <c r="C74" s="18">
         <v>47399.040000000001</v>
       </c>
       <c r="D74" s="18">
         <v>38786.699999999997</v>
       </c>
       <c r="E74" s="18">
         <v>46577.1</v>
       </c>
       <c r="F74" s="18">
         <v>0</v>
       </c>
       <c r="G74" s="18">
         <v>19876.169999999998</v>
       </c>
       <c r="H74" s="18">
         <v>23132.95</v>
       </c>
       <c r="I74" s="18">
         <v>9055.8700000000008</v>
       </c>
       <c r="J74" s="18">
         <v>57274.239999999998</v>
       </c>
       <c r="K74" s="18">
-        <v>463012.65</v>
+        <v>467419.15</v>
       </c>
       <c r="L74" s="18">
         <v>15503.97</v>
       </c>
       <c r="M74" s="18">
         <v>0</v>
       </c>
       <c r="N74" s="18">
         <v>80570.36</v>
       </c>
       <c r="O74" s="18">
         <v>4215.0200000000004</v>
       </c>
       <c r="P74" s="18">
-        <v>41617.11</v>
+        <v>42863.11</v>
       </c>
       <c r="Q74" s="18">
         <v>19272.2</v>
       </c>
       <c r="R74" s="18">
         <v>43278.89</v>
       </c>
       <c r="S74" s="18">
         <v>3862.9</v>
       </c>
       <c r="T74" s="18">
         <v>24223.040000000001</v>
       </c>
       <c r="U74" s="18">
         <v>9216.7999999999993</v>
       </c>
       <c r="V74" s="18">
         <v>0</v>
       </c>
       <c r="W74" s="18">
         <v>18227.900000000001</v>
       </c>
       <c r="X74" s="18">
-        <v>23391.79</v>
+        <v>25150.99</v>
       </c>
       <c r="Y74" s="18">
         <v>13864.73</v>
       </c>
       <c r="Z74" s="18">
         <v>13125.1</v>
       </c>
       <c r="AA74" s="18">
-        <v>257719.22</v>
+        <v>262487.21999999997</v>
       </c>
       <c r="AB74" s="2"/>
     </row>
     <row r="75" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A75" s="23">
         <v>45869</v>
       </c>
       <c r="B75" s="18">
-        <v>1608238.84</v>
+        <v>1656476.24</v>
       </c>
       <c r="C75" s="18">
-        <v>82300.850000000006</v>
+        <v>85629.85</v>
       </c>
       <c r="D75" s="18">
-        <v>53458.26</v>
+        <v>56058.06</v>
       </c>
       <c r="E75" s="18">
-        <v>45402.95</v>
+        <v>46450.95</v>
       </c>
       <c r="F75" s="18">
         <v>0</v>
       </c>
       <c r="G75" s="18">
-        <v>22170.87</v>
+        <v>22770.87</v>
       </c>
       <c r="H75" s="18">
         <v>25856.82</v>
       </c>
       <c r="I75" s="18">
         <v>7910.21</v>
       </c>
       <c r="J75" s="18">
         <v>76137.08</v>
       </c>
       <c r="K75" s="18">
-        <v>623216.92000000004</v>
+        <v>648878.72</v>
       </c>
       <c r="L75" s="18">
         <v>10925.88</v>
       </c>
       <c r="M75" s="18">
         <v>0</v>
       </c>
       <c r="N75" s="18">
-        <v>124297.88</v>
+        <v>127060.88</v>
       </c>
       <c r="O75" s="18">
         <v>3605.12</v>
       </c>
       <c r="P75" s="18">
         <v>37202.32</v>
       </c>
       <c r="Q75" s="18">
         <v>13942.5</v>
       </c>
       <c r="R75" s="18">
         <v>32442.12</v>
       </c>
       <c r="S75" s="18">
         <v>6632.1</v>
       </c>
       <c r="T75" s="18">
         <v>23381.599999999999</v>
       </c>
       <c r="U75" s="18">
         <v>4965.3999999999996</v>
       </c>
       <c r="V75" s="18">
         <v>0</v>
       </c>
       <c r="W75" s="18">
         <v>30836.16</v>
       </c>
       <c r="X75" s="18">
-        <v>31936.15</v>
+        <v>36870.449999999997</v>
       </c>
       <c r="Y75" s="18">
         <v>21225.94</v>
       </c>
       <c r="Z75" s="18">
         <v>52572.35</v>
       </c>
       <c r="AA75" s="18">
-        <v>277819.36</v>
+        <v>285120.86</v>
       </c>
       <c r="AB75" s="2"/>
     </row>
     <row r="76" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A76" s="23">
         <v>45900</v>
       </c>
       <c r="B76" s="18">
-        <v>1433348.84</v>
+        <v>1461546.39</v>
       </c>
       <c r="C76" s="18">
         <v>75729.929999999993</v>
       </c>
       <c r="D76" s="18">
         <v>46217.81</v>
       </c>
       <c r="E76" s="18">
-        <v>23251.35</v>
+        <v>24973.35</v>
       </c>
       <c r="F76" s="18">
         <v>0</v>
       </c>
       <c r="G76" s="18">
-        <v>19488.79</v>
+        <v>21688.79</v>
       </c>
       <c r="H76" s="18">
-        <v>23645.37</v>
+        <v>25320.37</v>
       </c>
       <c r="I76" s="18">
         <v>10241.41</v>
       </c>
       <c r="J76" s="18">
         <v>93229.08</v>
       </c>
       <c r="K76" s="18">
-        <v>457208.97</v>
+        <v>468941.42</v>
       </c>
       <c r="L76" s="18">
         <v>7695.93</v>
       </c>
       <c r="M76" s="18">
         <v>0</v>
       </c>
       <c r="N76" s="18">
-        <v>124541.57</v>
+        <v>126280.37</v>
       </c>
       <c r="O76" s="18">
         <v>5152.8</v>
       </c>
       <c r="P76" s="18">
         <v>58741.06</v>
       </c>
       <c r="Q76" s="18">
         <v>11183.88</v>
       </c>
       <c r="R76" s="18">
         <v>35457.879999999997</v>
       </c>
       <c r="S76" s="18">
         <v>6845.94</v>
       </c>
       <c r="T76" s="18">
         <v>26500.39</v>
       </c>
       <c r="U76" s="18">
         <v>14099.29</v>
       </c>
       <c r="V76" s="18">
         <v>0</v>
       </c>
       <c r="W76" s="18">
         <v>26910.33</v>
       </c>
       <c r="X76" s="18">
-        <v>19160.38</v>
+        <v>21360.38</v>
       </c>
       <c r="Y76" s="18">
         <v>12746.52</v>
       </c>
       <c r="Z76" s="18">
         <v>54612.07</v>
       </c>
       <c r="AA76" s="18">
-        <v>280688.11</v>
+        <v>287617.40999999997</v>
       </c>
       <c r="AB76" s="2"/>
     </row>
-    <row r="77" spans="1:28" ht="23.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A77" s="109" t="s">
+    <row r="77" spans="1:28" x14ac:dyDescent="0.3">
+      <c r="A77" s="23">
+        <v>45930</v>
+      </c>
+      <c r="B77" s="18">
+        <v>1657509.07</v>
+      </c>
+      <c r="C77" s="18">
+        <v>48756.62</v>
+      </c>
+      <c r="D77" s="18">
+        <v>61309.7</v>
+      </c>
+      <c r="E77" s="18">
+        <v>36521.68</v>
+      </c>
+      <c r="F77" s="18">
+        <v>0</v>
+      </c>
+      <c r="G77" s="18">
+        <v>19804.36</v>
+      </c>
+      <c r="H77" s="18">
+        <v>27552.240000000002</v>
+      </c>
+      <c r="I77" s="18">
+        <v>8752.76</v>
+      </c>
+      <c r="J77" s="18">
+        <v>90317.440000000002</v>
+      </c>
+      <c r="K77" s="18">
+        <v>619657.30000000005</v>
+      </c>
+      <c r="L77" s="18">
+        <v>14280.74</v>
+      </c>
+      <c r="M77" s="18">
+        <v>0</v>
+      </c>
+      <c r="N77" s="18">
+        <v>95054.55</v>
+      </c>
+      <c r="O77" s="18">
+        <v>5268.25</v>
+      </c>
+      <c r="P77" s="18">
+        <v>39530.870000000003</v>
+      </c>
+      <c r="Q77" s="18">
+        <v>16669.93</v>
+      </c>
+      <c r="R77" s="18">
+        <v>27498.19</v>
+      </c>
+      <c r="S77" s="18">
+        <v>14926.65</v>
+      </c>
+      <c r="T77" s="18">
+        <v>31567.95</v>
+      </c>
+      <c r="U77" s="18">
+        <v>11716.2</v>
+      </c>
+      <c r="V77" s="18">
+        <v>0</v>
+      </c>
+      <c r="W77" s="18">
+        <v>29065.47</v>
+      </c>
+      <c r="X77" s="18">
+        <v>37752.44</v>
+      </c>
+      <c r="Y77" s="18">
+        <v>17525.060000000001</v>
+      </c>
+      <c r="Z77" s="18">
+        <v>46747.17</v>
+      </c>
+      <c r="AA77" s="18">
+        <v>357233.51</v>
+      </c>
+      <c r="AB77" s="2"/>
+    </row>
+    <row r="78" spans="1:28" x14ac:dyDescent="0.3">
+      <c r="A78" s="23">
+        <v>45961</v>
+      </c>
+      <c r="B78" s="18">
+        <v>1604148.98</v>
+      </c>
+      <c r="C78" s="18">
+        <v>63696.41</v>
+      </c>
+      <c r="D78" s="18">
+        <v>62730.400000000001</v>
+      </c>
+      <c r="E78" s="18">
+        <v>20306.52</v>
+      </c>
+      <c r="F78" s="18">
+        <v>0</v>
+      </c>
+      <c r="G78" s="18">
+        <v>23608.62</v>
+      </c>
+      <c r="H78" s="18">
+        <v>38906.559999999998</v>
+      </c>
+      <c r="I78" s="18">
+        <v>2388.8000000000002</v>
+      </c>
+      <c r="J78" s="18">
+        <v>77338.36</v>
+      </c>
+      <c r="K78" s="18">
+        <v>637605.87</v>
+      </c>
+      <c r="L78" s="18">
+        <v>9172.41</v>
+      </c>
+      <c r="M78" s="18">
+        <v>0</v>
+      </c>
+      <c r="N78" s="18">
+        <v>72927.92</v>
+      </c>
+      <c r="O78" s="18">
+        <v>7698.23</v>
+      </c>
+      <c r="P78" s="18">
+        <v>21375.29</v>
+      </c>
+      <c r="Q78" s="18">
+        <v>16128.94</v>
+      </c>
+      <c r="R78" s="18">
+        <v>50101.5</v>
+      </c>
+      <c r="S78" s="18">
+        <v>14888.75</v>
+      </c>
+      <c r="T78" s="18">
+        <v>19861.32</v>
+      </c>
+      <c r="U78" s="18">
+        <v>13209.78</v>
+      </c>
+      <c r="V78" s="18">
+        <v>0</v>
+      </c>
+      <c r="W78" s="18">
+        <v>23506.1</v>
+      </c>
+      <c r="X78" s="18">
+        <v>17477.650000000001</v>
+      </c>
+      <c r="Y78" s="18">
+        <v>28796.22</v>
+      </c>
+      <c r="Z78" s="18">
+        <v>34080.980000000003</v>
+      </c>
+      <c r="AA78" s="18">
+        <v>348342.36</v>
+      </c>
+      <c r="AB78" s="2"/>
+    </row>
+    <row r="79" spans="1:28" ht="23.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A79" s="110" t="s">
         <v>61</v>
       </c>
-      <c r="B77" s="110"/>
-[...27 lines deleted...]
-      <c r="A78" s="68" t="s">
+      <c r="B79" s="111"/>
+      <c r="C79" s="111"/>
+      <c r="D79" s="111"/>
+      <c r="E79" s="111"/>
+      <c r="F79" s="111"/>
+      <c r="G79" s="111"/>
+      <c r="H79" s="111"/>
+      <c r="I79" s="111"/>
+      <c r="J79" s="111"/>
+      <c r="K79" s="111"/>
+      <c r="L79" s="111"/>
+      <c r="M79" s="111"/>
+      <c r="N79" s="111"/>
+      <c r="O79" s="111"/>
+      <c r="P79" s="111"/>
+      <c r="Q79" s="111"/>
+      <c r="R79" s="111"/>
+      <c r="S79" s="111"/>
+      <c r="T79" s="111"/>
+      <c r="U79" s="111"/>
+      <c r="V79" s="111"/>
+      <c r="W79" s="111"/>
+      <c r="X79" s="111"/>
+      <c r="Y79" s="111"/>
+      <c r="Z79" s="111"/>
+      <c r="AA79" s="112"/>
+    </row>
+    <row r="80" spans="1:28" ht="24.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A80" s="69" t="s">
         <v>4</v>
       </c>
-      <c r="B78" s="106" t="s">
+      <c r="B80" s="107" t="s">
         <v>15</v>
       </c>
-      <c r="C78" s="107"/>
-[...28 lines deleted...]
-      <c r="C79" s="7" t="s">
+      <c r="C80" s="108"/>
+      <c r="D80" s="108"/>
+      <c r="E80" s="108"/>
+      <c r="F80" s="108"/>
+      <c r="G80" s="108"/>
+      <c r="H80" s="108"/>
+      <c r="I80" s="108"/>
+      <c r="J80" s="108"/>
+      <c r="K80" s="108"/>
+      <c r="L80" s="108"/>
+      <c r="M80" s="108"/>
+      <c r="N80" s="108"/>
+      <c r="O80" s="108"/>
+      <c r="P80" s="108"/>
+      <c r="Q80" s="108"/>
+      <c r="R80" s="108"/>
+      <c r="S80" s="108"/>
+      <c r="T80" s="108"/>
+      <c r="U80" s="108"/>
+      <c r="V80" s="108"/>
+      <c r="W80" s="108"/>
+      <c r="X80" s="108"/>
+      <c r="Y80" s="108"/>
+      <c r="Z80" s="108"/>
+      <c r="AA80" s="108"/>
+    </row>
+    <row r="81" spans="1:28" ht="39.6" x14ac:dyDescent="0.3">
+      <c r="A81" s="69"/>
+      <c r="B81" s="107"/>
+      <c r="C81" s="7" t="s">
         <v>36</v>
       </c>
-      <c r="D79" s="7" t="s">
+      <c r="D81" s="7" t="s">
         <v>37</v>
       </c>
-      <c r="E79" s="7" t="s">
+      <c r="E81" s="7" t="s">
         <v>38</v>
       </c>
-      <c r="F79" s="7" t="s">
+      <c r="F81" s="7" t="s">
         <v>39</v>
       </c>
-      <c r="G79" s="7" t="s">
+      <c r="G81" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="H79" s="7" t="s">
+      <c r="H81" s="7" t="s">
         <v>41</v>
       </c>
-      <c r="I79" s="7" t="s">
+      <c r="I81" s="7" t="s">
         <v>42</v>
       </c>
-      <c r="J79" s="7" t="s">
+      <c r="J81" s="7" t="s">
         <v>43</v>
       </c>
-      <c r="K79" s="7" t="s">
+      <c r="K81" s="7" t="s">
         <v>44</v>
       </c>
-      <c r="L79" s="7" t="s">
+      <c r="L81" s="7" t="s">
         <v>45</v>
       </c>
-      <c r="M79" s="7" t="s">
+      <c r="M81" s="7" t="s">
         <v>46</v>
       </c>
-      <c r="N79" s="7" t="s">
+      <c r="N81" s="7" t="s">
         <v>47</v>
       </c>
-      <c r="O79" s="7" t="s">
+      <c r="O81" s="7" t="s">
         <v>48</v>
       </c>
-      <c r="P79" s="7" t="s">
+      <c r="P81" s="7" t="s">
         <v>49</v>
       </c>
-      <c r="Q79" s="7" t="s">
+      <c r="Q81" s="7" t="s">
         <v>50</v>
       </c>
-      <c r="R79" s="7" t="s">
+      <c r="R81" s="7" t="s">
         <v>51</v>
       </c>
-      <c r="S79" s="7" t="s">
+      <c r="S81" s="7" t="s">
         <v>52</v>
       </c>
-      <c r="T79" s="7" t="s">
+      <c r="T81" s="7" t="s">
         <v>53</v>
       </c>
-      <c r="U79" s="7" t="s">
+      <c r="U81" s="7" t="s">
         <v>54</v>
       </c>
-      <c r="V79" s="7" t="s">
+      <c r="V81" s="7" t="s">
         <v>55</v>
       </c>
-      <c r="W79" s="7" t="s">
+      <c r="W81" s="7" t="s">
         <v>56</v>
       </c>
-      <c r="X79" s="7" t="s">
+      <c r="X81" s="7" t="s">
         <v>57</v>
       </c>
-      <c r="Y79" s="7" t="s">
+      <c r="Y81" s="7" t="s">
         <v>58</v>
       </c>
-      <c r="Z79" s="7" t="s">
+      <c r="Z81" s="7" t="s">
         <v>59</v>
       </c>
-      <c r="AA79" s="7" t="s">
+      <c r="AA81" s="7" t="s">
         <v>60</v>
       </c>
     </row>
-    <row r="80" spans="1:28" s="6" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A80" s="4">
+    <row r="82" spans="1:28" s="6" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A82" s="4">
         <v>1</v>
       </c>
-      <c r="B80" s="25">
+      <c r="B82" s="25">
         <v>2</v>
       </c>
-      <c r="C80" s="25">
+      <c r="C82" s="25">
         <v>3</v>
       </c>
-      <c r="D80" s="25">
+      <c r="D82" s="25">
         <v>4</v>
       </c>
-      <c r="E80" s="25">
+      <c r="E82" s="25">
         <v>5</v>
       </c>
-      <c r="F80" s="25">
+      <c r="F82" s="25">
         <v>6</v>
       </c>
-      <c r="G80" s="25">
+      <c r="G82" s="25">
         <v>7</v>
       </c>
-      <c r="H80" s="25">
+      <c r="H82" s="25">
         <v>8</v>
       </c>
-      <c r="I80" s="25">
+      <c r="I82" s="25">
         <v>9</v>
       </c>
-      <c r="J80" s="25">
+      <c r="J82" s="25">
         <v>10</v>
       </c>
-      <c r="K80" s="25">
+      <c r="K82" s="25">
         <v>11</v>
       </c>
-      <c r="L80" s="25">
+      <c r="L82" s="25">
         <v>12</v>
       </c>
-      <c r="M80" s="25">
+      <c r="M82" s="25">
         <v>13</v>
       </c>
-      <c r="N80" s="25">
+      <c r="N82" s="25">
         <v>14</v>
       </c>
-      <c r="O80" s="25">
+      <c r="O82" s="25">
         <v>15</v>
       </c>
-      <c r="P80" s="25">
+      <c r="P82" s="25">
         <v>16</v>
       </c>
-      <c r="Q80" s="25">
+      <c r="Q82" s="25">
         <v>17</v>
       </c>
-      <c r="R80" s="25">
+      <c r="R82" s="25">
         <v>18</v>
       </c>
-      <c r="S80" s="25">
+      <c r="S82" s="25">
         <v>19</v>
       </c>
-      <c r="T80" s="25">
+      <c r="T82" s="25">
         <v>20</v>
       </c>
-      <c r="U80" s="25">
+      <c r="U82" s="25">
         <v>21</v>
       </c>
-      <c r="V80" s="25">
+      <c r="V82" s="25">
         <v>22</v>
       </c>
-      <c r="W80" s="25">
+      <c r="W82" s="25">
         <v>23</v>
       </c>
-      <c r="X80" s="25">
+      <c r="X82" s="25">
         <v>24</v>
       </c>
-      <c r="Y80" s="25">
+      <c r="Y82" s="25">
         <v>25</v>
       </c>
-      <c r="Z80" s="25">
+      <c r="Z82" s="25">
         <v>26</v>
       </c>
-      <c r="AA80" s="25">
+      <c r="AA82" s="25">
         <v>27</v>
       </c>
-    </row>
-[...166 lines deleted...]
-      <c r="AB82" s="14"/>
     </row>
     <row r="83" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A83" s="23">
-        <v>43921</v>
+        <v>43861</v>
       </c>
       <c r="B83" s="18">
-        <v>407</v>
+        <v>336</v>
       </c>
       <c r="C83" s="18">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="D83" s="18">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="E83" s="18">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="F83" s="18">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="G83" s="18">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="H83" s="18">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="I83" s="18">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="J83" s="18">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="K83" s="18">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="L83" s="18">
         <v>7</v>
       </c>
       <c r="M83" s="18">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="N83" s="18">
-        <v>34</v>
+        <v>21</v>
       </c>
       <c r="O83" s="18">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="P83" s="18">
         <v>14</v>
       </c>
       <c r="Q83" s="18">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="R83" s="18">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="S83" s="18">
+        <v>11</v>
+      </c>
+      <c r="T83" s="18">
+        <v>2</v>
+      </c>
+      <c r="U83" s="18">
+        <v>42</v>
+      </c>
+      <c r="V83" s="18">
         <v>6</v>
-      </c>
-[...7 lines deleted...]
-        <v>5</v>
       </c>
       <c r="W83" s="18">
         <v>10</v>
       </c>
       <c r="X83" s="18">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="Y83" s="18">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="Z83" s="18">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="AA83" s="18">
-        <v>94</v>
+        <v>81</v>
       </c>
       <c r="AB83" s="14"/>
     </row>
     <row r="84" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A84" s="23">
-        <v>43951</v>
+        <v>43890</v>
       </c>
       <c r="B84" s="18">
-        <v>141</v>
+        <v>456</v>
       </c>
       <c r="C84" s="18">
+        <v>9</v>
+      </c>
+      <c r="D84" s="18">
+        <v>8</v>
+      </c>
+      <c r="E84" s="18">
+        <v>24</v>
+      </c>
+      <c r="F84" s="18">
+        <v>11</v>
+      </c>
+      <c r="G84" s="18">
         <v>4</v>
       </c>
-      <c r="D84" s="18">
+      <c r="H84" s="18">
+        <v>3</v>
+      </c>
+      <c r="I84" s="18">
+        <v>12</v>
+      </c>
+      <c r="J84" s="18">
+        <v>5</v>
+      </c>
+      <c r="K84" s="18">
+        <v>56</v>
+      </c>
+      <c r="L84" s="18">
+        <v>8</v>
+      </c>
+      <c r="M84" s="18">
+        <v>1</v>
+      </c>
+      <c r="N84" s="18">
+        <v>31</v>
+      </c>
+      <c r="O84" s="18">
+        <v>9</v>
+      </c>
+      <c r="P84" s="18">
+        <v>21</v>
+      </c>
+      <c r="Q84" s="18">
+        <v>10</v>
+      </c>
+      <c r="R84" s="18">
+        <v>10</v>
+      </c>
+      <c r="S84" s="18">
         <v>4</v>
       </c>
-      <c r="E84" s="18">
-[...2 lines deleted...]
-      <c r="F84" s="18">
+      <c r="T84" s="18">
+        <v>4</v>
+      </c>
+      <c r="U84" s="18">
+        <v>57</v>
+      </c>
+      <c r="V84" s="18">
+        <v>3</v>
+      </c>
+      <c r="W84" s="18">
+        <v>19</v>
+      </c>
+      <c r="X84" s="18">
+        <v>12</v>
+      </c>
+      <c r="Y84" s="18">
         <v>2</v>
       </c>
-      <c r="G84" s="18">
-[...20 lines deleted...]
-      <c r="N84" s="18">
+      <c r="Z84" s="18">
         <v>12</v>
       </c>
-      <c r="O84" s="18">
-[...34 lines deleted...]
-      </c>
       <c r="AA84" s="18">
-        <v>41</v>
+        <v>121</v>
       </c>
       <c r="AB84" s="14"/>
     </row>
     <row r="85" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A85" s="23">
-        <v>43982</v>
+        <v>43921</v>
       </c>
       <c r="B85" s="18">
-        <v>188</v>
+        <v>407</v>
       </c>
       <c r="C85" s="18">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="D85" s="18">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="E85" s="18">
-        <v>17</v>
+        <v>28</v>
       </c>
       <c r="F85" s="18">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="G85" s="18">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="H85" s="18">
         <v>2</v>
       </c>
       <c r="I85" s="18">
+        <v>19</v>
+      </c>
+      <c r="J85" s="18">
+        <v>4</v>
+      </c>
+      <c r="K85" s="18">
+        <v>35</v>
+      </c>
+      <c r="L85" s="18">
         <v>7</v>
       </c>
-      <c r="J85" s="18">
+      <c r="M85" s="18">
         <v>3</v>
       </c>
-      <c r="K85" s="18">
+      <c r="N85" s="18">
+        <v>34</v>
+      </c>
+      <c r="O85" s="18">
+        <v>4</v>
+      </c>
+      <c r="P85" s="18">
+        <v>14</v>
+      </c>
+      <c r="Q85" s="18">
+        <v>10</v>
+      </c>
+      <c r="R85" s="18">
+        <v>16</v>
+      </c>
+      <c r="S85" s="18">
+        <v>6</v>
+      </c>
+      <c r="T85" s="18">
+        <v>7</v>
+      </c>
+      <c r="U85" s="18">
+        <v>55</v>
+      </c>
+      <c r="V85" s="18">
+        <v>5</v>
+      </c>
+      <c r="W85" s="18">
+        <v>10</v>
+      </c>
+      <c r="X85" s="18">
         <v>13</v>
       </c>
-      <c r="L85" s="18">
-[...37 lines deleted...]
-      </c>
       <c r="Y85" s="18">
         <v>0</v>
       </c>
       <c r="Z85" s="18">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="AA85" s="18">
-        <v>39</v>
+        <v>94</v>
       </c>
       <c r="AB85" s="14"/>
     </row>
     <row r="86" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A86" s="23">
-        <v>44012</v>
+        <v>43951</v>
       </c>
       <c r="B86" s="18">
-        <v>343</v>
+        <v>141</v>
       </c>
       <c r="C86" s="18">
+        <v>4</v>
+      </c>
+      <c r="D86" s="18">
+        <v>4</v>
+      </c>
+      <c r="E86" s="18">
+        <v>11</v>
+      </c>
+      <c r="F86" s="18">
         <v>2</v>
       </c>
-      <c r="D86" s="18">
-[...7 lines deleted...]
-      </c>
       <c r="G86" s="18">
+        <v>3</v>
+      </c>
+      <c r="H86" s="18">
+        <v>1</v>
+      </c>
+      <c r="I86" s="18">
+        <v>8</v>
+      </c>
+      <c r="J86" s="18">
+        <v>1</v>
+      </c>
+      <c r="K86" s="18">
+        <v>10</v>
+      </c>
+      <c r="L86" s="18">
+        <v>1</v>
+      </c>
+      <c r="M86" s="18">
+        <v>3</v>
+      </c>
+      <c r="N86" s="18">
+        <v>12</v>
+      </c>
+      <c r="O86" s="18">
+        <v>3</v>
+      </c>
+      <c r="P86" s="18">
+        <v>3</v>
+      </c>
+      <c r="Q86" s="18">
+        <v>2</v>
+      </c>
+      <c r="R86" s="18">
         <v>4</v>
       </c>
-      <c r="H86" s="18">
-[...5 lines deleted...]
-      <c r="J86" s="18">
+      <c r="S86" s="18">
         <v>5</v>
       </c>
-      <c r="K86" s="18">
-[...25 lines deleted...]
-      </c>
       <c r="T86" s="18">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="U86" s="18">
-        <v>36</v>
+        <v>15</v>
       </c>
       <c r="V86" s="18">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="W86" s="18">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="X86" s="18">
-        <v>9</v>
+        <v>2</v>
       </c>
       <c r="Y86" s="18">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="Z86" s="18">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="AA86" s="18">
-        <v>100</v>
+        <v>41</v>
       </c>
       <c r="AB86" s="14"/>
     </row>
     <row r="87" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A87" s="23">
-        <v>44043</v>
+        <v>43982</v>
       </c>
       <c r="B87" s="18">
-        <v>583</v>
+        <v>188</v>
       </c>
       <c r="C87" s="18">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="D87" s="18">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="E87" s="18">
-        <v>42</v>
+        <v>17</v>
       </c>
       <c r="F87" s="18">
+        <v>1</v>
+      </c>
+      <c r="G87" s="18">
+        <v>1</v>
+      </c>
+      <c r="H87" s="18">
+        <v>2</v>
+      </c>
+      <c r="I87" s="18">
+        <v>7</v>
+      </c>
+      <c r="J87" s="18">
+        <v>3</v>
+      </c>
+      <c r="K87" s="18">
+        <v>13</v>
+      </c>
+      <c r="L87" s="18">
         <v>4</v>
       </c>
-      <c r="G87" s="18">
-[...16 lines deleted...]
-      </c>
       <c r="M87" s="18">
         <v>0</v>
       </c>
       <c r="N87" s="18">
-        <v>36</v>
+        <v>8</v>
       </c>
       <c r="O87" s="18">
-        <v>10</v>
+        <v>3</v>
       </c>
       <c r="P87" s="18">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="Q87" s="18">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="R87" s="18">
-        <v>31</v>
+        <v>12</v>
       </c>
       <c r="S87" s="18">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="T87" s="18">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="U87" s="18">
-        <v>61</v>
+        <v>26</v>
       </c>
       <c r="V87" s="18">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="W87" s="18">
-        <v>12</v>
+        <v>5</v>
       </c>
       <c r="X87" s="18">
-        <v>16</v>
+        <v>6</v>
       </c>
       <c r="Y87" s="18">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="Z87" s="18">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="AA87" s="18">
-        <v>157</v>
+        <v>39</v>
       </c>
       <c r="AB87" s="14"/>
     </row>
     <row r="88" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A88" s="23">
-        <v>44074</v>
+        <v>44012</v>
       </c>
       <c r="B88" s="18">
-        <v>529</v>
+        <v>343</v>
       </c>
       <c r="C88" s="18">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="D88" s="18">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="E88" s="18">
-        <v>41</v>
+        <v>29</v>
       </c>
       <c r="F88" s="18">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="G88" s="18">
-        <v>14</v>
+        <v>4</v>
       </c>
       <c r="H88" s="18">
         <v>4</v>
       </c>
       <c r="I88" s="18">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="J88" s="18">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="K88" s="18">
-        <v>66</v>
+        <v>38</v>
       </c>
       <c r="L88" s="18">
+        <v>8</v>
+      </c>
+      <c r="M88" s="18">
+        <v>0</v>
+      </c>
+      <c r="N88" s="18">
+        <v>16</v>
+      </c>
+      <c r="O88" s="18">
+        <v>8</v>
+      </c>
+      <c r="P88" s="18">
+        <v>18</v>
+      </c>
+      <c r="Q88" s="18">
         <v>10</v>
       </c>
-      <c r="M88" s="18">
-[...13 lines deleted...]
-      </c>
       <c r="R88" s="18">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="S88" s="18">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="T88" s="18">
+        <v>3</v>
+      </c>
+      <c r="U88" s="18">
+        <v>36</v>
+      </c>
+      <c r="V88" s="18">
+        <v>3</v>
+      </c>
+      <c r="W88" s="18">
         <v>4</v>
       </c>
-      <c r="U88" s="18">
-[...5 lines deleted...]
-      <c r="W88" s="18">
+      <c r="X88" s="18">
         <v>9</v>
       </c>
-      <c r="X88" s="18">
-[...1 lines deleted...]
-      </c>
       <c r="Y88" s="18">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z88" s="18">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="AA88" s="18">
-        <v>124</v>
+        <v>100</v>
       </c>
       <c r="AB88" s="14"/>
     </row>
     <row r="89" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A89" s="23">
-        <v>44104</v>
+        <v>44043</v>
       </c>
       <c r="B89" s="18">
-        <v>667</v>
+        <v>583</v>
       </c>
       <c r="C89" s="18">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="D89" s="18">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="E89" s="18">
-        <v>50</v>
+        <v>42</v>
       </c>
       <c r="F89" s="18">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="G89" s="18">
-        <v>7</v>
+        <v>14</v>
       </c>
       <c r="H89" s="18">
         <v>7</v>
       </c>
       <c r="I89" s="18">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="J89" s="18">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="K89" s="18">
-        <v>78</v>
+        <v>63</v>
       </c>
       <c r="L89" s="18">
         <v>11</v>
       </c>
       <c r="M89" s="18">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="N89" s="18">
         <v>36</v>
       </c>
       <c r="O89" s="18">
+        <v>10</v>
+      </c>
+      <c r="P89" s="18">
         <v>16</v>
       </c>
-      <c r="P89" s="18">
-[...1 lines deleted...]
-      </c>
       <c r="Q89" s="18">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="R89" s="18">
-        <v>17</v>
+        <v>31</v>
       </c>
       <c r="S89" s="18">
+        <v>14</v>
+      </c>
+      <c r="T89" s="18">
+        <v>7</v>
+      </c>
+      <c r="U89" s="18">
+        <v>61</v>
+      </c>
+      <c r="V89" s="18">
+        <v>8</v>
+      </c>
+      <c r="W89" s="18">
+        <v>12</v>
+      </c>
+      <c r="X89" s="18">
         <v>16</v>
       </c>
-      <c r="T89" s="18">
-[...13 lines deleted...]
-      </c>
       <c r="Y89" s="18">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="Z89" s="18">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="AA89" s="18">
-        <v>193</v>
+        <v>157</v>
       </c>
       <c r="AB89" s="14"/>
     </row>
     <row r="90" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A90" s="23">
-        <v>44135</v>
+        <v>44074</v>
       </c>
       <c r="B90" s="18">
-        <v>663</v>
+        <v>529</v>
       </c>
       <c r="C90" s="18">
-        <v>14</v>
+        <v>7</v>
       </c>
       <c r="D90" s="18">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="E90" s="18">
         <v>41</v>
       </c>
       <c r="F90" s="18">
+        <v>10</v>
+      </c>
+      <c r="G90" s="18">
+        <v>14</v>
+      </c>
+      <c r="H90" s="18">
+        <v>4</v>
+      </c>
+      <c r="I90" s="18">
+        <v>20</v>
+      </c>
+      <c r="J90" s="18">
+        <v>7</v>
+      </c>
+      <c r="K90" s="18">
+        <v>66</v>
+      </c>
+      <c r="L90" s="18">
+        <v>10</v>
+      </c>
+      <c r="M90" s="18">
         <v>1</v>
       </c>
-      <c r="G90" s="18">
-[...2 lines deleted...]
-      <c r="H90" s="18">
+      <c r="N90" s="18">
+        <v>34</v>
+      </c>
+      <c r="O90" s="18">
+        <v>6</v>
+      </c>
+      <c r="P90" s="18">
+        <v>27</v>
+      </c>
+      <c r="Q90" s="18">
+        <v>17</v>
+      </c>
+      <c r="R90" s="18">
+        <v>15</v>
+      </c>
+      <c r="S90" s="18">
         <v>11</v>
-      </c>
-[...31 lines deleted...]
-        <v>23</v>
       </c>
       <c r="T90" s="18">
         <v>4</v>
       </c>
       <c r="U90" s="18">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="V90" s="18">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="W90" s="18">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="X90" s="18">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="Y90" s="18">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="Z90" s="18">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="AA90" s="18">
-        <v>187</v>
+        <v>124</v>
       </c>
       <c r="AB90" s="14"/>
     </row>
     <row r="91" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A91" s="23">
-        <v>44165</v>
+        <v>44104</v>
       </c>
       <c r="B91" s="18">
-        <v>589</v>
+        <v>667</v>
       </c>
       <c r="C91" s="18">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="D91" s="18">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="E91" s="18">
-        <v>36</v>
+        <v>50</v>
       </c>
       <c r="F91" s="18">
         <v>2</v>
       </c>
       <c r="G91" s="18">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="H91" s="18">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="I91" s="18">
+        <v>21</v>
+      </c>
+      <c r="J91" s="18">
+        <v>7</v>
+      </c>
+      <c r="K91" s="18">
+        <v>78</v>
+      </c>
+      <c r="L91" s="18">
+        <v>11</v>
+      </c>
+      <c r="M91" s="18">
+        <v>2</v>
+      </c>
+      <c r="N91" s="18">
+        <v>36</v>
+      </c>
+      <c r="O91" s="18">
         <v>16</v>
       </c>
-      <c r="J91" s="18">
-[...16 lines deleted...]
-      </c>
       <c r="P91" s="18">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="Q91" s="18">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="R91" s="18">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="S91" s="18">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="T91" s="18">
         <v>4</v>
       </c>
       <c r="U91" s="18">
-        <v>57</v>
+        <v>71</v>
       </c>
       <c r="V91" s="18">
+        <v>6</v>
+      </c>
+      <c r="W91" s="18">
+        <v>15</v>
+      </c>
+      <c r="X91" s="18">
         <v>10</v>
       </c>
-      <c r="W91" s="18">
-[...4 lines deleted...]
-      </c>
       <c r="Y91" s="18">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="Z91" s="18">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="AA91" s="18">
-        <v>165</v>
+        <v>193</v>
       </c>
       <c r="AB91" s="14"/>
     </row>
     <row r="92" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A92" s="23">
-        <v>44196</v>
+        <v>44135</v>
       </c>
       <c r="B92" s="18">
-        <v>741</v>
+        <v>663</v>
       </c>
       <c r="C92" s="18">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D92" s="18">
         <v>15</v>
       </c>
       <c r="E92" s="18">
-        <v>48</v>
+        <v>41</v>
       </c>
       <c r="F92" s="18">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G92" s="18">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="H92" s="18">
-        <v>2</v>
+        <v>11</v>
       </c>
       <c r="I92" s="18">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="J92" s="18">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="K92" s="18">
-        <v>104</v>
+        <v>76</v>
       </c>
       <c r="L92" s="18">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="M92" s="18">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="N92" s="18">
         <v>37</v>
       </c>
       <c r="O92" s="18">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="P92" s="18">
         <v>32</v>
       </c>
       <c r="Q92" s="18">
+        <v>16</v>
+      </c>
+      <c r="R92" s="18">
         <v>22</v>
       </c>
-      <c r="R92" s="18">
-[...1 lines deleted...]
-      </c>
       <c r="S92" s="18">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="T92" s="18">
         <v>4</v>
       </c>
       <c r="U92" s="18">
-        <v>70</v>
+        <v>63</v>
       </c>
       <c r="V92" s="18">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="W92" s="18">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="X92" s="18">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="Y92" s="18">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="Z92" s="18">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="AA92" s="18">
-        <v>195</v>
+        <v>187</v>
       </c>
       <c r="AB92" s="14"/>
     </row>
     <row r="93" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A93" s="23">
-        <v>44227</v>
+        <v>44165</v>
       </c>
       <c r="B93" s="18">
-        <v>430</v>
+        <v>589</v>
       </c>
       <c r="C93" s="18">
+        <v>21</v>
+      </c>
+      <c r="D93" s="18">
+        <v>13</v>
+      </c>
+      <c r="E93" s="18">
+        <v>36</v>
+      </c>
+      <c r="F93" s="18">
+        <v>2</v>
+      </c>
+      <c r="G93" s="18">
         <v>9</v>
       </c>
-      <c r="D93" s="18">
+      <c r="H93" s="18">
+        <v>5</v>
+      </c>
+      <c r="I93" s="18">
+        <v>16</v>
+      </c>
+      <c r="J93" s="18">
+        <v>5</v>
+      </c>
+      <c r="K93" s="18">
+        <v>68</v>
+      </c>
+      <c r="L93" s="18">
+        <v>6</v>
+      </c>
+      <c r="M93" s="18">
+        <v>1</v>
+      </c>
+      <c r="N93" s="18">
+        <v>42</v>
+      </c>
+      <c r="O93" s="18">
+        <v>15</v>
+      </c>
+      <c r="P93" s="18">
+        <v>31</v>
+      </c>
+      <c r="Q93" s="18">
+        <v>15</v>
+      </c>
+      <c r="R93" s="18">
+        <v>15</v>
+      </c>
+      <c r="S93" s="18">
+        <v>13</v>
+      </c>
+      <c r="T93" s="18">
+        <v>4</v>
+      </c>
+      <c r="U93" s="18">
+        <v>57</v>
+      </c>
+      <c r="V93" s="18">
         <v>10</v>
-      </c>
-[...52 lines deleted...]
-        <v>6</v>
       </c>
       <c r="W93" s="18">
         <v>10</v>
       </c>
       <c r="X93" s="18">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="Y93" s="18">
         <v>1</v>
       </c>
       <c r="Z93" s="18">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="AA93" s="18">
-        <v>121</v>
+        <v>165</v>
       </c>
       <c r="AB93" s="14"/>
     </row>
     <row r="94" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A94" s="23">
-        <v>44255</v>
+        <v>44196</v>
       </c>
       <c r="B94" s="18">
-        <v>614</v>
+        <v>741</v>
       </c>
       <c r="C94" s="18">
+        <v>15</v>
+      </c>
+      <c r="D94" s="18">
+        <v>15</v>
+      </c>
+      <c r="E94" s="18">
+        <v>48</v>
+      </c>
+      <c r="F94" s="18">
+        <v>2</v>
+      </c>
+      <c r="G94" s="18">
+        <v>14</v>
+      </c>
+      <c r="H94" s="18">
+        <v>2</v>
+      </c>
+      <c r="I94" s="18">
+        <v>33</v>
+      </c>
+      <c r="J94" s="18">
+        <v>16</v>
+      </c>
+      <c r="K94" s="18">
+        <v>104</v>
+      </c>
+      <c r="L94" s="18">
+        <v>9</v>
+      </c>
+      <c r="M94" s="18">
+        <v>2</v>
+      </c>
+      <c r="N94" s="18">
+        <v>37</v>
+      </c>
+      <c r="O94" s="18">
+        <v>16</v>
+      </c>
+      <c r="P94" s="18">
+        <v>32</v>
+      </c>
+      <c r="Q94" s="18">
+        <v>22</v>
+      </c>
+      <c r="R94" s="18">
+        <v>18</v>
+      </c>
+      <c r="S94" s="18">
+        <v>18</v>
+      </c>
+      <c r="T94" s="18">
+        <v>4</v>
+      </c>
+      <c r="U94" s="18">
+        <v>70</v>
+      </c>
+      <c r="V94" s="18">
+        <v>9</v>
+      </c>
+      <c r="W94" s="18">
         <v>11</v>
       </c>
-      <c r="D94" s="18">
-[...58 lines deleted...]
-      </c>
       <c r="X94" s="18">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="Y94" s="18">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Z94" s="18">
-        <v>11</v>
+        <v>23</v>
       </c>
       <c r="AA94" s="18">
-        <v>170</v>
+        <v>195</v>
       </c>
       <c r="AB94" s="14"/>
     </row>
     <row r="95" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A95" s="23">
-        <v>44286</v>
+        <v>44227</v>
       </c>
       <c r="B95" s="18">
-        <v>748</v>
+        <v>430</v>
       </c>
       <c r="C95" s="18">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D95" s="18">
-        <v>27</v>
+        <v>10</v>
       </c>
       <c r="E95" s="18">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="F95" s="18">
+        <v>3</v>
+      </c>
+      <c r="G95" s="18">
+        <v>5</v>
+      </c>
+      <c r="H95" s="18">
+        <v>3</v>
+      </c>
+      <c r="I95" s="18">
+        <v>11</v>
+      </c>
+      <c r="J95" s="18">
+        <v>7</v>
+      </c>
+      <c r="K95" s="18">
+        <v>59</v>
+      </c>
+      <c r="L95" s="18">
         <v>2</v>
       </c>
-      <c r="G95" s="18">
+      <c r="M95" s="18">
+        <v>0</v>
+      </c>
+      <c r="N95" s="18">
+        <v>24</v>
+      </c>
+      <c r="O95" s="18">
+        <v>5</v>
+      </c>
+      <c r="P95" s="18">
         <v>16</v>
       </c>
-      <c r="H95" s="18">
-[...11 lines deleted...]
-      <c r="L95" s="18">
+      <c r="Q95" s="18">
         <v>12</v>
-      </c>
-[...13 lines deleted...]
-        <v>17</v>
       </c>
       <c r="R95" s="18">
         <v>16</v>
       </c>
       <c r="S95" s="18">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="T95" s="18">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="U95" s="18">
-        <v>75</v>
+        <v>53</v>
       </c>
       <c r="V95" s="18">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="W95" s="18">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="X95" s="18">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="Y95" s="18">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="Z95" s="18">
-        <v>19</v>
+        <v>9</v>
       </c>
       <c r="AA95" s="18">
-        <v>200</v>
+        <v>121</v>
       </c>
       <c r="AB95" s="14"/>
     </row>
     <row r="96" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A96" s="23">
-        <v>44316</v>
+        <v>44255</v>
       </c>
       <c r="B96" s="18">
-        <v>1014</v>
+        <v>614</v>
       </c>
       <c r="C96" s="18">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="D96" s="18">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="E96" s="18">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="F96" s="18">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G96" s="18">
+        <v>15</v>
+      </c>
+      <c r="H96" s="18">
+        <v>6</v>
+      </c>
+      <c r="I96" s="18">
+        <v>19</v>
+      </c>
+      <c r="J96" s="18">
+        <v>10</v>
+      </c>
+      <c r="K96" s="18">
+        <v>84</v>
+      </c>
+      <c r="L96" s="18">
+        <v>7</v>
+      </c>
+      <c r="M96" s="18">
+        <v>1</v>
+      </c>
+      <c r="N96" s="18">
+        <v>36</v>
+      </c>
+      <c r="O96" s="18">
+        <v>10</v>
+      </c>
+      <c r="P96" s="18">
+        <v>20</v>
+      </c>
+      <c r="Q96" s="18">
+        <v>8</v>
+      </c>
+      <c r="R96" s="18">
         <v>13</v>
       </c>
-      <c r="H96" s="18">
+      <c r="S96" s="18">
+        <v>14</v>
+      </c>
+      <c r="T96" s="18">
+        <v>5</v>
+      </c>
+      <c r="U96" s="18">
+        <v>75</v>
+      </c>
+      <c r="V96" s="18">
+        <v>10</v>
+      </c>
+      <c r="W96" s="18">
+        <v>10</v>
+      </c>
+      <c r="X96" s="18">
+        <v>10</v>
+      </c>
+      <c r="Y96" s="18">
+        <v>2</v>
+      </c>
+      <c r="Z96" s="18">
         <v>11</v>
       </c>
-      <c r="I96" s="18">
-[...52 lines deleted...]
-      </c>
       <c r="AA96" s="18">
-        <v>310</v>
+        <v>170</v>
       </c>
       <c r="AB96" s="14"/>
     </row>
     <row r="97" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A97" s="23">
-        <v>44347</v>
+        <v>44286</v>
       </c>
       <c r="B97" s="18">
-        <v>864</v>
+        <v>748</v>
       </c>
       <c r="C97" s="18">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="D97" s="18">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="E97" s="18">
-        <v>49</v>
+        <v>36</v>
       </c>
       <c r="F97" s="18">
         <v>2</v>
       </c>
       <c r="G97" s="18">
         <v>16</v>
       </c>
       <c r="H97" s="18">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="I97" s="18">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="J97" s="18">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="K97" s="18">
-        <v>146</v>
+        <v>90</v>
       </c>
       <c r="L97" s="18">
         <v>12</v>
       </c>
       <c r="M97" s="18">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="N97" s="18">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="O97" s="18">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="P97" s="18">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="Q97" s="18">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="R97" s="18">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="S97" s="18">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="T97" s="18">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="U97" s="18">
-        <v>78</v>
+        <v>75</v>
       </c>
       <c r="V97" s="18">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="W97" s="18">
         <v>17</v>
       </c>
       <c r="X97" s="18">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="Y97" s="18">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="Z97" s="18">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="AA97" s="18">
-        <v>212</v>
+        <v>200</v>
       </c>
       <c r="AB97" s="14"/>
     </row>
     <row r="98" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A98" s="23">
-        <v>44377</v>
+        <v>44316</v>
       </c>
       <c r="B98" s="18">
-        <v>977</v>
+        <v>1014</v>
       </c>
       <c r="C98" s="18">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="D98" s="18">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="E98" s="18">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="F98" s="18">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="G98" s="18">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="H98" s="18">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="I98" s="18">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="J98" s="18">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="K98" s="18">
-        <v>150</v>
+        <v>125</v>
       </c>
       <c r="L98" s="18">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="M98" s="18">
         <v>2</v>
       </c>
       <c r="N98" s="18">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="O98" s="18">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="P98" s="18">
-        <v>45</v>
+        <v>52</v>
       </c>
       <c r="Q98" s="18">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="R98" s="18">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="S98" s="18">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="T98" s="18">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="U98" s="18">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="V98" s="18">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="W98" s="18">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="X98" s="18">
         <v>21</v>
       </c>
       <c r="Y98" s="18">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="Z98" s="18">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="AA98" s="18">
-        <v>248</v>
+        <v>310</v>
       </c>
       <c r="AB98" s="14"/>
     </row>
     <row r="99" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A99" s="23">
-        <v>44408</v>
+        <v>44347</v>
       </c>
       <c r="B99" s="18">
-        <v>997</v>
+        <v>864</v>
       </c>
       <c r="C99" s="18">
+        <v>18</v>
+      </c>
+      <c r="D99" s="18">
         <v>23</v>
       </c>
-      <c r="D99" s="18">
-[...1 lines deleted...]
-      </c>
       <c r="E99" s="18">
-        <v>64</v>
+        <v>49</v>
       </c>
       <c r="F99" s="18">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="G99" s="18">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="H99" s="18">
         <v>9</v>
       </c>
       <c r="I99" s="18">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="J99" s="18">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="K99" s="18">
-        <v>153</v>
+        <v>146</v>
       </c>
       <c r="L99" s="18">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="M99" s="18">
         <v>1</v>
       </c>
       <c r="N99" s="18">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="O99" s="18">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="P99" s="18">
-        <v>50</v>
+        <v>42</v>
       </c>
       <c r="Q99" s="18">
-        <v>31</v>
+        <v>20</v>
       </c>
       <c r="R99" s="18">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="S99" s="18">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="T99" s="18">
         <v>8</v>
       </c>
       <c r="U99" s="18">
-        <v>102</v>
+        <v>78</v>
       </c>
       <c r="V99" s="18">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="W99" s="18">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="X99" s="18">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Y99" s="18">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="Z99" s="18">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="AA99" s="18">
-        <v>250</v>
+        <v>212</v>
       </c>
       <c r="AB99" s="14"/>
     </row>
     <row r="100" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A100" s="23">
-        <v>44439</v>
+        <v>44377</v>
       </c>
       <c r="B100" s="18">
-        <v>966</v>
+        <v>977</v>
       </c>
       <c r="C100" s="18">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="D100" s="18">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="E100" s="18">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="F100" s="18">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="G100" s="18">
         <v>12</v>
       </c>
       <c r="H100" s="18">
         <v>9</v>
       </c>
       <c r="I100" s="18">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="J100" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="K100" s="18">
-        <v>124</v>
+        <v>150</v>
       </c>
       <c r="L100" s="18">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="M100" s="18">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="N100" s="18">
-        <v>53</v>
+        <v>61</v>
       </c>
       <c r="O100" s="18">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="P100" s="18">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="Q100" s="18">
         <v>25</v>
       </c>
       <c r="R100" s="18">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="S100" s="18">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="T100" s="18">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="U100" s="18">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="V100" s="18">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="W100" s="18">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="X100" s="18">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="Y100" s="18">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="Z100" s="18">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="AA100" s="18">
-        <v>270</v>
+        <v>248</v>
       </c>
       <c r="AB100" s="14"/>
     </row>
     <row r="101" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A101" s="23">
-        <v>44469</v>
+        <v>44408</v>
       </c>
       <c r="B101" s="18">
-        <v>1062</v>
+        <v>997</v>
       </c>
       <c r="C101" s="18">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="D101" s="18">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="E101" s="18">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="F101" s="18">
-        <v>12</v>
+        <v>5</v>
       </c>
       <c r="G101" s="18">
+        <v>18</v>
+      </c>
+      <c r="H101" s="18">
+        <v>9</v>
+      </c>
+      <c r="I101" s="18">
+        <v>30</v>
+      </c>
+      <c r="J101" s="18">
         <v>16</v>
       </c>
-      <c r="H101" s="18">
-[...7 lines deleted...]
-      </c>
       <c r="K101" s="18">
-        <v>178</v>
+        <v>153</v>
       </c>
       <c r="L101" s="18">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="M101" s="18">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="N101" s="18">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="O101" s="18">
         <v>18</v>
       </c>
       <c r="P101" s="18">
-        <v>61</v>
+        <v>50</v>
       </c>
       <c r="Q101" s="18">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="R101" s="18">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="S101" s="18">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="T101" s="18">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="U101" s="18">
         <v>102</v>
       </c>
       <c r="V101" s="18">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="W101" s="18">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="X101" s="18">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="Y101" s="18">
         <v>5</v>
       </c>
       <c r="Z101" s="18">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="AA101" s="18">
-        <v>271</v>
+        <v>250</v>
       </c>
       <c r="AB101" s="14"/>
     </row>
     <row r="102" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A102" s="23">
-        <v>44500</v>
+        <v>44439</v>
       </c>
       <c r="B102" s="18">
-        <v>961</v>
+        <v>966</v>
       </c>
       <c r="C102" s="18">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="D102" s="18">
+        <v>19</v>
+      </c>
+      <c r="E102" s="18">
+        <v>58</v>
+      </c>
+      <c r="F102" s="18">
+        <v>4</v>
+      </c>
+      <c r="G102" s="18">
+        <v>12</v>
+      </c>
+      <c r="H102" s="18">
+        <v>9</v>
+      </c>
+      <c r="I102" s="18">
+        <v>32</v>
+      </c>
+      <c r="J102" s="18">
+        <v>10</v>
+      </c>
+      <c r="K102" s="18">
+        <v>124</v>
+      </c>
+      <c r="L102" s="18">
         <v>16</v>
       </c>
-      <c r="E102" s="18">
-[...14 lines deleted...]
-      <c r="J102" s="18">
+      <c r="M102" s="18">
+        <v>4</v>
+      </c>
+      <c r="N102" s="18">
+        <v>53</v>
+      </c>
+      <c r="O102" s="18">
         <v>16</v>
       </c>
-      <c r="K102" s="18">
-[...13 lines deleted...]
-      </c>
       <c r="P102" s="18">
-        <v>59</v>
+        <v>47</v>
       </c>
       <c r="Q102" s="18">
         <v>25</v>
       </c>
       <c r="R102" s="18">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="S102" s="18">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="T102" s="18">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="U102" s="18">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="V102" s="18">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="W102" s="18">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="X102" s="18">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="Y102" s="18">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="Z102" s="18">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="AA102" s="18">
-        <v>254</v>
+        <v>270</v>
       </c>
       <c r="AB102" s="14"/>
     </row>
     <row r="103" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A103" s="23">
-        <v>44530</v>
+        <v>44469</v>
       </c>
       <c r="B103" s="18">
-        <v>1015</v>
+        <v>1062</v>
       </c>
       <c r="C103" s="18">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D103" s="18">
         <v>17</v>
       </c>
       <c r="E103" s="18">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="F103" s="18">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="G103" s="18">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="H103" s="18">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="I103" s="18">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="J103" s="18">
+        <v>15</v>
+      </c>
+      <c r="K103" s="18">
+        <v>178</v>
+      </c>
+      <c r="L103" s="18">
+        <v>11</v>
+      </c>
+      <c r="M103" s="18">
+        <v>3</v>
+      </c>
+      <c r="N103" s="18">
+        <v>52</v>
+      </c>
+      <c r="O103" s="18">
         <v>18</v>
       </c>
-      <c r="K103" s="18">
-[...13 lines deleted...]
-      </c>
       <c r="P103" s="18">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="Q103" s="18">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="R103" s="18">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="S103" s="18">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="T103" s="18">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="U103" s="18">
-        <v>95</v>
+        <v>102</v>
       </c>
       <c r="V103" s="18">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="W103" s="18">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="X103" s="18">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="Y103" s="18">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="Z103" s="18">
-        <v>26</v>
+        <v>36</v>
       </c>
       <c r="AA103" s="18">
-        <v>233</v>
+        <v>271</v>
       </c>
       <c r="AB103" s="14"/>
     </row>
     <row r="104" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A104" s="23">
-        <v>44561</v>
+        <v>44500</v>
       </c>
       <c r="B104" s="18">
-        <v>1100</v>
+        <v>961</v>
       </c>
       <c r="C104" s="18">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="D104" s="18">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="E104" s="18">
+        <v>51</v>
+      </c>
+      <c r="F104" s="18">
+        <v>12</v>
+      </c>
+      <c r="G104" s="18">
+        <v>19</v>
+      </c>
+      <c r="H104" s="18">
+        <v>14</v>
+      </c>
+      <c r="I104" s="18">
+        <v>29</v>
+      </c>
+      <c r="J104" s="18">
+        <v>16</v>
+      </c>
+      <c r="K104" s="18">
+        <v>125</v>
+      </c>
+      <c r="L104" s="18">
+        <v>17</v>
+      </c>
+      <c r="M104" s="18">
+        <v>3</v>
+      </c>
+      <c r="N104" s="18">
+        <v>52</v>
+      </c>
+      <c r="O104" s="18">
+        <v>17</v>
+      </c>
+      <c r="P104" s="18">
         <v>59</v>
-      </c>
-[...31 lines deleted...]
-        <v>62</v>
       </c>
       <c r="Q104" s="18">
         <v>25</v>
       </c>
       <c r="R104" s="18">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="S104" s="18">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="T104" s="18">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="U104" s="18">
-        <v>123</v>
+        <v>90</v>
       </c>
       <c r="V104" s="18">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="W104" s="18">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="X104" s="18">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="Y104" s="18">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="Z104" s="18">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="AA104" s="18">
-        <v>223</v>
+        <v>254</v>
       </c>
       <c r="AB104" s="14"/>
     </row>
     <row r="105" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A105" s="23">
-        <v>44592</v>
+        <v>44530</v>
       </c>
       <c r="B105" s="18">
-        <v>705</v>
+        <v>1015</v>
       </c>
       <c r="C105" s="18">
         <v>22</v>
       </c>
       <c r="D105" s="18">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="E105" s="18">
+        <v>66</v>
+      </c>
+      <c r="F105" s="18">
+        <v>25</v>
+      </c>
+      <c r="G105" s="18">
+        <v>13</v>
+      </c>
+      <c r="H105" s="18">
+        <v>8</v>
+      </c>
+      <c r="I105" s="18">
+        <v>38</v>
+      </c>
+      <c r="J105" s="18">
+        <v>18</v>
+      </c>
+      <c r="K105" s="18">
+        <v>158</v>
+      </c>
+      <c r="L105" s="18">
+        <v>9</v>
+      </c>
+      <c r="M105" s="18">
+        <v>9</v>
+      </c>
+      <c r="N105" s="18">
         <v>50</v>
       </c>
-      <c r="F105" s="18">
-[...11 lines deleted...]
-      <c r="J105" s="18">
+      <c r="O105" s="18">
+        <v>19</v>
+      </c>
+      <c r="P105" s="18">
+        <v>56</v>
+      </c>
+      <c r="Q105" s="18">
+        <v>32</v>
+      </c>
+      <c r="R105" s="18">
+        <v>28</v>
+      </c>
+      <c r="S105" s="18">
+        <v>18</v>
+      </c>
+      <c r="T105" s="18">
         <v>8</v>
       </c>
-      <c r="K105" s="18">
-[...28 lines deleted...]
-      </c>
       <c r="U105" s="18">
-        <v>68</v>
+        <v>95</v>
       </c>
       <c r="V105" s="18">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="W105" s="18">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="X105" s="18">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="Y105" s="18">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z105" s="18">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="AA105" s="18">
-        <v>140</v>
+        <v>233</v>
       </c>
       <c r="AB105" s="14"/>
     </row>
     <row r="106" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A106" s="23">
-        <v>44620</v>
+        <v>44561</v>
       </c>
       <c r="B106" s="18">
-        <v>641</v>
+        <v>1100</v>
       </c>
       <c r="C106" s="18">
+        <v>24</v>
+      </c>
+      <c r="D106" s="18">
+        <v>22</v>
+      </c>
+      <c r="E106" s="18">
+        <v>59</v>
+      </c>
+      <c r="F106" s="18">
+        <v>15</v>
+      </c>
+      <c r="G106" s="18">
         <v>16</v>
       </c>
-      <c r="D106" s="18">
+      <c r="H106" s="18">
+        <v>15</v>
+      </c>
+      <c r="I106" s="18">
+        <v>42</v>
+      </c>
+      <c r="J106" s="18">
+        <v>20</v>
+      </c>
+      <c r="K106" s="18">
+        <v>188</v>
+      </c>
+      <c r="L106" s="18">
+        <v>9</v>
+      </c>
+      <c r="M106" s="18">
+        <v>7</v>
+      </c>
+      <c r="N106" s="18">
+        <v>57</v>
+      </c>
+      <c r="O106" s="18">
         <v>16</v>
       </c>
-      <c r="E106" s="18">
-[...2 lines deleted...]
-      <c r="F106" s="18">
+      <c r="P106" s="18">
+        <v>62</v>
+      </c>
+      <c r="Q106" s="18">
+        <v>25</v>
+      </c>
+      <c r="R106" s="18">
+        <v>28</v>
+      </c>
+      <c r="S106" s="18">
+        <v>29</v>
+      </c>
+      <c r="T106" s="18">
         <v>9</v>
       </c>
-      <c r="G106" s="18">
+      <c r="U106" s="18">
+        <v>123</v>
+      </c>
+      <c r="V106" s="18">
+        <v>16</v>
+      </c>
+      <c r="W106" s="18">
+        <v>24</v>
+      </c>
+      <c r="X106" s="18">
+        <v>29</v>
+      </c>
+      <c r="Y106" s="18">
         <v>9</v>
       </c>
-      <c r="H106" s="18">
-[...52 lines deleted...]
-      </c>
       <c r="Z106" s="18">
-        <v>25</v>
+        <v>33</v>
       </c>
       <c r="AA106" s="18">
-        <v>142</v>
-      </c>
+        <v>223</v>
+      </c>
+      <c r="AB106" s="14"/>
     </row>
     <row r="107" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A107" s="23">
-        <v>44651</v>
+        <v>44592</v>
       </c>
       <c r="B107" s="18">
-        <v>0</v>
+        <v>705</v>
       </c>
       <c r="C107" s="18">
-        <v>0</v>
+        <v>22</v>
       </c>
       <c r="D107" s="18">
-        <v>0</v>
+        <v>23</v>
       </c>
       <c r="E107" s="18">
-        <v>0</v>
+        <v>50</v>
       </c>
       <c r="F107" s="18">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="G107" s="18">
-        <v>0</v>
+        <v>17</v>
       </c>
       <c r="H107" s="18">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="I107" s="18">
-        <v>0</v>
+        <v>22</v>
       </c>
       <c r="J107" s="18">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="K107" s="18">
-        <v>0</v>
+        <v>114</v>
       </c>
       <c r="L107" s="18">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="M107" s="18">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="N107" s="18">
-        <v>0</v>
+        <v>37</v>
       </c>
       <c r="O107" s="18">
-        <v>0</v>
+        <v>14</v>
       </c>
       <c r="P107" s="18">
-        <v>0</v>
+        <v>37</v>
       </c>
       <c r="Q107" s="18">
-        <v>0</v>
+        <v>14</v>
       </c>
       <c r="R107" s="18">
-        <v>0</v>
+        <v>27</v>
       </c>
       <c r="S107" s="18">
-        <v>0</v>
+        <v>16</v>
       </c>
       <c r="T107" s="18">
         <v>0</v>
       </c>
       <c r="U107" s="18">
-        <v>0</v>
+        <v>68</v>
       </c>
       <c r="V107" s="18">
-        <v>0</v>
+        <v>15</v>
       </c>
       <c r="W107" s="18">
-        <v>0</v>
+        <v>14</v>
       </c>
       <c r="X107" s="18">
-        <v>0</v>
+        <v>15</v>
       </c>
       <c r="Y107" s="18">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="Z107" s="18">
-        <v>0</v>
+        <v>29</v>
       </c>
       <c r="AA107" s="18">
-        <v>0</v>
-      </c>
+        <v>140</v>
+      </c>
+      <c r="AB107" s="14"/>
     </row>
     <row r="108" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A108" s="23">
-        <v>44681</v>
+        <v>44620</v>
       </c>
       <c r="B108" s="18">
-        <v>0</v>
+        <v>641</v>
       </c>
       <c r="C108" s="18">
-        <v>0</v>
+        <v>16</v>
       </c>
       <c r="D108" s="18">
-        <v>0</v>
+        <v>16</v>
       </c>
       <c r="E108" s="18">
-        <v>0</v>
+        <v>35</v>
       </c>
       <c r="F108" s="18">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="G108" s="18">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="H108" s="18">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="I108" s="18">
-        <v>0</v>
+        <v>26</v>
       </c>
       <c r="J108" s="18">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="K108" s="18">
-        <v>0</v>
+        <v>103</v>
       </c>
       <c r="L108" s="18">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="M108" s="18">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="N108" s="18">
-        <v>0</v>
+        <v>38</v>
       </c>
       <c r="O108" s="18">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="P108" s="18">
-        <v>0</v>
+        <v>41</v>
       </c>
       <c r="Q108" s="18">
-        <v>0</v>
+        <v>12</v>
       </c>
       <c r="R108" s="18">
-        <v>0</v>
+        <v>15</v>
       </c>
       <c r="S108" s="18">
-        <v>0</v>
+        <v>16</v>
       </c>
       <c r="T108" s="18">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="U108" s="18">
-        <v>0</v>
+        <v>58</v>
       </c>
       <c r="V108" s="18">
-        <v>0</v>
+        <v>15</v>
       </c>
       <c r="W108" s="18">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="X108" s="18">
-        <v>0</v>
+        <v>15</v>
       </c>
       <c r="Y108" s="18">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="Z108" s="18">
-        <v>0</v>
+        <v>25</v>
       </c>
       <c r="AA108" s="18">
-        <v>0</v>
+        <v>142</v>
       </c>
     </row>
     <row r="109" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A109" s="23">
-        <v>44712</v>
+        <v>44651</v>
       </c>
       <c r="B109" s="18">
         <v>0</v>
       </c>
       <c r="C109" s="18">
         <v>0</v>
       </c>
       <c r="D109" s="18">
         <v>0</v>
       </c>
       <c r="E109" s="18">
         <v>0</v>
       </c>
       <c r="F109" s="18">
         <v>0</v>
       </c>
       <c r="G109" s="18">
         <v>0</v>
       </c>
       <c r="H109" s="18">
         <v>0</v>
       </c>
       <c r="I109" s="18">
         <v>0</v>
       </c>
@@ -23571,137 +23842,137 @@
       </c>
       <c r="U109" s="18">
         <v>0</v>
       </c>
       <c r="V109" s="18">
         <v>0</v>
       </c>
       <c r="W109" s="18">
         <v>0</v>
       </c>
       <c r="X109" s="18">
         <v>0</v>
       </c>
       <c r="Y109" s="18">
         <v>0</v>
       </c>
       <c r="Z109" s="18">
         <v>0</v>
       </c>
       <c r="AA109" s="18">
         <v>0</v>
       </c>
     </row>
     <row r="110" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A110" s="23">
-        <v>44742</v>
+        <v>44681</v>
       </c>
       <c r="B110" s="18">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="C110" s="18">
         <v>0</v>
       </c>
       <c r="D110" s="18">
         <v>0</v>
       </c>
       <c r="E110" s="18">
         <v>0</v>
       </c>
       <c r="F110" s="18">
         <v>0</v>
       </c>
       <c r="G110" s="18">
         <v>0</v>
       </c>
       <c r="H110" s="18">
         <v>0</v>
       </c>
       <c r="I110" s="18">
         <v>0</v>
       </c>
       <c r="J110" s="18">
         <v>0</v>
       </c>
       <c r="K110" s="18">
         <v>0</v>
       </c>
       <c r="L110" s="18">
         <v>0</v>
       </c>
       <c r="M110" s="18">
         <v>0</v>
       </c>
       <c r="N110" s="18">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="O110" s="18">
         <v>0</v>
       </c>
       <c r="P110" s="18">
         <v>0</v>
       </c>
       <c r="Q110" s="18">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R110" s="18">
         <v>0</v>
       </c>
       <c r="S110" s="18">
         <v>0</v>
       </c>
       <c r="T110" s="18">
         <v>0</v>
       </c>
       <c r="U110" s="18">
         <v>0</v>
       </c>
       <c r="V110" s="18">
         <v>0</v>
       </c>
       <c r="W110" s="18">
         <v>0</v>
       </c>
       <c r="X110" s="18">
         <v>0</v>
       </c>
       <c r="Y110" s="18">
         <v>0</v>
       </c>
       <c r="Z110" s="18">
         <v>0</v>
       </c>
       <c r="AA110" s="18">
         <v>0</v>
       </c>
     </row>
     <row r="111" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A111" s="23">
-        <v>44773</v>
+        <v>44712</v>
       </c>
       <c r="B111" s="18">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C111" s="18">
         <v>0</v>
       </c>
       <c r="D111" s="18">
         <v>0</v>
       </c>
       <c r="E111" s="18">
         <v>0</v>
       </c>
       <c r="F111" s="18">
         <v>0</v>
       </c>
       <c r="G111" s="18">
         <v>0</v>
       </c>
       <c r="H111" s="18">
         <v>0</v>
       </c>
       <c r="I111" s="18">
         <v>0</v>
       </c>
       <c r="J111" s="18">
         <v>0</v>
       </c>
@@ -23732,3426 +24003,3648 @@
       <c r="S111" s="18">
         <v>0</v>
       </c>
       <c r="T111" s="18">
         <v>0</v>
       </c>
       <c r="U111" s="18">
         <v>0</v>
       </c>
       <c r="V111" s="18">
         <v>0</v>
       </c>
       <c r="W111" s="18">
         <v>0</v>
       </c>
       <c r="X111" s="18">
         <v>0</v>
       </c>
       <c r="Y111" s="18">
         <v>0</v>
       </c>
       <c r="Z111" s="18">
         <v>0</v>
       </c>
       <c r="AA111" s="18">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="112" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A112" s="23">
-        <v>44804</v>
+        <v>44742</v>
       </c>
       <c r="B112" s="18">
-        <v>12</v>
+        <v>2</v>
       </c>
       <c r="C112" s="18">
         <v>0</v>
       </c>
       <c r="D112" s="18">
         <v>0</v>
       </c>
       <c r="E112" s="18">
         <v>0</v>
       </c>
       <c r="F112" s="18">
         <v>0</v>
       </c>
       <c r="G112" s="18">
         <v>0</v>
       </c>
       <c r="H112" s="18">
         <v>0</v>
       </c>
       <c r="I112" s="18">
         <v>0</v>
       </c>
       <c r="J112" s="18">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="K112" s="18">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="L112" s="18">
         <v>0</v>
       </c>
       <c r="M112" s="18">
         <v>0</v>
       </c>
       <c r="N112" s="18">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="O112" s="18">
         <v>0</v>
       </c>
       <c r="P112" s="18">
         <v>0</v>
       </c>
       <c r="Q112" s="18">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R112" s="18">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="S112" s="18">
         <v>0</v>
       </c>
       <c r="T112" s="18">
         <v>0</v>
       </c>
       <c r="U112" s="18">
         <v>0</v>
       </c>
       <c r="V112" s="18">
         <v>0</v>
       </c>
       <c r="W112" s="18">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="X112" s="18">
         <v>0</v>
       </c>
       <c r="Y112" s="18">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="Z112" s="18">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AA112" s="18">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="113" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A113" s="23">
-        <v>44834</v>
+        <v>44773</v>
       </c>
       <c r="B113" s="18">
-        <v>43</v>
+        <v>1</v>
       </c>
       <c r="C113" s="18">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="D113" s="18">
         <v>0</v>
       </c>
       <c r="E113" s="18">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="F113" s="18">
         <v>0</v>
       </c>
       <c r="G113" s="18">
         <v>0</v>
       </c>
       <c r="H113" s="18">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="I113" s="18">
         <v>0</v>
       </c>
       <c r="J113" s="18">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="K113" s="18">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="L113" s="18">
+        <v>0</v>
+      </c>
+      <c r="M113" s="18">
+        <v>0</v>
+      </c>
+      <c r="N113" s="18">
+        <v>0</v>
+      </c>
+      <c r="O113" s="18">
+        <v>0</v>
+      </c>
+      <c r="P113" s="18">
+        <v>0</v>
+      </c>
+      <c r="Q113" s="18">
+        <v>0</v>
+      </c>
+      <c r="R113" s="18">
+        <v>0</v>
+      </c>
+      <c r="S113" s="18">
+        <v>0</v>
+      </c>
+      <c r="T113" s="18">
+        <v>0</v>
+      </c>
+      <c r="U113" s="18">
+        <v>0</v>
+      </c>
+      <c r="V113" s="18">
+        <v>0</v>
+      </c>
+      <c r="W113" s="18">
+        <v>0</v>
+      </c>
+      <c r="X113" s="18">
+        <v>0</v>
+      </c>
+      <c r="Y113" s="18">
+        <v>0</v>
+      </c>
+      <c r="Z113" s="18">
+        <v>0</v>
+      </c>
+      <c r="AA113" s="18">
         <v>1</v>
-      </c>
-[...43 lines deleted...]
-        <v>0</v>
       </c>
     </row>
     <row r="114" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A114" s="23">
-        <v>44865</v>
+        <v>44804</v>
       </c>
       <c r="B114" s="18">
-        <v>63</v>
+        <v>12</v>
       </c>
       <c r="C114" s="18">
         <v>0</v>
       </c>
       <c r="D114" s="18">
+        <v>0</v>
+      </c>
+      <c r="E114" s="18">
+        <v>0</v>
+      </c>
+      <c r="F114" s="18">
+        <v>0</v>
+      </c>
+      <c r="G114" s="18">
+        <v>0</v>
+      </c>
+      <c r="H114" s="18">
+        <v>0</v>
+      </c>
+      <c r="I114" s="18">
+        <v>0</v>
+      </c>
+      <c r="J114" s="18">
+        <v>3</v>
+      </c>
+      <c r="K114" s="18">
+        <v>4</v>
+      </c>
+      <c r="L114" s="18">
+        <v>0</v>
+      </c>
+      <c r="M114" s="18">
+        <v>0</v>
+      </c>
+      <c r="N114" s="18">
+        <v>0</v>
+      </c>
+      <c r="O114" s="18">
+        <v>0</v>
+      </c>
+      <c r="P114" s="18">
+        <v>0</v>
+      </c>
+      <c r="Q114" s="18">
+        <v>0</v>
+      </c>
+      <c r="R114" s="18">
         <v>1</v>
       </c>
-      <c r="E114" s="18">
-[...40 lines deleted...]
-      </c>
       <c r="S114" s="18">
         <v>0</v>
       </c>
       <c r="T114" s="18">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="U114" s="18">
         <v>0</v>
       </c>
       <c r="V114" s="18">
         <v>0</v>
       </c>
       <c r="W114" s="18">
         <v>1</v>
       </c>
       <c r="X114" s="18">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="Y114" s="18">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="Z114" s="18">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="AA114" s="18">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="115" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A115" s="23">
-        <v>44895</v>
+        <v>44834</v>
       </c>
       <c r="B115" s="18">
-        <v>146</v>
+        <v>43</v>
       </c>
       <c r="C115" s="18">
-        <v>11</v>
+        <v>3</v>
       </c>
       <c r="D115" s="18">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="E115" s="18">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="F115" s="18">
         <v>0</v>
       </c>
       <c r="G115" s="18">
         <v>0</v>
       </c>
       <c r="H115" s="18">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="I115" s="18">
         <v>0</v>
       </c>
       <c r="J115" s="18">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="K115" s="18">
-        <v>45</v>
+        <v>10</v>
       </c>
       <c r="L115" s="18">
+        <v>1</v>
+      </c>
+      <c r="M115" s="18">
+        <v>0</v>
+      </c>
+      <c r="N115" s="18">
+        <v>1</v>
+      </c>
+      <c r="O115" s="18">
+        <v>0</v>
+      </c>
+      <c r="P115" s="18">
+        <v>0</v>
+      </c>
+      <c r="Q115" s="18">
+        <v>1</v>
+      </c>
+      <c r="R115" s="18">
+        <v>4</v>
+      </c>
+      <c r="S115" s="18">
+        <v>0</v>
+      </c>
+      <c r="T115" s="18">
         <v>2</v>
       </c>
-      <c r="M115" s="18">
-[...22 lines deleted...]
-      </c>
       <c r="U115" s="18">
         <v>0</v>
       </c>
       <c r="V115" s="18">
         <v>0</v>
       </c>
       <c r="W115" s="18">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="X115" s="18">
         <v>4</v>
       </c>
       <c r="Y115" s="18">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="Z115" s="18">
-        <v>18</v>
+        <v>1</v>
       </c>
       <c r="AA115" s="18">
-        <v>7</v>
+        <v>0</v>
       </c>
     </row>
     <row r="116" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A116" s="23">
-        <v>44926</v>
+        <v>44865</v>
       </c>
       <c r="B116" s="18">
-        <v>405</v>
+        <v>63</v>
       </c>
       <c r="C116" s="18">
-        <v>23</v>
+        <v>0</v>
       </c>
       <c r="D116" s="18">
-        <v>42</v>
+        <v>1</v>
       </c>
       <c r="E116" s="18">
-        <v>16</v>
+        <v>0</v>
       </c>
       <c r="F116" s="18">
         <v>0</v>
       </c>
       <c r="G116" s="18">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="H116" s="18">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="I116" s="18">
         <v>0</v>
       </c>
       <c r="J116" s="18">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="K116" s="18">
-        <v>122</v>
+        <v>22</v>
       </c>
       <c r="L116" s="18">
+        <v>2</v>
+      </c>
+      <c r="M116" s="18">
+        <v>0</v>
+      </c>
+      <c r="N116" s="18">
+        <v>6</v>
+      </c>
+      <c r="O116" s="18">
+        <v>0</v>
+      </c>
+      <c r="P116" s="18">
+        <v>0</v>
+      </c>
+      <c r="Q116" s="18">
+        <v>2</v>
+      </c>
+      <c r="R116" s="18">
+        <v>3</v>
+      </c>
+      <c r="S116" s="18">
+        <v>0</v>
+      </c>
+      <c r="T116" s="18">
+        <v>1</v>
+      </c>
+      <c r="U116" s="18">
+        <v>0</v>
+      </c>
+      <c r="V116" s="18">
+        <v>0</v>
+      </c>
+      <c r="W116" s="18">
+        <v>1</v>
+      </c>
+      <c r="X116" s="18">
+        <v>2</v>
+      </c>
+      <c r="Y116" s="18">
+        <v>4</v>
+      </c>
+      <c r="Z116" s="18">
         <v>8</v>
       </c>
-      <c r="M116" s="18">
-[...40 lines deleted...]
-      </c>
       <c r="AA116" s="18">
-        <v>27</v>
+        <v>2</v>
       </c>
     </row>
     <row r="117" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A117" s="23">
-        <v>44957</v>
+        <v>44895</v>
       </c>
       <c r="B117" s="18">
-        <v>357</v>
+        <v>146</v>
       </c>
       <c r="C117" s="18">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="D117" s="18">
-        <v>42</v>
+        <v>5</v>
       </c>
       <c r="E117" s="18">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="F117" s="18">
         <v>0</v>
       </c>
       <c r="G117" s="18">
-        <v>15</v>
+        <v>0</v>
       </c>
       <c r="H117" s="18">
+        <v>6</v>
+      </c>
+      <c r="I117" s="18">
+        <v>0</v>
+      </c>
+      <c r="J117" s="18">
         <v>7</v>
       </c>
-      <c r="I117" s="18">
-[...4 lines deleted...]
-      </c>
       <c r="K117" s="18">
-        <v>68</v>
+        <v>45</v>
       </c>
       <c r="L117" s="18">
+        <v>2</v>
+      </c>
+      <c r="M117" s="18">
+        <v>0</v>
+      </c>
+      <c r="N117" s="18">
         <v>4</v>
       </c>
-      <c r="M117" s="18">
-[...4 lines deleted...]
-      </c>
       <c r="O117" s="18">
+        <v>0</v>
+      </c>
+      <c r="P117" s="18">
         <v>1</v>
-      </c>
-[...1 lines deleted...]
-        <v>10</v>
       </c>
       <c r="Q117" s="18">
         <v>8</v>
       </c>
       <c r="R117" s="18">
-        <v>36</v>
+        <v>5</v>
       </c>
       <c r="S117" s="18">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="T117" s="18">
-        <v>12</v>
+        <v>5</v>
       </c>
       <c r="U117" s="18">
         <v>0</v>
       </c>
       <c r="V117" s="18">
         <v>0</v>
       </c>
       <c r="W117" s="18">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="X117" s="18">
+        <v>4</v>
+      </c>
+      <c r="Y117" s="18">
+        <v>3</v>
+      </c>
+      <c r="Z117" s="18">
+        <v>18</v>
+      </c>
+      <c r="AA117" s="18">
         <v>7</v>
-      </c>
-[...7 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="118" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A118" s="23">
-        <v>44985</v>
+        <v>44926</v>
       </c>
       <c r="B118" s="18">
-        <v>128</v>
+        <v>405</v>
       </c>
       <c r="C118" s="18">
-        <v>7</v>
+        <v>23</v>
       </c>
       <c r="D118" s="18">
-        <v>6</v>
+        <v>42</v>
       </c>
       <c r="E118" s="18">
+        <v>16</v>
+      </c>
+      <c r="F118" s="18">
+        <v>0</v>
+      </c>
+      <c r="G118" s="18">
+        <v>11</v>
+      </c>
+      <c r="H118" s="18">
         <v>5</v>
       </c>
-      <c r="F118" s="18">
-[...7 lines deleted...]
-      </c>
       <c r="I118" s="18">
         <v>0</v>
       </c>
       <c r="J118" s="18">
-        <v>5</v>
+        <v>19</v>
       </c>
       <c r="K118" s="18">
-        <v>45</v>
+        <v>122</v>
       </c>
       <c r="L118" s="18">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="M118" s="18">
         <v>0</v>
       </c>
       <c r="N118" s="18">
-        <v>4</v>
+        <v>14</v>
       </c>
       <c r="O118" s="18">
         <v>1</v>
       </c>
       <c r="P118" s="18">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="Q118" s="18">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="R118" s="18">
-        <v>10</v>
+        <v>23</v>
       </c>
       <c r="S118" s="18">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="T118" s="18">
-        <v>5</v>
+        <v>13</v>
       </c>
       <c r="U118" s="18">
         <v>0</v>
       </c>
       <c r="V118" s="18">
         <v>0</v>
       </c>
       <c r="W118" s="18">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="X118" s="18">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="Y118" s="18">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="Z118" s="18">
-        <v>5</v>
+        <v>26</v>
       </c>
       <c r="AA118" s="18">
-        <v>7</v>
+        <v>27</v>
       </c>
     </row>
     <row r="119" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A119" s="23">
-        <v>45016</v>
+        <v>44957</v>
       </c>
       <c r="B119" s="18">
+        <v>357</v>
+      </c>
+      <c r="C119" s="18">
+        <v>19</v>
+      </c>
+      <c r="D119" s="18">
+        <v>42</v>
+      </c>
+      <c r="E119" s="18">
+        <v>12</v>
+      </c>
+      <c r="F119" s="18">
+        <v>0</v>
+      </c>
+      <c r="G119" s="18">
+        <v>15</v>
+      </c>
+      <c r="H119" s="18">
+        <v>7</v>
+      </c>
+      <c r="I119" s="18">
+        <v>0</v>
+      </c>
+      <c r="J119" s="18">
+        <v>18</v>
+      </c>
+      <c r="K119" s="18">
+        <v>68</v>
+      </c>
+      <c r="L119" s="18">
+        <v>4</v>
+      </c>
+      <c r="M119" s="18">
+        <v>0</v>
+      </c>
+      <c r="N119" s="18">
+        <v>28</v>
+      </c>
+      <c r="O119" s="18">
+        <v>1</v>
+      </c>
+      <c r="P119" s="18">
+        <v>10</v>
+      </c>
+      <c r="Q119" s="18">
+        <v>8</v>
+      </c>
+      <c r="R119" s="18">
         <v>36</v>
       </c>
-      <c r="C119" s="18">
-[...46 lines deleted...]
-      </c>
       <c r="S119" s="18">
-        <v>0</v>
+        <v>12</v>
       </c>
       <c r="T119" s="18">
-        <v>0</v>
+        <v>12</v>
       </c>
       <c r="U119" s="18">
         <v>0</v>
       </c>
       <c r="V119" s="18">
         <v>0</v>
       </c>
       <c r="W119" s="18">
-        <v>1</v>
+        <v>13</v>
       </c>
       <c r="X119" s="18">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="Y119" s="18">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="Z119" s="18">
-        <v>2</v>
+        <v>25</v>
       </c>
       <c r="AA119" s="18">
-        <v>0</v>
+        <v>15</v>
       </c>
     </row>
     <row r="120" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A120" s="23">
-        <v>45046</v>
+        <v>44985</v>
       </c>
       <c r="B120" s="18">
-        <v>41</v>
+        <v>128</v>
       </c>
       <c r="C120" s="18">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="D120" s="18">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="E120" s="18">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="F120" s="18">
         <v>0</v>
       </c>
       <c r="G120" s="18">
         <v>3</v>
       </c>
       <c r="H120" s="18">
         <v>2</v>
       </c>
       <c r="I120" s="18">
         <v>0</v>
       </c>
       <c r="J120" s="18">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="K120" s="18">
-        <v>14</v>
+        <v>45</v>
       </c>
       <c r="L120" s="18">
         <v>1</v>
       </c>
       <c r="M120" s="18">
         <v>0</v>
       </c>
       <c r="N120" s="18">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O120" s="18">
         <v>1</v>
       </c>
       <c r="P120" s="18">
         <v>1</v>
       </c>
       <c r="Q120" s="18">
+        <v>9</v>
+      </c>
+      <c r="R120" s="18">
+        <v>10</v>
+      </c>
+      <c r="S120" s="18">
         <v>2</v>
       </c>
-      <c r="R120" s="18">
-[...4 lines deleted...]
-      </c>
       <c r="T120" s="18">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="U120" s="18">
         <v>0</v>
       </c>
       <c r="V120" s="18">
         <v>0</v>
       </c>
       <c r="W120" s="18">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="X120" s="18">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Y120" s="18">
         <v>1</v>
       </c>
       <c r="Z120" s="18">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="AA120" s="18">
-        <v>2</v>
+        <v>7</v>
       </c>
     </row>
     <row r="121" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A121" s="23">
-        <v>45077</v>
+        <v>45016</v>
       </c>
       <c r="B121" s="18">
-        <v>232</v>
+        <v>36</v>
       </c>
       <c r="C121" s="18">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="D121" s="18">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="E121" s="18">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="F121" s="18">
         <v>0</v>
       </c>
       <c r="G121" s="18">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="H121" s="18">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="I121" s="18">
         <v>0</v>
       </c>
       <c r="J121" s="18">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="K121" s="18">
-        <v>95</v>
+        <v>14</v>
       </c>
       <c r="L121" s="18">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="M121" s="18">
         <v>0</v>
       </c>
       <c r="N121" s="18">
-        <v>9</v>
+        <v>2</v>
       </c>
       <c r="O121" s="18">
+        <v>4</v>
+      </c>
+      <c r="P121" s="18">
         <v>2</v>
       </c>
-      <c r="P121" s="18">
-[...1 lines deleted...]
-      </c>
       <c r="Q121" s="18">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="R121" s="18">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="S121" s="18">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="T121" s="18">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="U121" s="18">
         <v>0</v>
       </c>
       <c r="V121" s="18">
         <v>0</v>
       </c>
       <c r="W121" s="18">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="X121" s="18">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="Y121" s="18">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="Z121" s="18">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="AA121" s="18">
-        <v>8</v>
+        <v>0</v>
       </c>
     </row>
     <row r="122" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A122" s="23">
-        <v>45107</v>
+        <v>45046</v>
       </c>
       <c r="B122" s="18">
-        <v>527</v>
+        <v>41</v>
       </c>
       <c r="C122" s="18">
-        <v>26</v>
+        <v>2</v>
       </c>
       <c r="D122" s="18">
-        <v>18</v>
+        <v>1</v>
       </c>
       <c r="E122" s="18">
-        <v>21</v>
+        <v>2</v>
       </c>
       <c r="F122" s="18">
         <v>0</v>
       </c>
       <c r="G122" s="18">
+        <v>3</v>
+      </c>
+      <c r="H122" s="18">
+        <v>2</v>
+      </c>
+      <c r="I122" s="18">
+        <v>0</v>
+      </c>
+      <c r="J122" s="18">
+        <v>1</v>
+      </c>
+      <c r="K122" s="18">
         <v>14</v>
       </c>
-      <c r="H122" s="18">
-[...10 lines deleted...]
-      </c>
       <c r="L122" s="18">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="M122" s="18">
         <v>0</v>
       </c>
       <c r="N122" s="18">
-        <v>25</v>
+        <v>3</v>
       </c>
       <c r="O122" s="18">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="P122" s="18">
-        <v>23</v>
+        <v>1</v>
       </c>
       <c r="Q122" s="18">
-        <v>14</v>
+        <v>2</v>
       </c>
       <c r="R122" s="18">
-        <v>30</v>
+        <v>0</v>
       </c>
       <c r="S122" s="18">
-        <v>14</v>
+        <v>0</v>
       </c>
       <c r="T122" s="18">
-        <v>14</v>
+        <v>1</v>
       </c>
       <c r="U122" s="18">
         <v>0</v>
       </c>
       <c r="V122" s="18">
         <v>0</v>
       </c>
       <c r="W122" s="18">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="X122" s="18">
-        <v>17</v>
+        <v>2</v>
       </c>
       <c r="Y122" s="18">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="Z122" s="18">
-        <v>19</v>
+        <v>1</v>
       </c>
       <c r="AA122" s="18">
-        <v>70</v>
+        <v>2</v>
       </c>
     </row>
     <row r="123" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A123" s="23">
-        <v>45138</v>
+        <v>45077</v>
       </c>
       <c r="B123" s="18">
-        <v>604</v>
+        <v>232</v>
       </c>
       <c r="C123" s="18">
-        <v>31</v>
+        <v>10</v>
       </c>
       <c r="D123" s="18">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="E123" s="18">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="F123" s="18">
         <v>0</v>
       </c>
       <c r="G123" s="18">
-        <v>19</v>
+        <v>8</v>
       </c>
       <c r="H123" s="18">
+        <v>5</v>
+      </c>
+      <c r="I123" s="18">
+        <v>0</v>
+      </c>
+      <c r="J123" s="18">
+        <v>5</v>
+      </c>
+      <c r="K123" s="18">
+        <v>95</v>
+      </c>
+      <c r="L123" s="18">
+        <v>3</v>
+      </c>
+      <c r="M123" s="18">
+        <v>0</v>
+      </c>
+      <c r="N123" s="18">
         <v>9</v>
       </c>
-      <c r="I123" s="18">
-[...16 lines deleted...]
-      </c>
       <c r="O123" s="18">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="P123" s="18">
-        <v>30</v>
+        <v>6</v>
       </c>
       <c r="Q123" s="18">
         <v>11</v>
       </c>
       <c r="R123" s="18">
-        <v>46</v>
+        <v>10</v>
       </c>
       <c r="S123" s="18">
-        <v>12</v>
+        <v>5</v>
       </c>
       <c r="T123" s="18">
-        <v>13</v>
+        <v>4</v>
       </c>
       <c r="U123" s="18">
         <v>0</v>
       </c>
       <c r="V123" s="18">
         <v>0</v>
       </c>
       <c r="W123" s="18">
-        <v>24</v>
+        <v>7</v>
       </c>
       <c r="X123" s="18">
+        <v>8</v>
+      </c>
+      <c r="Y123" s="18">
+        <v>8</v>
+      </c>
+      <c r="Z123" s="18">
         <v>10</v>
       </c>
-      <c r="Y123" s="18">
-[...4 lines deleted...]
-      </c>
       <c r="AA123" s="18">
-        <v>69</v>
+        <v>8</v>
       </c>
     </row>
     <row r="124" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A124" s="23">
-        <v>45169</v>
+        <v>45107</v>
       </c>
       <c r="B124" s="18">
-        <v>638</v>
+        <v>527</v>
       </c>
       <c r="C124" s="18">
-        <v>35</v>
+        <v>26</v>
       </c>
       <c r="D124" s="18">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="E124" s="18">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="F124" s="18">
         <v>0</v>
       </c>
       <c r="G124" s="18">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H124" s="18">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="I124" s="18">
         <v>0</v>
       </c>
       <c r="J124" s="18">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K124" s="18">
-        <v>189</v>
+        <v>153</v>
       </c>
       <c r="L124" s="18">
         <v>5</v>
       </c>
       <c r="M124" s="18">
         <v>0</v>
       </c>
       <c r="N124" s="18">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="O124" s="18">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P124" s="18">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="Q124" s="18">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="R124" s="18">
-        <v>42</v>
+        <v>30</v>
       </c>
       <c r="S124" s="18">
         <v>14</v>
       </c>
       <c r="T124" s="18">
         <v>14</v>
       </c>
       <c r="U124" s="18">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="V124" s="18">
         <v>0</v>
       </c>
       <c r="W124" s="18">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="X124" s="18">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="Y124" s="18">
         <v>9</v>
       </c>
       <c r="Z124" s="18">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="AA124" s="18">
-        <v>83</v>
+        <v>70</v>
       </c>
     </row>
     <row r="125" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A125" s="23">
-        <v>45199</v>
+        <v>45138</v>
       </c>
       <c r="B125" s="18">
-        <v>816</v>
+        <v>604</v>
       </c>
       <c r="C125" s="18">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="D125" s="18">
-        <v>38</v>
+        <v>28</v>
       </c>
       <c r="E125" s="18">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F125" s="18">
         <v>0</v>
       </c>
       <c r="G125" s="18">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="H125" s="18">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="I125" s="18">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="J125" s="18">
-        <v>42</v>
+        <v>30</v>
       </c>
       <c r="K125" s="18">
-        <v>277</v>
+        <v>178</v>
       </c>
       <c r="L125" s="18">
+        <v>4</v>
+      </c>
+      <c r="M125" s="18">
+        <v>0</v>
+      </c>
+      <c r="N125" s="18">
+        <v>32</v>
+      </c>
+      <c r="O125" s="18">
+        <v>0</v>
+      </c>
+      <c r="P125" s="18">
+        <v>30</v>
+      </c>
+      <c r="Q125" s="18">
+        <v>11</v>
+      </c>
+      <c r="R125" s="18">
+        <v>46</v>
+      </c>
+      <c r="S125" s="18">
         <v>12</v>
       </c>
-      <c r="M125" s="18">
-[...17 lines deleted...]
-      <c r="S125" s="18">
+      <c r="T125" s="18">
+        <v>13</v>
+      </c>
+      <c r="U125" s="18">
+        <v>0</v>
+      </c>
+      <c r="V125" s="18">
+        <v>0</v>
+      </c>
+      <c r="W125" s="18">
+        <v>24</v>
+      </c>
+      <c r="X125" s="18">
         <v>10</v>
-      </c>
-[...13 lines deleted...]
-        <v>20</v>
       </c>
       <c r="Y125" s="18">
         <v>10</v>
       </c>
       <c r="Z125" s="18">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="AA125" s="18">
-        <v>121</v>
-[...1 lines deleted...]
-      <c r="AB125" s="2"/>
+        <v>69</v>
+      </c>
     </row>
     <row r="126" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A126" s="23">
-        <v>45230</v>
+        <v>45169</v>
       </c>
       <c r="B126" s="18">
-        <v>826</v>
+        <v>638</v>
       </c>
       <c r="C126" s="18">
-        <v>52</v>
+        <v>35</v>
       </c>
       <c r="D126" s="18">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="E126" s="18">
-        <v>37</v>
+        <v>30</v>
       </c>
       <c r="F126" s="18">
         <v>0</v>
       </c>
       <c r="G126" s="18">
+        <v>15</v>
+      </c>
+      <c r="H126" s="18">
+        <v>4</v>
+      </c>
+      <c r="I126" s="18">
+        <v>0</v>
+      </c>
+      <c r="J126" s="18">
+        <v>20</v>
+      </c>
+      <c r="K126" s="18">
+        <v>189</v>
+      </c>
+      <c r="L126" s="18">
+        <v>5</v>
+      </c>
+      <c r="M126" s="18">
+        <v>0</v>
+      </c>
+      <c r="N126" s="18">
+        <v>22</v>
+      </c>
+      <c r="O126" s="18">
+        <v>3</v>
+      </c>
+      <c r="P126" s="18">
         <v>18</v>
       </c>
-      <c r="H126" s="18">
-[...17 lines deleted...]
-      <c r="N126" s="18">
+      <c r="Q126" s="18">
+        <v>19</v>
+      </c>
+      <c r="R126" s="18">
+        <v>42</v>
+      </c>
+      <c r="S126" s="18">
+        <v>14</v>
+      </c>
+      <c r="T126" s="18">
+        <v>14</v>
+      </c>
+      <c r="U126" s="18">
+        <v>1</v>
+      </c>
+      <c r="V126" s="18">
+        <v>0</v>
+      </c>
+      <c r="W126" s="18">
+        <v>30</v>
+      </c>
+      <c r="X126" s="18">
+        <v>20</v>
+      </c>
+      <c r="Y126" s="18">
+        <v>9</v>
+      </c>
+      <c r="Z126" s="18">
         <v>41</v>
       </c>
-      <c r="O126" s="18">
-[...34 lines deleted...]
-      </c>
       <c r="AA126" s="18">
-        <v>97</v>
-[...1 lines deleted...]
-      <c r="AB126" s="2"/>
+        <v>83</v>
+      </c>
     </row>
     <row r="127" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A127" s="23">
-        <v>45260</v>
+        <v>45199</v>
       </c>
       <c r="B127" s="18">
-        <v>937</v>
+        <v>816</v>
       </c>
       <c r="C127" s="18">
-        <v>52</v>
+        <v>25</v>
       </c>
       <c r="D127" s="18">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="E127" s="18">
         <v>35</v>
       </c>
       <c r="F127" s="18">
         <v>0</v>
       </c>
       <c r="G127" s="18">
         <v>14</v>
       </c>
       <c r="H127" s="18">
-        <v>16</v>
+        <v>7</v>
       </c>
       <c r="I127" s="18">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="J127" s="18">
-        <v>28</v>
+        <v>42</v>
       </c>
       <c r="K127" s="18">
-        <v>319</v>
+        <v>277</v>
       </c>
       <c r="L127" s="18">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="M127" s="18">
         <v>0</v>
       </c>
       <c r="N127" s="18">
-        <v>50</v>
+        <v>42</v>
       </c>
       <c r="O127" s="18">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="P127" s="18">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="Q127" s="18">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="R127" s="18">
-        <v>46</v>
+        <v>29</v>
       </c>
       <c r="S127" s="18">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="T127" s="18">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="U127" s="18">
-        <v>17</v>
+        <v>7</v>
       </c>
       <c r="V127" s="18">
         <v>0</v>
       </c>
       <c r="W127" s="18">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="X127" s="18">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="Y127" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="Z127" s="18">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="AA127" s="18">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="AB127" s="2"/>
     </row>
     <row r="128" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A128" s="23">
-        <v>45291</v>
+        <v>45230</v>
       </c>
       <c r="B128" s="18">
-        <v>993</v>
+        <v>826</v>
       </c>
       <c r="C128" s="18">
-        <v>43</v>
+        <v>52</v>
       </c>
       <c r="D128" s="18">
-        <v>44</v>
+        <v>23</v>
       </c>
       <c r="E128" s="18">
+        <v>37</v>
+      </c>
+      <c r="F128" s="18">
+        <v>0</v>
+      </c>
+      <c r="G128" s="18">
+        <v>18</v>
+      </c>
+      <c r="H128" s="18">
+        <v>15</v>
+      </c>
+      <c r="I128" s="18">
+        <v>5</v>
+      </c>
+      <c r="J128" s="18">
         <v>31</v>
       </c>
-      <c r="F128" s="18">
-[...13 lines deleted...]
-      </c>
       <c r="K128" s="18">
-        <v>329</v>
+        <v>280</v>
       </c>
       <c r="L128" s="18">
+        <v>3</v>
+      </c>
+      <c r="M128" s="18">
+        <v>0</v>
+      </c>
+      <c r="N128" s="18">
+        <v>41</v>
+      </c>
+      <c r="O128" s="18">
         <v>7</v>
       </c>
-      <c r="M128" s="18">
-[...7 lines deleted...]
-      </c>
       <c r="P128" s="18">
-        <v>48</v>
+        <v>41</v>
       </c>
       <c r="Q128" s="18">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="R128" s="18">
-        <v>44</v>
+        <v>52</v>
       </c>
       <c r="S128" s="18">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="T128" s="18">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="U128" s="18">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="V128" s="18">
         <v>0</v>
       </c>
       <c r="W128" s="18">
-        <v>37</v>
+        <v>18</v>
       </c>
       <c r="X128" s="18">
         <v>15</v>
       </c>
       <c r="Y128" s="18">
         <v>10</v>
       </c>
       <c r="Z128" s="18">
-        <v>37</v>
+        <v>26</v>
       </c>
       <c r="AA128" s="18">
-        <v>112</v>
+        <v>97</v>
       </c>
       <c r="AB128" s="2"/>
     </row>
     <row r="129" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A129" s="23">
-        <v>45322</v>
+        <v>45260</v>
       </c>
       <c r="B129" s="18">
-        <v>676</v>
+        <v>937</v>
       </c>
       <c r="C129" s="18">
-        <v>32</v>
+        <v>52</v>
       </c>
       <c r="D129" s="18">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="E129" s="18">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="F129" s="18">
         <v>0</v>
       </c>
       <c r="G129" s="18">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="H129" s="18">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="I129" s="18">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="J129" s="18">
+        <v>28</v>
+      </c>
+      <c r="K129" s="18">
+        <v>319</v>
+      </c>
+      <c r="L129" s="18">
+        <v>6</v>
+      </c>
+      <c r="M129" s="18">
+        <v>0</v>
+      </c>
+      <c r="N129" s="18">
+        <v>50</v>
+      </c>
+      <c r="O129" s="18">
+        <v>8</v>
+      </c>
+      <c r="P129" s="18">
+        <v>40</v>
+      </c>
+      <c r="Q129" s="18">
+        <v>18</v>
+      </c>
+      <c r="R129" s="18">
+        <v>46</v>
+      </c>
+      <c r="S129" s="18">
+        <v>16</v>
+      </c>
+      <c r="T129" s="18">
+        <v>19</v>
+      </c>
+      <c r="U129" s="18">
         <v>17</v>
       </c>
-      <c r="K129" s="18">
-[...23 lines deleted...]
-      <c r="S129" s="18">
+      <c r="V129" s="18">
+        <v>0</v>
+      </c>
+      <c r="W129" s="18">
+        <v>28</v>
+      </c>
+      <c r="X129" s="18">
         <v>18</v>
-      </c>
-[...13 lines deleted...]
-        <v>14</v>
       </c>
       <c r="Y129" s="18">
         <v>8</v>
       </c>
       <c r="Z129" s="18">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="AA129" s="18">
-        <v>67</v>
+        <v>122</v>
       </c>
       <c r="AB129" s="2"/>
     </row>
     <row r="130" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A130" s="23">
-        <v>45351</v>
+        <v>45291</v>
       </c>
       <c r="B130" s="18">
-        <v>783</v>
+        <v>993</v>
       </c>
       <c r="C130" s="18">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="D130" s="18">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="E130" s="18">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="F130" s="18">
         <v>0</v>
       </c>
       <c r="G130" s="18">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="H130" s="18">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="I130" s="18">
         <v>6</v>
       </c>
       <c r="J130" s="18">
+        <v>25</v>
+      </c>
+      <c r="K130" s="18">
+        <v>329</v>
+      </c>
+      <c r="L130" s="18">
+        <v>7</v>
+      </c>
+      <c r="M130" s="18">
+        <v>0</v>
+      </c>
+      <c r="N130" s="18">
+        <v>58</v>
+      </c>
+      <c r="O130" s="18">
+        <v>10</v>
+      </c>
+      <c r="P130" s="18">
+        <v>48</v>
+      </c>
+      <c r="Q130" s="18">
+        <v>29</v>
+      </c>
+      <c r="R130" s="18">
+        <v>44</v>
+      </c>
+      <c r="S130" s="18">
+        <v>23</v>
+      </c>
+      <c r="T130" s="18">
+        <v>22</v>
+      </c>
+      <c r="U130" s="18">
         <v>20</v>
       </c>
-      <c r="K130" s="18">
-[...31 lines deleted...]
-      </c>
       <c r="V130" s="18">
         <v>0</v>
       </c>
       <c r="W130" s="18">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="X130" s="18">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="Y130" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="Z130" s="18">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="AA130" s="18">
-        <v>104</v>
+        <v>112</v>
       </c>
       <c r="AB130" s="2"/>
     </row>
     <row r="131" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A131" s="23">
-        <v>45382</v>
+        <v>45322</v>
       </c>
       <c r="B131" s="18">
-        <v>878</v>
+        <v>676</v>
       </c>
       <c r="C131" s="18">
         <v>32</v>
       </c>
       <c r="D131" s="18">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="E131" s="18">
-        <v>35</v>
+        <v>23</v>
       </c>
       <c r="F131" s="18">
         <v>0</v>
       </c>
       <c r="G131" s="18">
-        <v>25</v>
+        <v>11</v>
       </c>
       <c r="H131" s="18">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="I131" s="18">
         <v>3</v>
       </c>
       <c r="J131" s="18">
-        <v>40</v>
+        <v>17</v>
       </c>
       <c r="K131" s="18">
-        <v>264</v>
+        <v>233</v>
       </c>
       <c r="L131" s="18">
-        <v>9</v>
+        <v>2</v>
       </c>
       <c r="M131" s="18">
         <v>0</v>
       </c>
       <c r="N131" s="18">
-        <v>55</v>
+        <v>32</v>
       </c>
       <c r="O131" s="18">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="P131" s="18">
         <v>49</v>
       </c>
       <c r="Q131" s="18">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="R131" s="18">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="S131" s="18">
         <v>18</v>
       </c>
       <c r="T131" s="18">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="U131" s="18">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="V131" s="18">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="W131" s="18">
-        <v>34</v>
+        <v>26</v>
       </c>
       <c r="X131" s="18">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="Y131" s="18">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="Z131" s="18">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="AA131" s="18">
-        <v>105</v>
+        <v>67</v>
       </c>
       <c r="AB131" s="2"/>
     </row>
     <row r="132" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A132" s="23">
-        <v>45412</v>
+        <v>45351</v>
       </c>
       <c r="B132" s="18">
-        <v>1031</v>
+        <v>783</v>
       </c>
       <c r="C132" s="18">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="D132" s="18">
-        <v>42</v>
+        <v>33</v>
       </c>
       <c r="E132" s="18">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="F132" s="18">
         <v>0</v>
       </c>
       <c r="G132" s="18">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="H132" s="18">
+        <v>15</v>
+      </c>
+      <c r="I132" s="18">
+        <v>6</v>
+      </c>
+      <c r="J132" s="18">
+        <v>20</v>
+      </c>
+      <c r="K132" s="18">
+        <v>253</v>
+      </c>
+      <c r="L132" s="18">
+        <v>4</v>
+      </c>
+      <c r="M132" s="18">
+        <v>0</v>
+      </c>
+      <c r="N132" s="18">
+        <v>51</v>
+      </c>
+      <c r="O132" s="18">
+        <v>4</v>
+      </c>
+      <c r="P132" s="18">
+        <v>46</v>
+      </c>
+      <c r="Q132" s="18">
+        <v>25</v>
+      </c>
+      <c r="R132" s="18">
         <v>21</v>
       </c>
-      <c r="I132" s="18">
-[...17 lines deleted...]
-      <c r="O132" s="18">
+      <c r="S132" s="18">
         <v>7</v>
       </c>
-      <c r="P132" s="18">
-[...8 lines deleted...]
-      <c r="S132" s="18">
+      <c r="T132" s="18">
+        <v>18</v>
+      </c>
+      <c r="U132" s="18">
         <v>14</v>
       </c>
-      <c r="T132" s="18">
+      <c r="V132" s="18">
+        <v>0</v>
+      </c>
+      <c r="W132" s="18">
+        <v>34</v>
+      </c>
+      <c r="X132" s="18">
         <v>19</v>
       </c>
-      <c r="U132" s="18">
-[...10 lines deleted...]
-      </c>
       <c r="Y132" s="18">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="Z132" s="18">
-        <v>41</v>
+        <v>27</v>
       </c>
       <c r="AA132" s="18">
-        <v>134</v>
+        <v>104</v>
       </c>
       <c r="AB132" s="2"/>
     </row>
     <row r="133" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A133" s="23">
-        <v>45443</v>
+        <v>45382</v>
       </c>
       <c r="B133" s="18">
-        <v>976</v>
+        <v>878</v>
       </c>
       <c r="C133" s="18">
-        <v>42</v>
+        <v>32</v>
       </c>
       <c r="D133" s="18">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="E133" s="18">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="F133" s="18">
         <v>0</v>
       </c>
       <c r="G133" s="18">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="H133" s="18">
-        <v>30</v>
+        <v>17</v>
       </c>
       <c r="I133" s="18">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="J133" s="18">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="K133" s="18">
-        <v>291</v>
+        <v>264</v>
       </c>
       <c r="L133" s="18">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="M133" s="18">
         <v>0</v>
       </c>
       <c r="N133" s="18">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="O133" s="18">
         <v>6</v>
       </c>
       <c r="P133" s="18">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="Q133" s="18">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="R133" s="18">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="S133" s="18">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="T133" s="18">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="U133" s="18">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="V133" s="18">
         <v>0</v>
       </c>
       <c r="W133" s="18">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="X133" s="18">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="Y133" s="18">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="Z133" s="18">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="AA133" s="18">
-        <v>173</v>
+        <v>105</v>
       </c>
       <c r="AB133" s="2"/>
     </row>
     <row r="134" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A134" s="23">
-        <v>45473</v>
+        <v>45412</v>
       </c>
       <c r="B134" s="18">
-        <v>607</v>
+        <v>1031</v>
       </c>
       <c r="C134" s="18">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="D134" s="18">
-        <v>18</v>
+        <v>42</v>
       </c>
       <c r="E134" s="18">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="F134" s="18">
         <v>0</v>
       </c>
       <c r="G134" s="18">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="H134" s="18">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="I134" s="18">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="J134" s="18">
-        <v>22</v>
+        <v>47</v>
       </c>
       <c r="K134" s="18">
-        <v>179</v>
+        <v>306</v>
       </c>
       <c r="L134" s="18">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="M134" s="18">
         <v>0</v>
       </c>
       <c r="N134" s="18">
-        <v>29</v>
+        <v>79</v>
       </c>
       <c r="O134" s="18">
         <v>7</v>
       </c>
       <c r="P134" s="18">
-        <v>23</v>
+        <v>44</v>
       </c>
       <c r="Q134" s="18">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="R134" s="18">
+        <v>40</v>
+      </c>
+      <c r="S134" s="18">
+        <v>14</v>
+      </c>
+      <c r="T134" s="18">
         <v>19</v>
       </c>
-      <c r="S134" s="18">
-[...4 lines deleted...]
-      </c>
       <c r="U134" s="18">
-        <v>4</v>
+        <v>16</v>
       </c>
       <c r="V134" s="18">
         <v>0</v>
       </c>
       <c r="W134" s="18">
-        <v>20</v>
+        <v>38</v>
       </c>
       <c r="X134" s="18">
-        <v>16</v>
+        <v>33</v>
       </c>
       <c r="Y134" s="18">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="Z134" s="18">
-        <v>12</v>
+        <v>41</v>
       </c>
       <c r="AA134" s="18">
-        <v>95</v>
+        <v>134</v>
       </c>
       <c r="AB134" s="2"/>
     </row>
     <row r="135" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A135" s="23">
-        <v>45504</v>
+        <v>45443</v>
       </c>
       <c r="B135" s="18">
-        <v>694</v>
+        <v>976</v>
       </c>
       <c r="C135" s="18">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="D135" s="18">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="E135" s="18">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="F135" s="18">
         <v>0</v>
       </c>
       <c r="G135" s="18">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="H135" s="18">
+        <v>30</v>
+      </c>
+      <c r="I135" s="18">
         <v>8</v>
       </c>
-      <c r="I135" s="18">
-[...1 lines deleted...]
-      </c>
       <c r="J135" s="18">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="K135" s="18">
-        <v>244</v>
+        <v>291</v>
       </c>
       <c r="L135" s="18">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="M135" s="18">
         <v>0</v>
       </c>
       <c r="N135" s="18">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="O135" s="18">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="P135" s="18">
-        <v>28</v>
+        <v>52</v>
       </c>
       <c r="Q135" s="18">
-        <v>15</v>
+        <v>33</v>
       </c>
       <c r="R135" s="18">
-        <v>19</v>
+        <v>31</v>
       </c>
       <c r="S135" s="18">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="T135" s="18">
         <v>14</v>
       </c>
       <c r="U135" s="18">
-        <v>3</v>
+        <v>11</v>
       </c>
       <c r="V135" s="18">
         <v>0</v>
       </c>
       <c r="W135" s="18">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="X135" s="18">
         <v>19</v>
       </c>
       <c r="Y135" s="18">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="Z135" s="18">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="AA135" s="18">
-        <v>102</v>
+        <v>173</v>
       </c>
       <c r="AB135" s="2"/>
     </row>
     <row r="136" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A136" s="23">
-        <v>45535</v>
+        <v>45473</v>
       </c>
       <c r="B136" s="18">
-        <v>701</v>
+        <v>607</v>
       </c>
       <c r="C136" s="18">
         <v>26</v>
       </c>
       <c r="D136" s="18">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="E136" s="18">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="F136" s="18">
         <v>0</v>
       </c>
       <c r="G136" s="18">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="H136" s="18">
+        <v>15</v>
+      </c>
+      <c r="I136" s="18">
+        <v>7</v>
+      </c>
+      <c r="J136" s="18">
+        <v>22</v>
+      </c>
+      <c r="K136" s="18">
+        <v>179</v>
+      </c>
+      <c r="L136" s="18">
         <v>11</v>
       </c>
-      <c r="I136" s="18">
-[...10 lines deleted...]
-      </c>
       <c r="M136" s="18">
         <v>0</v>
       </c>
       <c r="N136" s="18">
-        <v>37</v>
+        <v>29</v>
       </c>
       <c r="O136" s="18">
         <v>7</v>
       </c>
       <c r="P136" s="18">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="Q136" s="18">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="R136" s="18">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="S136" s="18">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="T136" s="18">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="U136" s="18">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="V136" s="18">
         <v>0</v>
       </c>
       <c r="W136" s="18">
         <v>20</v>
       </c>
       <c r="X136" s="18">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="Y136" s="18">
+        <v>9</v>
+      </c>
+      <c r="Z136" s="18">
         <v>12</v>
       </c>
-      <c r="Z136" s="18">
-[...1 lines deleted...]
-      </c>
       <c r="AA136" s="18">
-        <v>115</v>
+        <v>95</v>
       </c>
       <c r="AB136" s="2"/>
     </row>
     <row r="137" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A137" s="23">
-        <v>45565</v>
+        <v>45504</v>
       </c>
       <c r="B137" s="18">
-        <v>681</v>
+        <v>694</v>
       </c>
       <c r="C137" s="18">
-        <v>25</v>
+        <v>37</v>
       </c>
       <c r="D137" s="18">
         <v>23</v>
       </c>
       <c r="E137" s="18">
         <v>24</v>
       </c>
       <c r="F137" s="18">
         <v>0</v>
       </c>
       <c r="G137" s="18">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="H137" s="18">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="I137" s="18">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="J137" s="18">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="K137" s="18">
-        <v>262</v>
+        <v>244</v>
       </c>
       <c r="L137" s="18">
         <v>5</v>
       </c>
       <c r="M137" s="18">
         <v>0</v>
       </c>
       <c r="N137" s="18">
-        <v>38</v>
+        <v>51</v>
       </c>
       <c r="O137" s="18">
+        <v>5</v>
+      </c>
+      <c r="P137" s="18">
+        <v>28</v>
+      </c>
+      <c r="Q137" s="18">
+        <v>15</v>
+      </c>
+      <c r="R137" s="18">
+        <v>19</v>
+      </c>
+      <c r="S137" s="18">
+        <v>4</v>
+      </c>
+      <c r="T137" s="18">
+        <v>14</v>
+      </c>
+      <c r="U137" s="18">
         <v>3</v>
       </c>
-      <c r="P137" s="18">
-[...16 lines deleted...]
-      </c>
       <c r="V137" s="18">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="W137" s="18">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="X137" s="18">
+        <v>19</v>
+      </c>
+      <c r="Y137" s="18">
+        <v>10</v>
+      </c>
+      <c r="Z137" s="18">
         <v>14</v>
       </c>
-      <c r="Y137" s="18">
-[...4 lines deleted...]
-      </c>
       <c r="AA137" s="18">
-        <v>109</v>
+        <v>102</v>
       </c>
       <c r="AB137" s="2"/>
     </row>
     <row r="138" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A138" s="23">
-        <v>45596</v>
+        <v>45535</v>
       </c>
       <c r="B138" s="18">
-        <v>829</v>
+        <v>701</v>
       </c>
       <c r="C138" s="18">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="D138" s="18">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="E138" s="18">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="F138" s="18">
         <v>0</v>
       </c>
       <c r="G138" s="18">
-        <v>25</v>
+        <v>14</v>
       </c>
       <c r="H138" s="18">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="I138" s="18">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="J138" s="18">
         <v>32</v>
       </c>
       <c r="K138" s="18">
-        <v>337</v>
+        <v>230</v>
       </c>
       <c r="L138" s="18">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="M138" s="18">
         <v>0</v>
       </c>
       <c r="N138" s="18">
-        <v>45</v>
+        <v>37</v>
       </c>
       <c r="O138" s="18">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="P138" s="18">
-        <v>42</v>
+        <v>33</v>
       </c>
       <c r="Q138" s="18">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="R138" s="18">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="S138" s="18">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="T138" s="18">
         <v>15</v>
       </c>
       <c r="U138" s="18">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="V138" s="18">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="W138" s="18">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="X138" s="18">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="Y138" s="18">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="Z138" s="18">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="AA138" s="18">
-        <v>98</v>
+        <v>115</v>
       </c>
       <c r="AB138" s="2"/>
     </row>
     <row r="139" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A139" s="23">
-        <v>45626</v>
+        <v>45565</v>
       </c>
       <c r="B139" s="18">
-        <v>597</v>
+        <v>681</v>
       </c>
       <c r="C139" s="18">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="D139" s="18">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="E139" s="18">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="F139" s="18">
         <v>0</v>
       </c>
       <c r="G139" s="18">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="H139" s="18">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="I139" s="18">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="J139" s="18">
-        <v>40</v>
+        <v>27</v>
       </c>
       <c r="K139" s="18">
-        <v>209</v>
+        <v>262</v>
       </c>
       <c r="L139" s="18">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="M139" s="18">
         <v>0</v>
       </c>
       <c r="N139" s="18">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="O139" s="18">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="P139" s="18">
-        <v>23</v>
+        <v>30</v>
       </c>
       <c r="Q139" s="18">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="R139" s="18">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="S139" s="18">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="T139" s="18">
-        <v>16</v>
+        <v>7</v>
       </c>
       <c r="U139" s="18">
         <v>1</v>
       </c>
       <c r="V139" s="18">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="W139" s="18">
+        <v>28</v>
+      </c>
+      <c r="X139" s="18">
+        <v>14</v>
+      </c>
+      <c r="Y139" s="18">
+        <v>8</v>
+      </c>
+      <c r="Z139" s="18">
         <v>13</v>
       </c>
-      <c r="X139" s="18">
-[...7 lines deleted...]
-      </c>
       <c r="AA139" s="18">
-        <v>94</v>
+        <v>109</v>
       </c>
       <c r="AB139" s="2"/>
     </row>
     <row r="140" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A140" s="23">
-        <v>45657</v>
+        <v>45596</v>
       </c>
       <c r="B140" s="18">
-        <v>379</v>
+        <v>829</v>
       </c>
       <c r="C140" s="18">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="D140" s="18">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="E140" s="18">
+        <v>29</v>
+      </c>
+      <c r="F140" s="18">
+        <v>0</v>
+      </c>
+      <c r="G140" s="18">
+        <v>25</v>
+      </c>
+      <c r="H140" s="18">
+        <v>17</v>
+      </c>
+      <c r="I140" s="18">
+        <v>4</v>
+      </c>
+      <c r="J140" s="18">
+        <v>32</v>
+      </c>
+      <c r="K140" s="18">
+        <v>337</v>
+      </c>
+      <c r="L140" s="18">
+        <v>5</v>
+      </c>
+      <c r="M140" s="18">
+        <v>0</v>
+      </c>
+      <c r="N140" s="18">
+        <v>45</v>
+      </c>
+      <c r="O140" s="18">
         <v>8</v>
       </c>
-      <c r="F140" s="18">
-[...8 lines deleted...]
-      <c r="I140" s="18">
+      <c r="P140" s="18">
+        <v>42</v>
+      </c>
+      <c r="Q140" s="18">
+        <v>17</v>
+      </c>
+      <c r="R140" s="18">
+        <v>27</v>
+      </c>
+      <c r="S140" s="18">
+        <v>4</v>
+      </c>
+      <c r="T140" s="18">
+        <v>15</v>
+      </c>
+      <c r="U140" s="18">
+        <v>0</v>
+      </c>
+      <c r="V140" s="18">
         <v>2</v>
       </c>
-      <c r="J140" s="18">
-[...37 lines deleted...]
-      </c>
       <c r="W140" s="18">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="X140" s="18">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="Y140" s="18">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="Z140" s="18">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="AA140" s="18">
-        <v>68</v>
+        <v>98</v>
       </c>
       <c r="AB140" s="2"/>
     </row>
     <row r="141" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A141" s="23">
-        <v>45688</v>
+        <v>45626</v>
       </c>
       <c r="B141" s="18">
-        <v>475</v>
+        <v>597</v>
       </c>
       <c r="C141" s="18">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="D141" s="18">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E141" s="18">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="F141" s="18">
         <v>0</v>
       </c>
       <c r="G141" s="18">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="H141" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="I141" s="18">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="J141" s="18">
-        <v>22</v>
+        <v>40</v>
       </c>
       <c r="K141" s="18">
-        <v>178</v>
+        <v>209</v>
       </c>
       <c r="L141" s="18">
         <v>4</v>
       </c>
       <c r="M141" s="18">
         <v>0</v>
       </c>
       <c r="N141" s="18">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="O141" s="18">
         <v>1</v>
       </c>
       <c r="P141" s="18">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="Q141" s="18">
+        <v>10</v>
+      </c>
+      <c r="R141" s="18">
+        <v>20</v>
+      </c>
+      <c r="S141" s="18">
         <v>5</v>
       </c>
-      <c r="R141" s="18">
-[...4 lines deleted...]
-      </c>
       <c r="T141" s="18">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="U141" s="18">
         <v>1</v>
       </c>
       <c r="V141" s="18">
         <v>0</v>
       </c>
       <c r="W141" s="18">
+        <v>13</v>
+      </c>
+      <c r="X141" s="18">
+        <v>13</v>
+      </c>
+      <c r="Y141" s="18">
         <v>12</v>
       </c>
-      <c r="X141" s="18">
-[...4 lines deleted...]
-      </c>
       <c r="Z141" s="18">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="AA141" s="18">
-        <v>82</v>
+        <v>94</v>
       </c>
       <c r="AB141" s="2"/>
     </row>
     <row r="142" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A142" s="23">
-        <v>45716</v>
+        <v>45657</v>
       </c>
       <c r="B142" s="18">
-        <v>516</v>
+        <v>379</v>
       </c>
       <c r="C142" s="18">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="D142" s="18">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="E142" s="18">
-        <v>20</v>
+        <v>8</v>
       </c>
       <c r="F142" s="18">
         <v>0</v>
       </c>
       <c r="G142" s="18">
+        <v>8</v>
+      </c>
+      <c r="H142" s="18">
         <v>10</v>
       </c>
-      <c r="H142" s="18">
+      <c r="I142" s="18">
+        <v>2</v>
+      </c>
+      <c r="J142" s="18">
+        <v>17</v>
+      </c>
+      <c r="K142" s="18">
+        <v>134</v>
+      </c>
+      <c r="L142" s="18">
+        <v>3</v>
+      </c>
+      <c r="M142" s="18">
+        <v>0</v>
+      </c>
+      <c r="N142" s="18">
+        <v>23</v>
+      </c>
+      <c r="O142" s="18">
+        <v>2</v>
+      </c>
+      <c r="P142" s="18">
+        <v>13</v>
+      </c>
+      <c r="Q142" s="18">
         <v>4</v>
       </c>
-      <c r="I142" s="18">
-[...2 lines deleted...]
-      <c r="J142" s="18">
+      <c r="R142" s="18">
         <v>18</v>
-      </c>
-[...22 lines deleted...]
-        <v>16</v>
       </c>
       <c r="S142" s="18">
         <v>2</v>
       </c>
       <c r="T142" s="18">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="U142" s="18">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="V142" s="18">
         <v>0</v>
       </c>
       <c r="W142" s="18">
         <v>9</v>
       </c>
       <c r="X142" s="18">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="Y142" s="18">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="Z142" s="18">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="AA142" s="18">
-        <v>95</v>
+        <v>68</v>
       </c>
       <c r="AB142" s="2"/>
     </row>
     <row r="143" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A143" s="23">
-        <v>45747</v>
+        <v>45688</v>
       </c>
       <c r="B143" s="18">
-        <v>427</v>
+        <v>476</v>
       </c>
       <c r="C143" s="18">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="D143" s="18">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E143" s="18">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="F143" s="18">
         <v>0</v>
       </c>
       <c r="G143" s="18">
+        <v>9</v>
+      </c>
+      <c r="H143" s="18">
+        <v>10</v>
+      </c>
+      <c r="I143" s="18">
+        <v>2</v>
+      </c>
+      <c r="J143" s="18">
+        <v>22</v>
+      </c>
+      <c r="K143" s="18">
+        <v>179</v>
+      </c>
+      <c r="L143" s="18">
+        <v>4</v>
+      </c>
+      <c r="M143" s="18">
+        <v>0</v>
+      </c>
+      <c r="N143" s="18">
+        <v>23</v>
+      </c>
+      <c r="O143" s="18">
+        <v>1</v>
+      </c>
+      <c r="P143" s="18">
+        <v>18</v>
+      </c>
+      <c r="Q143" s="18">
         <v>5</v>
       </c>
-      <c r="H143" s="18">
-[...28 lines deleted...]
-      </c>
       <c r="R143" s="18">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="S143" s="18">
         <v>4</v>
       </c>
       <c r="T143" s="18">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="U143" s="18">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="V143" s="18">
         <v>0</v>
       </c>
       <c r="W143" s="18">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="X143" s="18">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="Y143" s="18">
         <v>4</v>
       </c>
       <c r="Z143" s="18">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="AA143" s="18">
-        <v>95</v>
+        <v>82</v>
       </c>
       <c r="AB143" s="2"/>
     </row>
     <row r="144" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A144" s="23">
-        <v>45777</v>
+        <v>45716</v>
       </c>
       <c r="B144" s="18">
-        <v>458</v>
+        <v>525</v>
       </c>
       <c r="C144" s="18">
+        <v>21</v>
+      </c>
+      <c r="D144" s="18">
         <v>14</v>
       </c>
-      <c r="D144" s="18">
-[...1 lines deleted...]
-      </c>
       <c r="E144" s="18">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="F144" s="18">
         <v>0</v>
       </c>
       <c r="G144" s="18">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="H144" s="18">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="I144" s="18">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="J144" s="18">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="K144" s="18">
-        <v>156</v>
+        <v>209</v>
       </c>
       <c r="L144" s="18">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="M144" s="18">
         <v>0</v>
       </c>
       <c r="N144" s="18">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="O144" s="18">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="P144" s="18">
-        <v>18</v>
+        <v>27</v>
       </c>
       <c r="Q144" s="18">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="R144" s="18">
         <v>16</v>
       </c>
       <c r="S144" s="18">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="T144" s="18">
         <v>9</v>
       </c>
       <c r="U144" s="18">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="V144" s="18">
         <v>0</v>
       </c>
       <c r="W144" s="18">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="X144" s="18">
         <v>7</v>
       </c>
       <c r="Y144" s="18">
         <v>5</v>
       </c>
       <c r="Z144" s="18">
         <v>11</v>
       </c>
       <c r="AA144" s="18">
-        <v>103</v>
+        <v>95</v>
       </c>
       <c r="AB144" s="2"/>
     </row>
     <row r="145" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A145" s="23">
-        <v>45808</v>
+        <v>45747</v>
       </c>
       <c r="B145" s="18">
-        <v>599</v>
+        <v>433</v>
       </c>
       <c r="C145" s="18">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="D145" s="18">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="E145" s="18">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="F145" s="18">
         <v>0</v>
       </c>
       <c r="G145" s="18">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="H145" s="18">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="I145" s="18">
         <v>3</v>
       </c>
       <c r="J145" s="18">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="K145" s="18">
-        <v>212</v>
+        <v>149</v>
       </c>
       <c r="L145" s="18">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="M145" s="18">
         <v>0</v>
       </c>
       <c r="N145" s="18">
-        <v>39</v>
+        <v>21</v>
       </c>
       <c r="O145" s="18">
         <v>2</v>
       </c>
       <c r="P145" s="18">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="Q145" s="18">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="R145" s="18">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="S145" s="18">
         <v>4</v>
       </c>
       <c r="T145" s="18">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="U145" s="18">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="V145" s="18">
         <v>0</v>
       </c>
       <c r="W145" s="18">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="X145" s="18">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="Y145" s="18">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="Z145" s="18">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="AA145" s="18">
-        <v>119</v>
+        <v>95</v>
       </c>
       <c r="AB145" s="2"/>
     </row>
     <row r="146" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A146" s="23">
-        <v>45838</v>
+        <v>45777</v>
       </c>
       <c r="B146" s="18">
-        <v>694</v>
+        <v>460</v>
       </c>
       <c r="C146" s="18">
-        <v>30</v>
+        <v>14</v>
       </c>
       <c r="D146" s="18">
-        <v>25</v>
+        <v>13</v>
       </c>
       <c r="E146" s="18">
-        <v>28</v>
+        <v>16</v>
       </c>
       <c r="F146" s="18">
         <v>0</v>
       </c>
       <c r="G146" s="18">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="H146" s="18">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="I146" s="18">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="J146" s="18">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="K146" s="18">
-        <v>244</v>
+        <v>156</v>
       </c>
       <c r="L146" s="18">
+        <v>4</v>
+      </c>
+      <c r="M146" s="18">
+        <v>0</v>
+      </c>
+      <c r="N146" s="18">
+        <v>26</v>
+      </c>
+      <c r="O146" s="18">
+        <v>2</v>
+      </c>
+      <c r="P146" s="18">
+        <v>18</v>
+      </c>
+      <c r="Q146" s="18">
         <v>7</v>
       </c>
-      <c r="M146" s="18">
-[...13 lines deleted...]
-      </c>
       <c r="R146" s="18">
-        <v>28</v>
+        <v>16</v>
       </c>
       <c r="S146" s="18">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T146" s="18">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="U146" s="18">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="V146" s="18">
         <v>0</v>
       </c>
       <c r="W146" s="18">
         <v>11</v>
       </c>
       <c r="X146" s="18">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="Y146" s="18">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="Z146" s="18">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="AA146" s="18">
-        <v>126</v>
+        <v>103</v>
       </c>
       <c r="AB146" s="2"/>
     </row>
     <row r="147" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A147" s="23">
-        <v>45869</v>
+        <v>45808</v>
       </c>
       <c r="B147" s="18">
-        <v>871</v>
+        <v>605</v>
       </c>
       <c r="C147" s="18">
-        <v>48</v>
+        <v>17</v>
       </c>
       <c r="D147" s="18">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="E147" s="18">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="F147" s="18">
         <v>0</v>
       </c>
       <c r="G147" s="18">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="H147" s="18">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="I147" s="18">
+        <v>3</v>
+      </c>
+      <c r="J147" s="18">
+        <v>28</v>
+      </c>
+      <c r="K147" s="18">
+        <v>217</v>
+      </c>
+      <c r="L147" s="18">
         <v>4</v>
       </c>
-      <c r="J147" s="18">
-[...7 lines deleted...]
-      </c>
       <c r="M147" s="18">
         <v>0</v>
       </c>
       <c r="N147" s="18">
-        <v>62</v>
+        <v>40</v>
       </c>
       <c r="O147" s="18">
         <v>2</v>
       </c>
       <c r="P147" s="18">
         <v>24</v>
       </c>
       <c r="Q147" s="18">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="R147" s="18">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="S147" s="18">
         <v>4</v>
       </c>
       <c r="T147" s="18">
         <v>15</v>
       </c>
       <c r="U147" s="18">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="V147" s="18">
         <v>0</v>
       </c>
       <c r="W147" s="18">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="X147" s="18">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="Y147" s="18">
+        <v>7</v>
+      </c>
+      <c r="Z147" s="18">
         <v>11</v>
       </c>
-      <c r="Z147" s="18">
-[...1 lines deleted...]
-      </c>
       <c r="AA147" s="18">
-        <v>128</v>
+        <v>119</v>
       </c>
       <c r="AB147" s="2"/>
     </row>
     <row r="148" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A148" s="23">
-        <v>45900</v>
+        <v>45838</v>
       </c>
       <c r="B148" s="18">
-        <v>789</v>
+        <v>703</v>
       </c>
       <c r="C148" s="18">
-        <v>48</v>
+        <v>30</v>
       </c>
       <c r="D148" s="18">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="E148" s="18">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="F148" s="18">
         <v>0</v>
       </c>
       <c r="G148" s="18">
+        <v>13</v>
+      </c>
+      <c r="H148" s="18">
         <v>11</v>
       </c>
-      <c r="H148" s="18">
-[...1 lines deleted...]
-      </c>
       <c r="I148" s="18">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="J148" s="18">
-        <v>56</v>
+        <v>32</v>
       </c>
       <c r="K148" s="18">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="L148" s="18">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="M148" s="18">
         <v>0</v>
       </c>
       <c r="N148" s="18">
-        <v>61</v>
+        <v>41</v>
       </c>
       <c r="O148" s="18">
         <v>3</v>
       </c>
       <c r="P148" s="18">
+        <v>26</v>
+      </c>
+      <c r="Q148" s="18">
+        <v>13</v>
+      </c>
+      <c r="R148" s="18">
+        <v>28</v>
+      </c>
+      <c r="S148" s="18">
+        <v>3</v>
+      </c>
+      <c r="T148" s="18">
+        <v>17</v>
+      </c>
+      <c r="U148" s="18">
+        <v>6</v>
+      </c>
+      <c r="V148" s="18">
+        <v>0</v>
+      </c>
+      <c r="W148" s="18">
+        <v>11</v>
+      </c>
+      <c r="X148" s="18">
+        <v>14</v>
+      </c>
+      <c r="Y148" s="18">
+        <v>7</v>
+      </c>
+      <c r="Z148" s="18">
+        <v>9</v>
+      </c>
+      <c r="AA148" s="18">
+        <v>129</v>
+      </c>
+      <c r="AB148" s="2"/>
+    </row>
+    <row r="149" spans="1:28" x14ac:dyDescent="0.3">
+      <c r="A149" s="23">
+        <v>45869</v>
+      </c>
+      <c r="B149" s="18">
+        <v>895</v>
+      </c>
+      <c r="C149" s="18">
+        <v>50</v>
+      </c>
+      <c r="D149" s="18">
+        <v>32</v>
+      </c>
+      <c r="E149" s="18">
+        <v>27</v>
+      </c>
+      <c r="F149" s="18">
+        <v>0</v>
+      </c>
+      <c r="G149" s="18">
+        <v>14</v>
+      </c>
+      <c r="H149" s="18">
+        <v>12</v>
+      </c>
+      <c r="I149" s="18">
+        <v>4</v>
+      </c>
+      <c r="J149" s="18">
+        <v>46</v>
+      </c>
+      <c r="K149" s="18">
+        <v>336</v>
+      </c>
+      <c r="L149" s="18">
+        <v>6</v>
+      </c>
+      <c r="M149" s="18">
+        <v>0</v>
+      </c>
+      <c r="N149" s="18">
+        <v>63</v>
+      </c>
+      <c r="O149" s="18">
+        <v>2</v>
+      </c>
+      <c r="P149" s="18">
+        <v>24</v>
+      </c>
+      <c r="Q149" s="18">
+        <v>10</v>
+      </c>
+      <c r="R149" s="18">
+        <v>21</v>
+      </c>
+      <c r="S149" s="18">
+        <v>4</v>
+      </c>
+      <c r="T149" s="18">
+        <v>15</v>
+      </c>
+      <c r="U149" s="18">
+        <v>4</v>
+      </c>
+      <c r="V149" s="18">
+        <v>0</v>
+      </c>
+      <c r="W149" s="18">
+        <v>21</v>
+      </c>
+      <c r="X149" s="18">
+        <v>23</v>
+      </c>
+      <c r="Y149" s="18">
+        <v>11</v>
+      </c>
+      <c r="Z149" s="18">
+        <v>37</v>
+      </c>
+      <c r="AA149" s="18">
+        <v>133</v>
+      </c>
+      <c r="AB149" s="2"/>
+    </row>
+    <row r="150" spans="1:28" x14ac:dyDescent="0.3">
+      <c r="A150" s="23">
+        <v>45900</v>
+      </c>
+      <c r="B150" s="18">
+        <v>807</v>
+      </c>
+      <c r="C150" s="18">
+        <v>48</v>
+      </c>
+      <c r="D150" s="18">
+        <v>26</v>
+      </c>
+      <c r="E150" s="18">
+        <v>16</v>
+      </c>
+      <c r="F150" s="18">
+        <v>0</v>
+      </c>
+      <c r="G150" s="18">
+        <v>13</v>
+      </c>
+      <c r="H150" s="18">
+        <v>11</v>
+      </c>
+      <c r="I150" s="18">
+        <v>6</v>
+      </c>
+      <c r="J150" s="18">
+        <v>56</v>
+      </c>
+      <c r="K150" s="18">
+        <v>257</v>
+      </c>
+      <c r="L150" s="18">
+        <v>4</v>
+      </c>
+      <c r="M150" s="18">
+        <v>0</v>
+      </c>
+      <c r="N150" s="18">
+        <v>62</v>
+      </c>
+      <c r="O150" s="18">
+        <v>3</v>
+      </c>
+      <c r="P150" s="18">
         <v>40</v>
       </c>
-      <c r="Q148" s="18">
+      <c r="Q150" s="18">
         <v>9</v>
       </c>
-      <c r="R148" s="18">
+      <c r="R150" s="18">
         <v>23</v>
       </c>
-      <c r="S148" s="18">
+      <c r="S150" s="18">
         <v>4</v>
       </c>
-      <c r="T148" s="18">
+      <c r="T150" s="18">
         <v>18</v>
       </c>
-      <c r="U148" s="18">
+      <c r="U150" s="18">
         <v>12</v>
       </c>
-      <c r="V148" s="18">
-[...2 lines deleted...]
-      <c r="W148" s="18">
+      <c r="V150" s="18">
+        <v>0</v>
+      </c>
+      <c r="W150" s="18">
         <v>16</v>
       </c>
-      <c r="X148" s="18">
+      <c r="X150" s="18">
+        <v>14</v>
+      </c>
+      <c r="Y150" s="18">
+        <v>6</v>
+      </c>
+      <c r="Z150" s="18">
+        <v>35</v>
+      </c>
+      <c r="AA150" s="18">
+        <v>128</v>
+      </c>
+      <c r="AB150" s="2"/>
+    </row>
+    <row r="151" spans="1:28" x14ac:dyDescent="0.3">
+      <c r="A151" s="23">
+        <v>45930</v>
+      </c>
+      <c r="B151" s="18">
+        <v>874</v>
+      </c>
+      <c r="C151" s="18">
+        <v>31</v>
+      </c>
+      <c r="D151" s="18">
+        <v>35</v>
+      </c>
+      <c r="E151" s="18">
+        <v>22</v>
+      </c>
+      <c r="F151" s="18">
+        <v>0</v>
+      </c>
+      <c r="G151" s="18">
+        <v>11</v>
+      </c>
+      <c r="H151" s="18">
+        <v>14</v>
+      </c>
+      <c r="I151" s="18">
+        <v>6</v>
+      </c>
+      <c r="J151" s="18">
+        <v>53</v>
+      </c>
+      <c r="K151" s="18">
+        <v>315</v>
+      </c>
+      <c r="L151" s="18">
+        <v>9</v>
+      </c>
+      <c r="M151" s="18">
+        <v>0</v>
+      </c>
+      <c r="N151" s="18">
+        <v>46</v>
+      </c>
+      <c r="O151" s="18">
+        <v>4</v>
+      </c>
+      <c r="P151" s="18">
+        <v>26</v>
+      </c>
+      <c r="Q151" s="18">
+        <v>12</v>
+      </c>
+      <c r="R151" s="18">
+        <v>16</v>
+      </c>
+      <c r="S151" s="18">
+        <v>9</v>
+      </c>
+      <c r="T151" s="18">
+        <v>20</v>
+      </c>
+      <c r="U151" s="18">
+        <v>7</v>
+      </c>
+      <c r="V151" s="18">
+        <v>0</v>
+      </c>
+      <c r="W151" s="18">
+        <v>18</v>
+      </c>
+      <c r="X151" s="18">
+        <v>21</v>
+      </c>
+      <c r="Y151" s="18">
+        <v>9</v>
+      </c>
+      <c r="Z151" s="18">
+        <v>32</v>
+      </c>
+      <c r="AA151" s="18">
+        <v>158</v>
+      </c>
+      <c r="AB151" s="2"/>
+    </row>
+    <row r="152" spans="1:28" x14ac:dyDescent="0.3">
+      <c r="A152" s="23">
+        <v>45961</v>
+      </c>
+      <c r="B152" s="18">
+        <v>809</v>
+      </c>
+      <c r="C152" s="18">
+        <v>35</v>
+      </c>
+      <c r="D152" s="18">
+        <v>34</v>
+      </c>
+      <c r="E152" s="18">
         <v>13</v>
       </c>
-      <c r="Y148" s="18">
-[...2 lines deleted...]
-      <c r="Z148" s="18">
+      <c r="F152" s="18">
+        <v>0</v>
+      </c>
+      <c r="G152" s="18">
+        <v>13</v>
+      </c>
+      <c r="H152" s="18">
+        <v>20</v>
+      </c>
+      <c r="I152" s="18">
+        <v>2</v>
+      </c>
+      <c r="J152" s="18">
+        <v>44</v>
+      </c>
+      <c r="K152" s="18">
+        <v>309</v>
+      </c>
+      <c r="L152" s="18">
+        <v>4</v>
+      </c>
+      <c r="M152" s="18">
+        <v>0</v>
+      </c>
+      <c r="N152" s="18">
         <v>35</v>
       </c>
-      <c r="AA148" s="18">
-[...152 lines deleted...]
-      <c r="A154" s="66" t="s">
+      <c r="O152" s="18">
+        <v>5</v>
+      </c>
+      <c r="P152" s="18">
+        <v>16</v>
+      </c>
+      <c r="Q152" s="18">
+        <v>11</v>
+      </c>
+      <c r="R152" s="18">
+        <v>26</v>
+      </c>
+      <c r="S152" s="18">
+        <v>10</v>
+      </c>
+      <c r="T152" s="18">
+        <v>12</v>
+      </c>
+      <c r="U152" s="18">
+        <v>8</v>
+      </c>
+      <c r="V152" s="18">
+        <v>0</v>
+      </c>
+      <c r="W152" s="18">
+        <v>14</v>
+      </c>
+      <c r="X152" s="18">
+        <v>10</v>
+      </c>
+      <c r="Y152" s="18">
+        <v>11</v>
+      </c>
+      <c r="Z152" s="18">
+        <v>22</v>
+      </c>
+      <c r="AA152" s="18">
+        <v>155</v>
+      </c>
+      <c r="AB152" s="2"/>
+    </row>
+    <row r="153" spans="1:28" x14ac:dyDescent="0.3">
+      <c r="A153" s="10"/>
+      <c r="B153" s="11"/>
+      <c r="C153" s="11"/>
+      <c r="D153" s="11"/>
+      <c r="E153" s="11"/>
+      <c r="F153" s="11"/>
+      <c r="G153" s="11"/>
+      <c r="H153" s="11"/>
+      <c r="I153" s="11"/>
+      <c r="J153" s="11"/>
+      <c r="K153" s="11"/>
+      <c r="L153" s="11"/>
+      <c r="M153" s="11"/>
+      <c r="N153" s="11"/>
+      <c r="O153" s="11"/>
+      <c r="P153" s="11"/>
+      <c r="Q153" s="11"/>
+      <c r="R153" s="11"/>
+      <c r="S153" s="11"/>
+      <c r="T153" s="11"/>
+      <c r="U153" s="11"/>
+      <c r="V153" s="11"/>
+      <c r="W153" s="11"/>
+      <c r="X153" s="11"/>
+      <c r="Y153" s="11"/>
+      <c r="Z153" s="11"/>
+      <c r="AA153" s="11"/>
+    </row>
+    <row r="154" spans="1:28" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A154" s="68" t="s">
         <v>66</v>
       </c>
-      <c r="B154" s="66"/>
-[...13 lines deleted...]
-      <c r="P154" s="66"/>
+      <c r="B154" s="68"/>
+      <c r="C154" s="68"/>
+      <c r="D154" s="68"/>
+      <c r="E154" s="68"/>
+      <c r="F154" s="68"/>
+      <c r="G154" s="68"/>
+      <c r="H154" s="68"/>
+      <c r="I154" s="68"/>
+      <c r="J154" s="68"/>
+      <c r="K154" s="68"/>
+      <c r="L154" s="68"/>
+      <c r="M154" s="68"/>
+      <c r="N154" s="68"/>
+      <c r="O154" s="68"/>
+      <c r="P154" s="68"/>
       <c r="Q154" s="8"/>
       <c r="R154" s="8"/>
       <c r="S154" s="8"/>
       <c r="T154" s="8"/>
       <c r="U154" s="8"/>
       <c r="V154" s="8"/>
       <c r="W154" s="8"/>
       <c r="X154" s="8"/>
       <c r="Y154" s="8"/>
       <c r="Z154" s="8"/>
       <c r="AA154" s="8"/>
     </row>
-    <row r="155" spans="1:28" x14ac:dyDescent="0.3">
-[...14 lines deleted...]
-      <c r="P155" s="8"/>
+    <row r="155" spans="1:28" ht="25.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A155" s="68"/>
+      <c r="B155" s="68"/>
+      <c r="C155" s="68"/>
+      <c r="D155" s="68"/>
+      <c r="E155" s="68"/>
+      <c r="F155" s="68"/>
+      <c r="G155" s="68"/>
+      <c r="H155" s="68"/>
+      <c r="I155" s="68"/>
+      <c r="J155" s="68"/>
+      <c r="K155" s="68"/>
+      <c r="L155" s="68"/>
+      <c r="M155" s="68"/>
+      <c r="N155" s="68"/>
+      <c r="O155" s="68"/>
+      <c r="P155" s="68"/>
       <c r="Q155" s="8"/>
       <c r="R155" s="8"/>
       <c r="S155" s="8"/>
       <c r="T155" s="8"/>
       <c r="U155" s="8"/>
       <c r="V155" s="8"/>
       <c r="W155" s="8"/>
       <c r="X155" s="8"/>
       <c r="Y155" s="8"/>
       <c r="Z155" s="8"/>
       <c r="AA155" s="8"/>
     </row>
     <row r="156" spans="1:28" x14ac:dyDescent="0.3">
-      <c r="B156" s="8"/>
-[...13 lines deleted...]
-      <c r="P156" s="8"/>
+      <c r="A156" s="68"/>
+      <c r="B156" s="68"/>
+      <c r="C156" s="68"/>
+      <c r="D156" s="68"/>
+      <c r="E156" s="68"/>
+      <c r="F156" s="68"/>
+      <c r="G156" s="68"/>
+      <c r="H156" s="68"/>
+      <c r="I156" s="68"/>
+      <c r="J156" s="68"/>
+      <c r="K156" s="68"/>
+      <c r="L156" s="68"/>
+      <c r="M156" s="68"/>
+      <c r="N156" s="68"/>
+      <c r="O156" s="68"/>
+      <c r="P156" s="68"/>
       <c r="Q156" s="8"/>
       <c r="R156" s="8"/>
       <c r="S156" s="8"/>
       <c r="T156" s="8"/>
       <c r="U156" s="8"/>
       <c r="V156" s="8"/>
       <c r="W156" s="8"/>
       <c r="X156" s="8"/>
       <c r="Y156" s="8"/>
       <c r="Z156" s="8"/>
       <c r="AA156" s="8"/>
     </row>
-    <row r="157" spans="1:28" x14ac:dyDescent="0.3">
-[...14 lines deleted...]
-      <c r="P157" s="8"/>
+    <row r="157" spans="1:28" ht="43.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A157" s="68"/>
+      <c r="B157" s="68"/>
+      <c r="C157" s="68"/>
+      <c r="D157" s="68"/>
+      <c r="E157" s="68"/>
+      <c r="F157" s="68"/>
+      <c r="G157" s="68"/>
+      <c r="H157" s="68"/>
+      <c r="I157" s="68"/>
+      <c r="J157" s="68"/>
+      <c r="K157" s="68"/>
+      <c r="L157" s="68"/>
+      <c r="M157" s="68"/>
+      <c r="N157" s="68"/>
+      <c r="O157" s="68"/>
+      <c r="P157" s="68"/>
       <c r="Q157" s="8"/>
       <c r="R157" s="8"/>
       <c r="S157" s="8"/>
       <c r="T157" s="8"/>
       <c r="U157" s="8"/>
       <c r="V157" s="8"/>
       <c r="W157" s="8"/>
       <c r="X157" s="8"/>
       <c r="Y157" s="8"/>
       <c r="Z157" s="8"/>
       <c r="AA157" s="8"/>
     </row>
-    <row r="158" spans="1:28" x14ac:dyDescent="0.3">
-[...14 lines deleted...]
-      <c r="P158" s="8"/>
+    <row r="158" spans="1:28" ht="43.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A158" s="67" t="s">
+        <v>64</v>
+      </c>
+      <c r="B158" s="67"/>
+      <c r="C158" s="67"/>
+      <c r="D158" s="67"/>
+      <c r="E158" s="67"/>
+      <c r="F158" s="67"/>
+      <c r="G158" s="67"/>
+      <c r="H158" s="67"/>
+      <c r="I158" s="67"/>
+      <c r="J158" s="67"/>
+      <c r="K158" s="67"/>
+      <c r="L158" s="67"/>
+      <c r="M158" s="67"/>
+      <c r="N158" s="67"/>
+      <c r="O158" s="67"/>
+      <c r="P158" s="67"/>
       <c r="Q158" s="8"/>
       <c r="R158" s="8"/>
       <c r="S158" s="8"/>
       <c r="T158" s="8"/>
       <c r="U158" s="8"/>
       <c r="V158" s="8"/>
       <c r="W158" s="8"/>
       <c r="X158" s="8"/>
       <c r="Y158" s="8"/>
       <c r="Z158" s="8"/>
       <c r="AA158" s="8"/>
     </row>
     <row r="159" spans="1:28" x14ac:dyDescent="0.3">
       <c r="B159" s="8"/>
       <c r="C159" s="8"/>
       <c r="D159" s="8"/>
       <c r="E159" s="8"/>
       <c r="F159" s="8"/>
       <c r="G159" s="8"/>
       <c r="H159" s="8"/>
       <c r="I159" s="8"/>
       <c r="J159" s="8"/>
       <c r="K159" s="8"/>
       <c r="L159" s="8"/>
       <c r="M159" s="8"/>
@@ -27514,81 +28007,193 @@
       <c r="F172" s="8"/>
       <c r="G172" s="8"/>
       <c r="H172" s="8"/>
       <c r="I172" s="8"/>
       <c r="J172" s="8"/>
       <c r="K172" s="8"/>
       <c r="L172" s="8"/>
       <c r="M172" s="8"/>
       <c r="N172" s="8"/>
       <c r="O172" s="8"/>
       <c r="P172" s="8"/>
       <c r="Q172" s="8"/>
       <c r="R172" s="8"/>
       <c r="S172" s="8"/>
       <c r="T172" s="8"/>
       <c r="U172" s="8"/>
       <c r="V172" s="8"/>
       <c r="W172" s="8"/>
       <c r="X172" s="8"/>
       <c r="Y172" s="8"/>
       <c r="Z172" s="8"/>
       <c r="AA172" s="8"/>
     </row>
     <row r="173" spans="2:27" x14ac:dyDescent="0.3">
       <c r="B173" s="8"/>
+      <c r="C173" s="8"/>
+      <c r="D173" s="8"/>
+      <c r="E173" s="8"/>
+      <c r="F173" s="8"/>
+      <c r="G173" s="8"/>
+      <c r="H173" s="8"/>
+      <c r="I173" s="8"/>
+      <c r="J173" s="8"/>
+      <c r="K173" s="8"/>
+      <c r="L173" s="8"/>
+      <c r="M173" s="8"/>
+      <c r="N173" s="8"/>
+      <c r="O173" s="8"/>
+      <c r="P173" s="8"/>
+      <c r="Q173" s="8"/>
+      <c r="R173" s="8"/>
+      <c r="S173" s="8"/>
+      <c r="T173" s="8"/>
+      <c r="U173" s="8"/>
+      <c r="V173" s="8"/>
+      <c r="W173" s="8"/>
+      <c r="X173" s="8"/>
+      <c r="Y173" s="8"/>
+      <c r="Z173" s="8"/>
+      <c r="AA173" s="8"/>
     </row>
     <row r="174" spans="2:27" x14ac:dyDescent="0.3">
       <c r="B174" s="8"/>
+      <c r="C174" s="8"/>
+      <c r="D174" s="8"/>
+      <c r="E174" s="8"/>
+      <c r="F174" s="8"/>
+      <c r="G174" s="8"/>
+      <c r="H174" s="8"/>
+      <c r="I174" s="8"/>
+      <c r="J174" s="8"/>
+      <c r="K174" s="8"/>
+      <c r="L174" s="8"/>
+      <c r="M174" s="8"/>
+      <c r="N174" s="8"/>
+      <c r="O174" s="8"/>
+      <c r="P174" s="8"/>
+      <c r="Q174" s="8"/>
+      <c r="R174" s="8"/>
+      <c r="S174" s="8"/>
+      <c r="T174" s="8"/>
+      <c r="U174" s="8"/>
+      <c r="V174" s="8"/>
+      <c r="W174" s="8"/>
+      <c r="X174" s="8"/>
+      <c r="Y174" s="8"/>
+      <c r="Z174" s="8"/>
+      <c r="AA174" s="8"/>
     </row>
     <row r="175" spans="2:27" x14ac:dyDescent="0.3">
       <c r="B175" s="8"/>
+      <c r="C175" s="8"/>
+      <c r="D175" s="8"/>
+      <c r="E175" s="8"/>
+      <c r="F175" s="8"/>
+      <c r="G175" s="8"/>
+      <c r="H175" s="8"/>
+      <c r="I175" s="8"/>
+      <c r="J175" s="8"/>
+      <c r="K175" s="8"/>
+      <c r="L175" s="8"/>
+      <c r="M175" s="8"/>
+      <c r="N175" s="8"/>
+      <c r="O175" s="8"/>
+      <c r="P175" s="8"/>
+      <c r="Q175" s="8"/>
+      <c r="R175" s="8"/>
+      <c r="S175" s="8"/>
+      <c r="T175" s="8"/>
+      <c r="U175" s="8"/>
+      <c r="V175" s="8"/>
+      <c r="W175" s="8"/>
+      <c r="X175" s="8"/>
+      <c r="Y175" s="8"/>
+      <c r="Z175" s="8"/>
+      <c r="AA175" s="8"/>
     </row>
     <row r="176" spans="2:27" x14ac:dyDescent="0.3">
       <c r="B176" s="8"/>
+      <c r="C176" s="8"/>
+      <c r="D176" s="8"/>
+      <c r="E176" s="8"/>
+      <c r="F176" s="8"/>
+      <c r="G176" s="8"/>
+      <c r="H176" s="8"/>
+      <c r="I176" s="8"/>
+      <c r="J176" s="8"/>
+      <c r="K176" s="8"/>
+      <c r="L176" s="8"/>
+      <c r="M176" s="8"/>
+      <c r="N176" s="8"/>
+      <c r="O176" s="8"/>
+      <c r="P176" s="8"/>
+      <c r="Q176" s="8"/>
+      <c r="R176" s="8"/>
+      <c r="S176" s="8"/>
+      <c r="T176" s="8"/>
+      <c r="U176" s="8"/>
+      <c r="V176" s="8"/>
+      <c r="W176" s="8"/>
+      <c r="X176" s="8"/>
+      <c r="Y176" s="8"/>
+      <c r="Z176" s="8"/>
+      <c r="AA176" s="8"/>
     </row>
     <row r="177" spans="2:2" x14ac:dyDescent="0.3">
       <c r="B177" s="8"/>
     </row>
     <row r="178" spans="2:2" x14ac:dyDescent="0.3">
       <c r="B178" s="8"/>
     </row>
     <row r="179" spans="2:2" x14ac:dyDescent="0.3">
       <c r="B179" s="8"/>
+    </row>
+    <row r="180" spans="2:2" x14ac:dyDescent="0.3">
+      <c r="B180" s="8"/>
+    </row>
+    <row r="181" spans="2:2" x14ac:dyDescent="0.3">
+      <c r="B181" s="8"/>
+    </row>
+    <row r="182" spans="2:2" x14ac:dyDescent="0.3">
+      <c r="B182" s="8"/>
+    </row>
+    <row r="183" spans="2:2" x14ac:dyDescent="0.3">
+      <c r="B183" s="8"/>
     </row>
   </sheetData>
   <mergeCells count="10">
     <mergeCell ref="A5:AA5"/>
     <mergeCell ref="A6:A7"/>
     <mergeCell ref="B6:B7"/>
     <mergeCell ref="C6:AA6"/>
-    <mergeCell ref="A77:AA77"/>
-[...4 lines deleted...]
-    <mergeCell ref="C78:AA78"/>
+    <mergeCell ref="A79:AA79"/>
+    <mergeCell ref="A158:P158"/>
+    <mergeCell ref="A154:P157"/>
+    <mergeCell ref="A80:A81"/>
+    <mergeCell ref="B80:B81"/>
+    <mergeCell ref="C80:AA80"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="4294967293" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Аркуші</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="4" baseType="lpstr">
       <vt:lpstr>Disclaimer</vt:lpstr>
       <vt:lpstr>Part 1. Stock of loans</vt:lpstr>