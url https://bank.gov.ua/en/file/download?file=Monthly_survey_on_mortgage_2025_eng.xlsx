--- v1 (2025-12-26)
+++ v2 (2026-02-27)
@@ -5,51 +5,51 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="164011"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\робочий стіл\іпотека\опитування\Oct_25\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\робочий стіл\іпотека\опитування\Dec_25\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="23040" windowHeight="8328" activeTab="1"/>
   </bookViews>
   <sheets>
     <sheet name="Disclaimer" sheetId="4" r:id="rId1"/>
     <sheet name="Part 1. Stock of loans" sheetId="1" r:id="rId2"/>
     <sheet name="Part 2. New lending" sheetId="5" r:id="rId3"/>
     <sheet name="Part 3. Distribution by regions" sheetId="2" r:id="rId4"/>
   </sheets>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
@@ -371,54 +371,50 @@
   <si>
     <t>Khmelnytskyi Oblast</t>
   </si>
   <si>
     <t>Cherkasy Oblast</t>
   </si>
   <si>
     <t>Chernivtsi Oblast</t>
   </si>
   <si>
     <t>Chernihiv Oblast</t>
   </si>
   <si>
     <t>Kyiv (Municipality)</t>
   </si>
   <si>
     <t>New mortgage loans to individuals, issued during the period, by regions, units</t>
   </si>
   <si>
     <t>New mortgages to households, issued during the period, thousands UAH</t>
   </si>
   <si>
     <t>secured by property rights to future real estate as collateral</t>
   </si>
   <si>
-    <t>In November 2025 the responds were sent by 38 banks, gross mortgage portfolio of which amounted to 98.9% of the amount as of the end of 2021, while their share in the new lending in 2021 - 98.4% (the shares are calculated on the base of results of the surveys). 
-[...2 lines deleted...]
-  <si>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="10"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="204"/>
       </rPr>
       <t>1</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="204"/>
       </rPr>
       <t>Information is prepared by the National Bank of Ukraine using the results of banks surveys on the loans, issued to individuals for the purchase, construction and reconstruction of real estate, secured by real estate. This file contains data that is a self-assessment of the banks' own mortgage portfolios and therefore may not coincide with the official statistics posted in the "Statistics" section of the official web-site of the National Bank of Ukraine. 
 The differences are primarily due to the use by banks for the purposes of compiling this table, in particular, data from management reporting. This approach more accurately reflects the type of collateral for loans, and therefore the essence of the classification of loans. 
 Banks may revise information for previous months, so in subsequent periods retrospective changes are likely.
 The data in not the official statistics of the National Bank of Ukraine. 
 Considering the clarifications provided to banks, data on the amounts and quantities of new mortgage loans by target were updated in March 2025. These data were updated retrospectively from October 2022 to December 2024. The previous results of the survey on the amounts and quantities of new mortgage loans for the purchase of housing in the primary real estate market took into account only mortgage loans secured by property rights to future real estate.
 In December 2021, January 2024, and November 2025, some banks revised data for previous months.</t>
     </r>
   </si>
@@ -426,50 +422,54 @@
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="204"/>
       </rPr>
       <t>1</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="204"/>
       </rPr>
       <t>Information is prepared by the National Bank of Ukraine using the results of banks surveys on the loans, issued to individuals for the purchase, construction and reconstruction of real estate, secured by real estate. This file contains data that is a self-assessment of the banks' own mortgage portfolios and therefore may not coincide with the official statistics posted in the "Statistics" section of the official web-site of the National Bank of Ukraine. 
 The differences are primarily due to the use by banks for the purposes of compiling this table, in particular, data from management reporting. This approach more accurately reflects the type of collateral for loans, and therefore the essence of the classification of loans. 
 Banks may revise information for previous months, so in subsequent periods retrospective changes are likely.
 The data in not the official statistics of the National Bank of Ukraine. 
 In December 2021, January 2024, and November 2025, some banks revised data for previous months.</t>
     </r>
+  </si>
+  <si>
+    <t>In January 2026 the responds were sent by 38 banks, gross mortgage portfolio of which amounted to 98.9% of the amount as of the end of 2021, while their share in the new lending in 2021 - 98.4% (the shares are calculated on the base of results of the surveys). 
+All sample (since December 2018) is build, covering only banks that responded in January 2026.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <numFmts count="4">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
     <numFmt numFmtId="165" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="166" formatCode="[$-809]mmm\ yyyy;@"/>
   </numFmts>
   <fonts count="17" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="204"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
@@ -2028,57 +2028,57 @@
       <c r="H10" s="13"/>
       <c r="I10" s="13"/>
       <c r="J10" s="13"/>
       <c r="K10" s="13"/>
       <c r="L10" s="13"/>
       <c r="M10" s="13"/>
       <c r="N10" s="13"/>
       <c r="O10" s="13"/>
     </row>
     <row r="23" spans="9:9" x14ac:dyDescent="0.3">
       <c r="I23" t="s">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A4:V9"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="4294967293" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:AA130"/>
+  <dimension ref="A1:AA132"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="73" zoomScaleNormal="70" workbookViewId="0">
-      <pane xSplit="1" ySplit="7" topLeftCell="C89" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="1" ySplit="7" topLeftCell="B88" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A8" sqref="A8"/>
-      <selection pane="bottomRight" activeCell="A92" sqref="A92:P95"/>
+      <selection pane="bottomRight" activeCell="A92" sqref="A92"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.6640625" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="22.33203125" customWidth="1"/>
     <col min="2" max="2" width="18.44140625" customWidth="1"/>
     <col min="3" max="3" width="18.6640625" customWidth="1"/>
     <col min="4" max="4" width="19.44140625" customWidth="1"/>
     <col min="5" max="6" width="17.6640625" customWidth="1"/>
     <col min="7" max="7" width="18" customWidth="1"/>
     <col min="8" max="8" width="17.6640625" customWidth="1"/>
     <col min="9" max="9" width="17.33203125" customWidth="1"/>
     <col min="10" max="10" width="15.6640625" customWidth="1"/>
     <col min="11" max="11" width="18.33203125" customWidth="1"/>
     <col min="12" max="12" width="17.109375" customWidth="1"/>
     <col min="13" max="13" width="19.33203125" customWidth="1"/>
     <col min="14" max="14" width="18" customWidth="1"/>
     <col min="15" max="15" width="18.44140625" customWidth="1"/>
     <col min="16" max="16" width="18.109375" customWidth="1"/>
     <col min="17" max="17" width="19.44140625" customWidth="1"/>
     <col min="18" max="18" width="16.33203125" customWidth="1"/>
     <col min="19" max="19" width="18.109375" customWidth="1"/>
     <col min="20" max="20" width="14.6640625" customWidth="1"/>
     <col min="21" max="21" width="15.33203125" customWidth="1"/>
     <col min="22" max="22" width="14.44140625" customWidth="1"/>
@@ -8070,54 +8070,54 @@
       <c r="L81" s="38">
         <v>2830980.78</v>
       </c>
       <c r="M81" s="38">
         <v>3650719.35</v>
       </c>
       <c r="N81" s="38">
         <v>5031925.47</v>
       </c>
       <c r="O81" s="38">
         <v>1581866.27</v>
       </c>
       <c r="P81" s="38">
         <v>3450059.2</v>
       </c>
       <c r="Q81" s="38">
         <v>1449774.66</v>
       </c>
       <c r="R81" s="38">
         <v>1249114.5</v>
       </c>
       <c r="S81" s="39">
         <v>200660.15</v>
       </c>
       <c r="T81" s="37">
-        <v>38067</v>
+        <v>38068</v>
       </c>
       <c r="U81" s="38">
-        <v>36446</v>
+        <v>36447</v>
       </c>
       <c r="V81" s="38">
         <v>1621</v>
       </c>
       <c r="W81" s="38">
         <v>7226</v>
       </c>
       <c r="X81" s="38">
         <v>6119</v>
       </c>
       <c r="Y81" s="43">
         <v>1107</v>
       </c>
     </row>
     <row r="82" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A82" s="41">
         <v>45716</v>
       </c>
       <c r="B82" s="37">
         <v>36507325.869999997</v>
       </c>
       <c r="C82" s="38">
         <v>32785844.530000001</v>
       </c>
       <c r="D82" s="38">
@@ -8147,54 +8147,54 @@
       <c r="L82" s="38">
         <v>2859972.04</v>
       </c>
       <c r="M82" s="38">
         <v>3613718.71</v>
       </c>
       <c r="N82" s="38">
         <v>5010794.29</v>
       </c>
       <c r="O82" s="38">
         <v>1581850</v>
       </c>
       <c r="P82" s="38">
         <v>3428944.29</v>
       </c>
       <c r="Q82" s="38">
         <v>1462896.46</v>
       </c>
       <c r="R82" s="38">
         <v>1278122.04</v>
       </c>
       <c r="S82" s="39">
         <v>184774.42</v>
       </c>
       <c r="T82" s="37">
-        <v>38179</v>
+        <v>38180</v>
       </c>
       <c r="U82" s="38">
-        <v>36592</v>
+        <v>36593</v>
       </c>
       <c r="V82" s="38">
         <v>1587</v>
       </c>
       <c r="W82" s="38">
         <v>7192</v>
       </c>
       <c r="X82" s="38">
         <v>6093</v>
       </c>
       <c r="Y82" s="43">
         <v>1099</v>
       </c>
     </row>
     <row r="83" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A83" s="41">
         <v>45747</v>
       </c>
       <c r="B83" s="37">
         <v>35592925.399999999</v>
       </c>
       <c r="C83" s="38">
         <v>32959475.449999999</v>
       </c>
       <c r="D83" s="38">
@@ -8224,54 +8224,54 @@
       <c r="L83" s="38">
         <v>2797074.34</v>
       </c>
       <c r="M83" s="38">
         <v>2540008.48</v>
       </c>
       <c r="N83" s="38">
         <v>3826383.98</v>
       </c>
       <c r="O83" s="38">
         <v>1470182.81</v>
       </c>
       <c r="P83" s="38">
         <v>2356201.1800000002</v>
       </c>
       <c r="Q83" s="38">
         <v>1510698.84</v>
       </c>
       <c r="R83" s="38">
         <v>1326891.53</v>
       </c>
       <c r="S83" s="39">
         <v>183807.31</v>
       </c>
       <c r="T83" s="37">
-        <v>37499</v>
+        <v>37500</v>
       </c>
       <c r="U83" s="38">
-        <v>36142</v>
+        <v>36143</v>
       </c>
       <c r="V83" s="38">
         <v>1357</v>
       </c>
       <c r="W83" s="38">
         <v>6939</v>
       </c>
       <c r="X83" s="38">
         <v>5974</v>
       </c>
       <c r="Y83" s="43">
         <v>965</v>
       </c>
     </row>
     <row r="84" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A84" s="41">
         <v>45777</v>
       </c>
       <c r="B84" s="37">
         <v>36128185.490000002</v>
       </c>
       <c r="C84" s="38">
         <v>33476273.879999999</v>
       </c>
       <c r="D84" s="38">
@@ -8301,54 +8301,54 @@
       <c r="L84" s="38">
         <v>2893620.47</v>
       </c>
       <c r="M84" s="38">
         <v>2562641.94</v>
       </c>
       <c r="N84" s="38">
         <v>3852294.03</v>
       </c>
       <c r="O84" s="38">
         <v>1475030.14</v>
       </c>
       <c r="P84" s="38">
         <v>2377263.9</v>
       </c>
       <c r="Q84" s="38">
         <v>1603968.38</v>
       </c>
       <c r="R84" s="38">
         <v>1418590.34</v>
       </c>
       <c r="S84" s="39">
         <v>185378.04</v>
       </c>
       <c r="T84" s="37">
-        <v>37596</v>
+        <v>37597</v>
       </c>
       <c r="U84" s="38">
-        <v>36260</v>
+        <v>36261</v>
       </c>
       <c r="V84" s="38">
         <v>1336</v>
       </c>
       <c r="W84" s="38">
         <v>6928</v>
       </c>
       <c r="X84" s="38">
         <v>5965</v>
       </c>
       <c r="Y84" s="43">
         <v>963</v>
       </c>
     </row>
     <row r="85" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A85" s="41">
         <v>45808</v>
       </c>
       <c r="B85" s="37">
         <v>36817281.729999997</v>
       </c>
       <c r="C85" s="38">
         <v>34127131.310000002</v>
       </c>
       <c r="D85" s="38">
@@ -8378,54 +8378,54 @@
       <c r="L85" s="38">
         <v>2995297.89</v>
       </c>
       <c r="M85" s="38">
         <v>2608668.9300000002</v>
       </c>
       <c r="N85" s="38">
         <v>3912070.15</v>
       </c>
       <c r="O85" s="38">
         <v>1492117.06</v>
       </c>
       <c r="P85" s="38">
         <v>2419953.1</v>
       </c>
       <c r="Q85" s="38">
         <v>1691896.67</v>
       </c>
       <c r="R85" s="38">
         <v>1503180.83</v>
       </c>
       <c r="S85" s="39">
         <v>188715.83</v>
       </c>
       <c r="T85" s="37">
-        <v>37814</v>
+        <v>37815</v>
       </c>
       <c r="U85" s="38">
-        <v>36488</v>
+        <v>36489</v>
       </c>
       <c r="V85" s="38">
         <v>1326</v>
       </c>
       <c r="W85" s="38">
         <v>6939</v>
       </c>
       <c r="X85" s="38">
         <v>5972</v>
       </c>
       <c r="Y85" s="43">
         <v>967</v>
       </c>
     </row>
     <row r="86" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A86" s="41">
         <v>45838</v>
       </c>
       <c r="B86" s="37">
         <v>37619416.310000002</v>
       </c>
       <c r="C86" s="38">
         <v>34964939.649999999</v>
       </c>
       <c r="D86" s="38">
@@ -8455,54 +8455,54 @@
       <c r="L86" s="38">
         <v>3017924.2</v>
       </c>
       <c r="M86" s="38">
         <v>2575430.96</v>
       </c>
       <c r="N86" s="38">
         <v>3877806.45</v>
       </c>
       <c r="O86" s="38">
         <v>1489330.26</v>
       </c>
       <c r="P86" s="38">
         <v>2388476.2000000002</v>
       </c>
       <c r="Q86" s="38">
         <v>1715548.71</v>
       </c>
       <c r="R86" s="38">
         <v>1528593.94</v>
       </c>
       <c r="S86" s="39">
         <v>186954.76</v>
       </c>
       <c r="T86" s="37">
-        <v>38053</v>
+        <v>38054</v>
       </c>
       <c r="U86" s="38">
-        <v>36772</v>
+        <v>36773</v>
       </c>
       <c r="V86" s="38">
         <v>1281</v>
       </c>
       <c r="W86" s="38">
         <v>6856</v>
       </c>
       <c r="X86" s="38">
         <v>5910</v>
       </c>
       <c r="Y86" s="43">
         <v>946</v>
       </c>
     </row>
     <row r="87" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A87" s="41">
         <v>45869</v>
       </c>
       <c r="B87" s="37">
         <v>38951807.170000002</v>
       </c>
       <c r="C87" s="38">
         <v>36291337.140000001</v>
       </c>
       <c r="D87" s="38">
@@ -8532,54 +8532,54 @@
       <c r="L87" s="38">
         <v>3006753.81</v>
       </c>
       <c r="M87" s="38">
         <v>2583083.58</v>
       </c>
       <c r="N87" s="38">
         <v>3872726.94</v>
       </c>
       <c r="O87" s="38">
         <v>1475125.75</v>
       </c>
       <c r="P87" s="38">
         <v>2397601.19</v>
       </c>
       <c r="Q87" s="38">
         <v>1717110.45</v>
       </c>
       <c r="R87" s="38">
         <v>1531628.06</v>
       </c>
       <c r="S87" s="39">
         <v>185482.39</v>
       </c>
       <c r="T87" s="37">
-        <v>38594</v>
+        <v>38595</v>
       </c>
       <c r="U87" s="38">
-        <v>37341</v>
+        <v>37342</v>
       </c>
       <c r="V87" s="38">
         <v>1253</v>
       </c>
       <c r="W87" s="38">
         <v>6771</v>
       </c>
       <c r="X87" s="38">
         <v>5837</v>
       </c>
       <c r="Y87" s="43">
         <v>934</v>
       </c>
     </row>
     <row r="88" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A88" s="41">
         <v>45900</v>
       </c>
       <c r="B88" s="37">
         <v>39887240.100000001</v>
       </c>
       <c r="C88" s="38">
         <v>37286325.25</v>
       </c>
       <c r="D88" s="38">
@@ -8609,54 +8609,54 @@
       <c r="L88" s="38">
         <v>2261685.59</v>
       </c>
       <c r="M88" s="38">
         <v>2526671.14</v>
       </c>
       <c r="N88" s="38">
         <v>3631769.95</v>
       </c>
       <c r="O88" s="38">
         <v>1288551.67</v>
       </c>
       <c r="P88" s="38">
         <v>2343218.2799999998</v>
       </c>
       <c r="Q88" s="38">
         <v>1156586.77</v>
       </c>
       <c r="R88" s="38">
         <v>973133.91</v>
       </c>
       <c r="S88" s="39">
         <v>183452.86</v>
       </c>
       <c r="T88" s="37">
-        <v>38986</v>
+        <v>38987</v>
       </c>
       <c r="U88" s="38">
-        <v>37756</v>
+        <v>37757</v>
       </c>
       <c r="V88" s="38">
         <v>1230</v>
       </c>
       <c r="W88" s="38">
         <v>6418</v>
       </c>
       <c r="X88" s="38">
         <v>5494</v>
       </c>
       <c r="Y88" s="43">
         <v>924</v>
       </c>
     </row>
     <row r="89" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A89" s="41">
         <v>45930</v>
       </c>
       <c r="B89" s="37">
         <v>40931605.729999997</v>
       </c>
       <c r="C89" s="38">
         <v>38348769.719999999</v>
       </c>
       <c r="D89" s="38">
@@ -8686,706 +8686,808 @@
       <c r="L89" s="38">
         <v>2280618.5699999998</v>
       </c>
       <c r="M89" s="38">
         <v>2510858.98</v>
       </c>
       <c r="N89" s="38">
         <v>3609335.56</v>
       </c>
       <c r="O89" s="38">
         <v>1276843.58</v>
       </c>
       <c r="P89" s="38">
         <v>2332491.98</v>
       </c>
       <c r="Q89" s="38">
         <v>1182141.98</v>
       </c>
       <c r="R89" s="38">
         <v>1003774.98</v>
       </c>
       <c r="S89" s="39">
         <v>178367</v>
       </c>
       <c r="T89" s="37">
-        <v>39354</v>
+        <v>39355</v>
       </c>
       <c r="U89" s="38">
-        <v>38151</v>
+        <v>38152</v>
       </c>
       <c r="V89" s="38">
         <v>1203</v>
       </c>
       <c r="W89" s="38">
         <v>6353</v>
       </c>
       <c r="X89" s="38">
         <v>5447</v>
       </c>
       <c r="Y89" s="43">
         <v>906</v>
       </c>
     </row>
-    <row r="90" spans="1:25" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A90" s="36">
+    <row r="90" spans="1:25" x14ac:dyDescent="0.3">
+      <c r="A90" s="41">
         <v>45961</v>
       </c>
-      <c r="B90" s="19">
+      <c r="B90" s="37">
         <v>42133156.890000001</v>
       </c>
-      <c r="C90" s="20">
+      <c r="C90" s="38">
         <v>39507929.130000003</v>
       </c>
-      <c r="D90" s="20">
+      <c r="D90" s="38">
         <v>2625227.7599999998</v>
       </c>
-      <c r="E90" s="20">
+      <c r="E90" s="38">
         <v>4230297.8899999997</v>
       </c>
-      <c r="F90" s="20">
+      <c r="F90" s="38">
         <v>1841167.03</v>
       </c>
-      <c r="G90" s="20">
+      <c r="G90" s="38">
         <v>2389130.86</v>
       </c>
-      <c r="H90" s="20">
+      <c r="H90" s="38">
         <v>37902859</v>
       </c>
-      <c r="I90" s="20">
+      <c r="I90" s="38">
         <v>37666762.100000001</v>
       </c>
-      <c r="J90" s="20">
+      <c r="J90" s="38">
         <v>236096.9</v>
       </c>
-      <c r="K90" s="20">
+      <c r="K90" s="38">
         <v>4776343.8</v>
       </c>
-      <c r="L90" s="20">
+      <c r="L90" s="38">
         <v>2222700.9</v>
       </c>
-      <c r="M90" s="20">
+      <c r="M90" s="38">
         <v>2553642.9</v>
       </c>
-      <c r="N90" s="20">
+      <c r="N90" s="38">
         <v>3626039.2</v>
       </c>
-      <c r="O90" s="20">
+      <c r="O90" s="38">
         <v>1252746.5900000001</v>
       </c>
-      <c r="P90" s="20">
+      <c r="P90" s="38">
         <v>2373292.61</v>
       </c>
-      <c r="Q90" s="20">
+      <c r="Q90" s="38">
         <v>1150304.6000000001</v>
       </c>
-      <c r="R90" s="20">
+      <c r="R90" s="38">
         <v>969954.31</v>
       </c>
-      <c r="S90" s="22">
+      <c r="S90" s="39">
         <v>180350.29</v>
       </c>
-      <c r="T90" s="19">
-[...5 lines deleted...]
-      <c r="V90" s="20">
+      <c r="T90" s="37">
+        <v>39721</v>
+      </c>
+      <c r="U90" s="38">
+        <v>38541</v>
+      </c>
+      <c r="V90" s="38">
         <v>1180</v>
       </c>
-      <c r="W90" s="20">
+      <c r="W90" s="38">
         <v>6273</v>
       </c>
-      <c r="X90" s="20">
+      <c r="X90" s="38">
         <v>5373</v>
       </c>
-      <c r="Y90" s="44">
+      <c r="Y90" s="43">
         <v>900</v>
       </c>
     </row>
     <row r="91" spans="1:25" x14ac:dyDescent="0.3">
-      <c r="A91" s="24"/>
-[...52 lines deleted...]
-      <c r="Y92" s="2"/>
+      <c r="A91" s="41">
+        <v>45991</v>
+      </c>
+      <c r="B91" s="37">
+        <v>43107445.869999997</v>
+      </c>
+      <c r="C91" s="38">
+        <v>40472746.57</v>
+      </c>
+      <c r="D91" s="38">
+        <v>2634699.2999999998</v>
+      </c>
+      <c r="E91" s="38">
+        <v>4240907.3</v>
+      </c>
+      <c r="F91" s="38">
+        <v>1840490.7</v>
+      </c>
+      <c r="G91" s="38">
+        <v>2400416.59</v>
+      </c>
+      <c r="H91" s="38">
+        <v>38866538.57</v>
+      </c>
+      <c r="I91" s="38">
+        <v>38632255.869999997</v>
+      </c>
+      <c r="J91" s="38">
+        <v>234282.7</v>
+      </c>
+      <c r="K91" s="38">
+        <v>4749304.09</v>
+      </c>
+      <c r="L91" s="38">
+        <v>2181704.5</v>
+      </c>
+      <c r="M91" s="38">
+        <v>2567599.59</v>
+      </c>
+      <c r="N91" s="38">
+        <v>3618956.78</v>
+      </c>
+      <c r="O91" s="38">
+        <v>1232019.46</v>
+      </c>
+      <c r="P91" s="38">
+        <v>2386937.3199999998</v>
+      </c>
+      <c r="Q91" s="38">
+        <v>1130347.31</v>
+      </c>
+      <c r="R91" s="38">
+        <v>949685.04</v>
+      </c>
+      <c r="S91" s="39">
+        <v>180662.27</v>
+      </c>
+      <c r="T91" s="37">
+        <v>39942</v>
+      </c>
+      <c r="U91" s="38">
+        <v>38797</v>
+      </c>
+      <c r="V91" s="38">
+        <v>1145</v>
+      </c>
+      <c r="W91" s="38">
+        <v>6166</v>
+      </c>
+      <c r="X91" s="38">
+        <v>5275</v>
+      </c>
+      <c r="Y91" s="43">
+        <v>891</v>
+      </c>
+    </row>
+    <row r="92" spans="1:25" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A92" s="36">
+        <v>46022</v>
+      </c>
+      <c r="B92" s="19">
+        <v>45841404.109999999</v>
+      </c>
+      <c r="C92" s="20">
+        <v>41940968.880000003</v>
+      </c>
+      <c r="D92" s="20">
+        <v>3900435.23</v>
+      </c>
+      <c r="E92" s="20">
+        <v>5336487.1100000003</v>
+      </c>
+      <c r="F92" s="20">
+        <v>1827486.82</v>
+      </c>
+      <c r="G92" s="20">
+        <v>3509000.29</v>
+      </c>
+      <c r="H92" s="20">
+        <v>40504917</v>
+      </c>
+      <c r="I92" s="20">
+        <v>40113482.060000002</v>
+      </c>
+      <c r="J92" s="20">
+        <v>391434.94</v>
+      </c>
+      <c r="K92" s="20">
+        <v>6044188.96</v>
+      </c>
+      <c r="L92" s="20">
+        <v>2261109.9700000002</v>
+      </c>
+      <c r="M92" s="20">
+        <v>3783079</v>
+      </c>
+      <c r="N92" s="20">
+        <v>4715747.66</v>
+      </c>
+      <c r="O92" s="20">
+        <v>1237994.9099999999</v>
+      </c>
+      <c r="P92" s="20">
+        <v>3477752.74</v>
+      </c>
+      <c r="Q92" s="20">
+        <v>1328441.3</v>
+      </c>
+      <c r="R92" s="20">
+        <v>1023115.05</v>
+      </c>
+      <c r="S92" s="22">
+        <v>305326.25</v>
+      </c>
+      <c r="T92" s="19">
+        <v>41165</v>
+      </c>
+      <c r="U92" s="20">
+        <v>39697</v>
+      </c>
+      <c r="V92" s="20">
+        <v>1468</v>
+      </c>
+      <c r="W92" s="20">
+        <v>6497</v>
+      </c>
+      <c r="X92" s="20">
+        <v>5384</v>
+      </c>
+      <c r="Y92" s="44">
+        <v>1113</v>
+      </c>
     </row>
     <row r="93" spans="1:25" x14ac:dyDescent="0.3">
-      <c r="A93" s="68"/>
-[...14 lines deleted...]
-      <c r="P93" s="68"/>
+      <c r="A93" s="24"/>
+      <c r="B93" s="2"/>
+      <c r="C93" s="2"/>
+      <c r="D93" s="2"/>
+      <c r="E93" s="2"/>
+      <c r="F93" s="2"/>
+      <c r="G93" s="2"/>
+      <c r="H93" s="2"/>
+      <c r="I93" s="2"/>
+      <c r="J93" s="2"/>
+      <c r="K93" s="2"/>
+      <c r="L93" s="2"/>
+      <c r="M93" s="2"/>
+      <c r="N93" s="2"/>
+      <c r="O93" s="2"/>
+      <c r="P93" s="2"/>
       <c r="Q93" s="2"/>
       <c r="R93" s="2"/>
       <c r="S93" s="2"/>
-      <c r="T93" s="2"/>
-[...7 lines deleted...]
-      <c r="A94" s="68"/>
+      <c r="T93" s="11"/>
+      <c r="U93" s="11"/>
+      <c r="V93" s="11"/>
+      <c r="W93" s="11"/>
+      <c r="X93" s="11"/>
+      <c r="Y93" s="11"/>
+    </row>
+    <row r="94" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A94" s="68" t="s">
+        <v>65</v>
+      </c>
       <c r="B94" s="68"/>
       <c r="C94" s="68"/>
       <c r="D94" s="68"/>
       <c r="E94" s="68"/>
       <c r="F94" s="68"/>
       <c r="G94" s="68"/>
       <c r="H94" s="68"/>
       <c r="I94" s="68"/>
       <c r="J94" s="68"/>
       <c r="K94" s="68"/>
       <c r="L94" s="68"/>
       <c r="M94" s="68"/>
       <c r="N94" s="68"/>
       <c r="O94" s="68"/>
       <c r="P94" s="68"/>
       <c r="Q94" s="2"/>
       <c r="R94" s="2"/>
       <c r="S94" s="2"/>
       <c r="T94" s="2"/>
       <c r="U94" s="2"/>
       <c r="V94" s="2"/>
       <c r="W94" s="2"/>
       <c r="X94" s="2"/>
       <c r="Y94" s="2"/>
     </row>
-    <row r="95" spans="1:25" ht="34.200000000000003" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="95" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A95" s="68"/>
       <c r="B95" s="68"/>
       <c r="C95" s="68"/>
       <c r="D95" s="68"/>
       <c r="E95" s="68"/>
       <c r="F95" s="68"/>
       <c r="G95" s="68"/>
       <c r="H95" s="68"/>
       <c r="I95" s="68"/>
       <c r="J95" s="68"/>
       <c r="K95" s="68"/>
       <c r="L95" s="68"/>
       <c r="M95" s="68"/>
       <c r="N95" s="68"/>
       <c r="O95" s="68"/>
       <c r="P95" s="68"/>
       <c r="Q95" s="2"/>
       <c r="R95" s="2"/>
       <c r="S95" s="2"/>
       <c r="T95" s="2"/>
       <c r="U95" s="2"/>
       <c r="V95" s="2"/>
       <c r="W95" s="2"/>
       <c r="X95" s="2"/>
       <c r="Y95" s="2"/>
     </row>
-    <row r="96" spans="1:25" ht="30.6" customHeight="1" x14ac:dyDescent="0.3">
-[...17 lines deleted...]
-      <c r="P96" s="67"/>
+    <row r="96" spans="1:25" x14ac:dyDescent="0.3">
+      <c r="A96" s="68"/>
+      <c r="B96" s="68"/>
+      <c r="C96" s="68"/>
+      <c r="D96" s="68"/>
+      <c r="E96" s="68"/>
+      <c r="F96" s="68"/>
+      <c r="G96" s="68"/>
+      <c r="H96" s="68"/>
+      <c r="I96" s="68"/>
+      <c r="J96" s="68"/>
+      <c r="K96" s="68"/>
+      <c r="L96" s="68"/>
+      <c r="M96" s="68"/>
+      <c r="N96" s="68"/>
+      <c r="O96" s="68"/>
+      <c r="P96" s="68"/>
       <c r="Q96" s="2"/>
       <c r="R96" s="2"/>
       <c r="S96" s="2"/>
       <c r="T96" s="2"/>
       <c r="U96" s="2"/>
       <c r="V96" s="2"/>
       <c r="W96" s="2"/>
       <c r="X96" s="2"/>
       <c r="Y96" s="2"/>
     </row>
-    <row r="97" spans="2:25" x14ac:dyDescent="0.3">
-[...14 lines deleted...]
-      <c r="P97" s="2"/>
+    <row r="97" spans="1:25" ht="34.200000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A97" s="68"/>
+      <c r="B97" s="68"/>
+      <c r="C97" s="68"/>
+      <c r="D97" s="68"/>
+      <c r="E97" s="68"/>
+      <c r="F97" s="68"/>
+      <c r="G97" s="68"/>
+      <c r="H97" s="68"/>
+      <c r="I97" s="68"/>
+      <c r="J97" s="68"/>
+      <c r="K97" s="68"/>
+      <c r="L97" s="68"/>
+      <c r="M97" s="68"/>
+      <c r="N97" s="68"/>
+      <c r="O97" s="68"/>
+      <c r="P97" s="68"/>
       <c r="Q97" s="2"/>
       <c r="R97" s="2"/>
       <c r="S97" s="2"/>
       <c r="T97" s="2"/>
       <c r="U97" s="2"/>
       <c r="V97" s="2"/>
       <c r="W97" s="2"/>
       <c r="X97" s="2"/>
       <c r="Y97" s="2"/>
     </row>
-    <row r="98" spans="2:25" x14ac:dyDescent="0.3">
-[...14 lines deleted...]
-      <c r="P98" s="2"/>
+    <row r="98" spans="1:25" ht="30.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A98" s="67" t="s">
+        <v>66</v>
+      </c>
+      <c r="B98" s="67"/>
+      <c r="C98" s="67"/>
+      <c r="D98" s="67"/>
+      <c r="E98" s="67"/>
+      <c r="F98" s="67"/>
+      <c r="G98" s="67"/>
+      <c r="H98" s="67"/>
+      <c r="I98" s="67"/>
+      <c r="J98" s="67"/>
+      <c r="K98" s="67"/>
+      <c r="L98" s="67"/>
+      <c r="M98" s="67"/>
+      <c r="N98" s="67"/>
+      <c r="O98" s="67"/>
+      <c r="P98" s="67"/>
       <c r="Q98" s="2"/>
       <c r="R98" s="2"/>
       <c r="S98" s="2"/>
       <c r="T98" s="2"/>
       <c r="U98" s="2"/>
       <c r="V98" s="2"/>
       <c r="W98" s="2"/>
       <c r="X98" s="2"/>
       <c r="Y98" s="2"/>
     </row>
-    <row r="99" spans="2:25" x14ac:dyDescent="0.3">
+    <row r="99" spans="1:25" x14ac:dyDescent="0.3">
       <c r="B99" s="2"/>
       <c r="C99" s="2"/>
-      <c r="D99" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D99" s="2"/>
       <c r="E99" s="2"/>
       <c r="F99" s="2"/>
       <c r="G99" s="2"/>
       <c r="H99" s="2"/>
       <c r="I99" s="2"/>
       <c r="J99" s="2"/>
       <c r="K99" s="2"/>
       <c r="L99" s="2"/>
       <c r="M99" s="2"/>
       <c r="N99" s="2"/>
       <c r="O99" s="2"/>
       <c r="P99" s="2"/>
       <c r="Q99" s="2"/>
       <c r="R99" s="2"/>
       <c r="S99" s="2"/>
       <c r="T99" s="2"/>
       <c r="U99" s="2"/>
       <c r="V99" s="2"/>
       <c r="W99" s="2"/>
       <c r="X99" s="2"/>
       <c r="Y99" s="2"/>
     </row>
-    <row r="100" spans="2:25" x14ac:dyDescent="0.3">
+    <row r="100" spans="1:25" x14ac:dyDescent="0.3">
       <c r="B100" s="2"/>
       <c r="C100" s="2"/>
-      <c r="D100" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D100" s="2"/>
       <c r="E100" s="2"/>
       <c r="F100" s="2"/>
       <c r="G100" s="2"/>
       <c r="H100" s="2"/>
       <c r="I100" s="2"/>
       <c r="J100" s="2"/>
       <c r="K100" s="2"/>
       <c r="L100" s="2"/>
       <c r="M100" s="2"/>
       <c r="N100" s="2"/>
       <c r="O100" s="2"/>
       <c r="P100" s="2"/>
       <c r="Q100" s="2"/>
       <c r="R100" s="2"/>
       <c r="S100" s="2"/>
       <c r="T100" s="2"/>
       <c r="U100" s="2"/>
       <c r="V100" s="2"/>
       <c r="W100" s="2"/>
       <c r="X100" s="2"/>
       <c r="Y100" s="2"/>
     </row>
-    <row r="101" spans="2:25" x14ac:dyDescent="0.3">
+    <row r="101" spans="1:25" x14ac:dyDescent="0.3">
       <c r="B101" s="2"/>
       <c r="C101" s="2"/>
-      <c r="D101" s="2"/>
+      <c r="D101" s="2" t="s">
+        <v>0</v>
+      </c>
       <c r="E101" s="2"/>
       <c r="F101" s="2"/>
       <c r="G101" s="2"/>
       <c r="H101" s="2"/>
       <c r="I101" s="2"/>
       <c r="J101" s="2"/>
       <c r="K101" s="2"/>
       <c r="L101" s="2"/>
       <c r="M101" s="2"/>
       <c r="N101" s="2"/>
       <c r="O101" s="2"/>
       <c r="P101" s="2"/>
       <c r="Q101" s="2"/>
       <c r="R101" s="2"/>
       <c r="S101" s="2"/>
       <c r="T101" s="2"/>
       <c r="U101" s="2"/>
       <c r="V101" s="2"/>
       <c r="W101" s="2"/>
       <c r="X101" s="2"/>
       <c r="Y101" s="2"/>
     </row>
-    <row r="102" spans="2:25" x14ac:dyDescent="0.3">
+    <row r="102" spans="1:25" x14ac:dyDescent="0.3">
       <c r="B102" s="2"/>
       <c r="C102" s="2"/>
-      <c r="D102" s="2"/>
+      <c r="D102" s="2" t="s">
+        <v>0</v>
+      </c>
       <c r="E102" s="2"/>
       <c r="F102" s="2"/>
       <c r="G102" s="2"/>
       <c r="H102" s="2"/>
       <c r="I102" s="2"/>
       <c r="J102" s="2"/>
       <c r="K102" s="2"/>
       <c r="L102" s="2"/>
       <c r="M102" s="2"/>
       <c r="N102" s="2"/>
       <c r="O102" s="2"/>
       <c r="P102" s="2"/>
       <c r="Q102" s="2"/>
       <c r="R102" s="2"/>
       <c r="S102" s="2"/>
       <c r="T102" s="2"/>
       <c r="U102" s="2"/>
       <c r="V102" s="2"/>
       <c r="W102" s="2"/>
       <c r="X102" s="2"/>
       <c r="Y102" s="2"/>
     </row>
-    <row r="103" spans="2:25" x14ac:dyDescent="0.3">
+    <row r="103" spans="1:25" x14ac:dyDescent="0.3">
       <c r="B103" s="2"/>
       <c r="C103" s="2"/>
       <c r="D103" s="2"/>
       <c r="E103" s="2"/>
       <c r="F103" s="2"/>
       <c r="G103" s="2"/>
       <c r="H103" s="2"/>
       <c r="I103" s="2"/>
       <c r="J103" s="2"/>
       <c r="K103" s="2"/>
       <c r="L103" s="2"/>
       <c r="M103" s="2"/>
       <c r="N103" s="2"/>
       <c r="O103" s="2"/>
       <c r="P103" s="2"/>
       <c r="Q103" s="2"/>
       <c r="R103" s="2"/>
       <c r="S103" s="2"/>
       <c r="T103" s="2"/>
       <c r="U103" s="2"/>
       <c r="V103" s="2"/>
       <c r="W103" s="2"/>
       <c r="X103" s="2"/>
       <c r="Y103" s="2"/>
     </row>
-    <row r="104" spans="2:25" x14ac:dyDescent="0.3">
+    <row r="104" spans="1:25" x14ac:dyDescent="0.3">
       <c r="B104" s="2"/>
       <c r="C104" s="2"/>
       <c r="D104" s="2"/>
       <c r="E104" s="2"/>
       <c r="F104" s="2"/>
       <c r="G104" s="2"/>
       <c r="H104" s="2"/>
       <c r="I104" s="2"/>
       <c r="J104" s="2"/>
       <c r="K104" s="2"/>
       <c r="L104" s="2"/>
       <c r="M104" s="2"/>
       <c r="N104" s="2"/>
       <c r="O104" s="2"/>
       <c r="P104" s="2"/>
       <c r="Q104" s="2"/>
       <c r="R104" s="2"/>
       <c r="S104" s="2"/>
       <c r="T104" s="2"/>
       <c r="U104" s="2"/>
       <c r="V104" s="2"/>
       <c r="W104" s="2"/>
       <c r="X104" s="2"/>
       <c r="Y104" s="2"/>
     </row>
-    <row r="105" spans="2:25" x14ac:dyDescent="0.3">
+    <row r="105" spans="1:25" x14ac:dyDescent="0.3">
       <c r="B105" s="2"/>
       <c r="C105" s="2"/>
       <c r="D105" s="2"/>
       <c r="E105" s="2"/>
       <c r="F105" s="2"/>
       <c r="G105" s="2"/>
       <c r="H105" s="2"/>
       <c r="I105" s="2"/>
       <c r="J105" s="2"/>
       <c r="K105" s="2"/>
       <c r="L105" s="2"/>
       <c r="M105" s="2"/>
       <c r="N105" s="2"/>
       <c r="O105" s="2"/>
       <c r="P105" s="2"/>
       <c r="Q105" s="2"/>
       <c r="R105" s="2"/>
       <c r="S105" s="2"/>
       <c r="T105" s="2"/>
       <c r="U105" s="2"/>
       <c r="V105" s="2"/>
       <c r="W105" s="2"/>
       <c r="X105" s="2"/>
       <c r="Y105" s="2"/>
     </row>
-    <row r="106" spans="2:25" x14ac:dyDescent="0.3">
+    <row r="106" spans="1:25" x14ac:dyDescent="0.3">
       <c r="B106" s="2"/>
       <c r="C106" s="2"/>
       <c r="D106" s="2"/>
       <c r="E106" s="2"/>
       <c r="F106" s="2"/>
       <c r="G106" s="2"/>
       <c r="H106" s="2"/>
       <c r="I106" s="2"/>
       <c r="J106" s="2"/>
       <c r="K106" s="2"/>
       <c r="L106" s="2"/>
       <c r="M106" s="2"/>
       <c r="N106" s="2"/>
       <c r="O106" s="2"/>
       <c r="P106" s="2"/>
       <c r="Q106" s="2"/>
       <c r="R106" s="2"/>
       <c r="S106" s="2"/>
       <c r="T106" s="2"/>
       <c r="U106" s="2"/>
       <c r="V106" s="2"/>
       <c r="W106" s="2"/>
       <c r="X106" s="2"/>
       <c r="Y106" s="2"/>
     </row>
-    <row r="107" spans="2:25" x14ac:dyDescent="0.3">
+    <row r="107" spans="1:25" x14ac:dyDescent="0.3">
       <c r="B107" s="2"/>
       <c r="C107" s="2"/>
       <c r="D107" s="2"/>
       <c r="E107" s="2"/>
       <c r="F107" s="2"/>
       <c r="G107" s="2"/>
       <c r="H107" s="2"/>
       <c r="I107" s="2"/>
       <c r="J107" s="2"/>
       <c r="K107" s="2"/>
       <c r="L107" s="2"/>
       <c r="M107" s="2"/>
       <c r="N107" s="2"/>
       <c r="O107" s="2"/>
       <c r="P107" s="2"/>
       <c r="Q107" s="2"/>
       <c r="R107" s="2"/>
       <c r="S107" s="2"/>
       <c r="T107" s="2"/>
       <c r="U107" s="2"/>
       <c r="V107" s="2"/>
       <c r="W107" s="2"/>
       <c r="X107" s="2"/>
       <c r="Y107" s="2"/>
     </row>
-    <row r="108" spans="2:25" x14ac:dyDescent="0.3">
+    <row r="108" spans="1:25" x14ac:dyDescent="0.3">
       <c r="B108" s="2"/>
       <c r="C108" s="2"/>
       <c r="D108" s="2"/>
       <c r="E108" s="2"/>
       <c r="F108" s="2"/>
       <c r="G108" s="2"/>
       <c r="H108" s="2"/>
       <c r="I108" s="2"/>
       <c r="J108" s="2"/>
       <c r="K108" s="2"/>
       <c r="L108" s="2"/>
       <c r="M108" s="2"/>
       <c r="N108" s="2"/>
       <c r="O108" s="2"/>
       <c r="P108" s="2"/>
       <c r="Q108" s="2"/>
       <c r="R108" s="2"/>
       <c r="S108" s="2"/>
       <c r="T108" s="2"/>
       <c r="U108" s="2"/>
       <c r="V108" s="2"/>
       <c r="W108" s="2"/>
       <c r="X108" s="2"/>
       <c r="Y108" s="2"/>
     </row>
-    <row r="109" spans="2:25" x14ac:dyDescent="0.3">
+    <row r="109" spans="1:25" x14ac:dyDescent="0.3">
       <c r="B109" s="2"/>
       <c r="C109" s="2"/>
       <c r="D109" s="2"/>
       <c r="E109" s="2"/>
       <c r="F109" s="2"/>
       <c r="G109" s="2"/>
       <c r="H109" s="2"/>
       <c r="I109" s="2"/>
       <c r="J109" s="2"/>
       <c r="K109" s="2"/>
       <c r="L109" s="2"/>
       <c r="M109" s="2"/>
       <c r="N109" s="2"/>
       <c r="O109" s="2"/>
       <c r="P109" s="2"/>
       <c r="Q109" s="2"/>
       <c r="R109" s="2"/>
       <c r="S109" s="2"/>
       <c r="T109" s="2"/>
       <c r="U109" s="2"/>
       <c r="V109" s="2"/>
       <c r="W109" s="2"/>
       <c r="X109" s="2"/>
       <c r="Y109" s="2"/>
     </row>
-    <row r="110" spans="2:25" x14ac:dyDescent="0.3">
+    <row r="110" spans="1:25" x14ac:dyDescent="0.3">
       <c r="B110" s="2"/>
       <c r="C110" s="2"/>
       <c r="D110" s="2"/>
       <c r="E110" s="2"/>
       <c r="F110" s="2"/>
       <c r="G110" s="2"/>
       <c r="H110" s="2"/>
       <c r="I110" s="2"/>
       <c r="J110" s="2"/>
       <c r="K110" s="2"/>
       <c r="L110" s="2"/>
       <c r="M110" s="2"/>
       <c r="N110" s="2"/>
       <c r="O110" s="2"/>
       <c r="P110" s="2"/>
       <c r="Q110" s="2"/>
       <c r="R110" s="2"/>
       <c r="S110" s="2"/>
       <c r="T110" s="2"/>
       <c r="U110" s="2"/>
       <c r="V110" s="2"/>
       <c r="W110" s="2"/>
       <c r="X110" s="2"/>
       <c r="Y110" s="2"/>
     </row>
-    <row r="111" spans="2:25" x14ac:dyDescent="0.3">
+    <row r="111" spans="1:25" x14ac:dyDescent="0.3">
       <c r="B111" s="2"/>
       <c r="C111" s="2"/>
       <c r="D111" s="2"/>
       <c r="E111" s="2"/>
       <c r="F111" s="2"/>
       <c r="G111" s="2"/>
       <c r="H111" s="2"/>
       <c r="I111" s="2"/>
       <c r="J111" s="2"/>
       <c r="K111" s="2"/>
       <c r="L111" s="2"/>
       <c r="M111" s="2"/>
       <c r="N111" s="2"/>
       <c r="O111" s="2"/>
       <c r="P111" s="2"/>
       <c r="Q111" s="2"/>
       <c r="R111" s="2"/>
       <c r="S111" s="2"/>
       <c r="T111" s="2"/>
       <c r="U111" s="2"/>
       <c r="V111" s="2"/>
       <c r="W111" s="2"/>
       <c r="X111" s="2"/>
       <c r="Y111" s="2"/>
     </row>
-    <row r="112" spans="2:25" x14ac:dyDescent="0.3">
+    <row r="112" spans="1:25" x14ac:dyDescent="0.3">
       <c r="B112" s="2"/>
       <c r="C112" s="2"/>
       <c r="D112" s="2"/>
       <c r="E112" s="2"/>
       <c r="F112" s="2"/>
       <c r="G112" s="2"/>
       <c r="H112" s="2"/>
       <c r="I112" s="2"/>
       <c r="J112" s="2"/>
       <c r="K112" s="2"/>
       <c r="L112" s="2"/>
       <c r="M112" s="2"/>
       <c r="N112" s="2"/>
       <c r="O112" s="2"/>
       <c r="P112" s="2"/>
       <c r="Q112" s="2"/>
       <c r="R112" s="2"/>
       <c r="S112" s="2"/>
       <c r="T112" s="2"/>
       <c r="U112" s="2"/>
       <c r="V112" s="2"/>
       <c r="W112" s="2"/>
       <c r="X112" s="2"/>
       <c r="Y112" s="2"/>
     </row>
@@ -9672,70 +9774,82 @@
       <c r="U123" s="2"/>
       <c r="V123" s="2"/>
       <c r="W123" s="2"/>
       <c r="X123" s="2"/>
       <c r="Y123" s="2"/>
     </row>
     <row r="124" spans="2:25" x14ac:dyDescent="0.3">
       <c r="B124" s="2"/>
       <c r="C124" s="2"/>
       <c r="D124" s="2"/>
       <c r="E124" s="2"/>
       <c r="F124" s="2"/>
       <c r="G124" s="2"/>
       <c r="H124" s="2"/>
       <c r="I124" s="2"/>
       <c r="J124" s="2"/>
       <c r="K124" s="2"/>
       <c r="L124" s="2"/>
       <c r="M124" s="2"/>
       <c r="N124" s="2"/>
       <c r="O124" s="2"/>
       <c r="P124" s="2"/>
       <c r="Q124" s="2"/>
       <c r="R124" s="2"/>
       <c r="S124" s="2"/>
+      <c r="T124" s="2"/>
+      <c r="U124" s="2"/>
+      <c r="V124" s="2"/>
+      <c r="W124" s="2"/>
+      <c r="X124" s="2"/>
+      <c r="Y124" s="2"/>
     </row>
     <row r="125" spans="2:25" x14ac:dyDescent="0.3">
       <c r="B125" s="2"/>
       <c r="C125" s="2"/>
       <c r="D125" s="2"/>
       <c r="E125" s="2"/>
       <c r="F125" s="2"/>
       <c r="G125" s="2"/>
       <c r="H125" s="2"/>
       <c r="I125" s="2"/>
       <c r="J125" s="2"/>
       <c r="K125" s="2"/>
       <c r="L125" s="2"/>
       <c r="M125" s="2"/>
       <c r="N125" s="2"/>
       <c r="O125" s="2"/>
       <c r="P125" s="2"/>
       <c r="Q125" s="2"/>
       <c r="R125" s="2"/>
       <c r="S125" s="2"/>
+      <c r="T125" s="2"/>
+      <c r="U125" s="2"/>
+      <c r="V125" s="2"/>
+      <c r="W125" s="2"/>
+      <c r="X125" s="2"/>
+      <c r="Y125" s="2"/>
     </row>
     <row r="126" spans="2:25" x14ac:dyDescent="0.3">
       <c r="B126" s="2"/>
       <c r="C126" s="2"/>
       <c r="D126" s="2"/>
       <c r="E126" s="2"/>
       <c r="F126" s="2"/>
       <c r="G126" s="2"/>
       <c r="H126" s="2"/>
       <c r="I126" s="2"/>
       <c r="J126" s="2"/>
       <c r="K126" s="2"/>
       <c r="L126" s="2"/>
       <c r="M126" s="2"/>
       <c r="N126" s="2"/>
       <c r="O126" s="2"/>
       <c r="P126" s="2"/>
       <c r="Q126" s="2"/>
       <c r="R126" s="2"/>
       <c r="S126" s="2"/>
     </row>
     <row r="127" spans="2:25" x14ac:dyDescent="0.3">
       <c r="B127" s="2"/>
       <c r="C127" s="2"/>
       <c r="D127" s="2"/>
@@ -9793,96 +9907,136 @@
       <c r="P129" s="2"/>
       <c r="Q129" s="2"/>
       <c r="R129" s="2"/>
       <c r="S129" s="2"/>
     </row>
     <row r="130" spans="2:19" x14ac:dyDescent="0.3">
       <c r="B130" s="2"/>
       <c r="C130" s="2"/>
       <c r="D130" s="2"/>
       <c r="E130" s="2"/>
       <c r="F130" s="2"/>
       <c r="G130" s="2"/>
       <c r="H130" s="2"/>
       <c r="I130" s="2"/>
       <c r="J130" s="2"/>
       <c r="K130" s="2"/>
       <c r="L130" s="2"/>
       <c r="M130" s="2"/>
       <c r="N130" s="2"/>
       <c r="O130" s="2"/>
       <c r="P130" s="2"/>
       <c r="Q130" s="2"/>
       <c r="R130" s="2"/>
       <c r="S130" s="2"/>
     </row>
+    <row r="131" spans="2:19" x14ac:dyDescent="0.3">
+      <c r="B131" s="2"/>
+      <c r="C131" s="2"/>
+      <c r="D131" s="2"/>
+      <c r="E131" s="2"/>
+      <c r="F131" s="2"/>
+      <c r="G131" s="2"/>
+      <c r="H131" s="2"/>
+      <c r="I131" s="2"/>
+      <c r="J131" s="2"/>
+      <c r="K131" s="2"/>
+      <c r="L131" s="2"/>
+      <c r="M131" s="2"/>
+      <c r="N131" s="2"/>
+      <c r="O131" s="2"/>
+      <c r="P131" s="2"/>
+      <c r="Q131" s="2"/>
+      <c r="R131" s="2"/>
+      <c r="S131" s="2"/>
+    </row>
+    <row r="132" spans="2:19" x14ac:dyDescent="0.3">
+      <c r="B132" s="2"/>
+      <c r="C132" s="2"/>
+      <c r="D132" s="2"/>
+      <c r="E132" s="2"/>
+      <c r="F132" s="2"/>
+      <c r="G132" s="2"/>
+      <c r="H132" s="2"/>
+      <c r="I132" s="2"/>
+      <c r="J132" s="2"/>
+      <c r="K132" s="2"/>
+      <c r="L132" s="2"/>
+      <c r="M132" s="2"/>
+      <c r="N132" s="2"/>
+      <c r="O132" s="2"/>
+      <c r="P132" s="2"/>
+      <c r="Q132" s="2"/>
+      <c r="R132" s="2"/>
+      <c r="S132" s="2"/>
+    </row>
   </sheetData>
   <mergeCells count="29">
     <mergeCell ref="T3:Y3"/>
     <mergeCell ref="B5:B6"/>
     <mergeCell ref="C5:D5"/>
     <mergeCell ref="Q4:S4"/>
     <mergeCell ref="T4:V4"/>
     <mergeCell ref="W4:Y4"/>
     <mergeCell ref="R5:S5"/>
     <mergeCell ref="T5:T6"/>
     <mergeCell ref="B4:D4"/>
     <mergeCell ref="E4:G4"/>
     <mergeCell ref="H4:J4"/>
     <mergeCell ref="K4:M4"/>
     <mergeCell ref="N4:P4"/>
-    <mergeCell ref="A96:P96"/>
-    <mergeCell ref="A92:P95"/>
+    <mergeCell ref="A98:P98"/>
+    <mergeCell ref="A94:P97"/>
     <mergeCell ref="X5:Y5"/>
     <mergeCell ref="I5:J5"/>
     <mergeCell ref="K5:K6"/>
     <mergeCell ref="L5:M5"/>
     <mergeCell ref="N5:N6"/>
     <mergeCell ref="O5:P5"/>
     <mergeCell ref="Q5:Q6"/>
     <mergeCell ref="E5:E6"/>
     <mergeCell ref="F5:G5"/>
     <mergeCell ref="H5:H6"/>
     <mergeCell ref="U5:V5"/>
     <mergeCell ref="W5:W6"/>
     <mergeCell ref="A3:A6"/>
     <mergeCell ref="B3:S3"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="4294967293" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:U133"/>
+  <dimension ref="A1:U135"/>
   <sheetViews>
     <sheetView zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-      <pane xSplit="1" ySplit="9" topLeftCell="B89" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="1" ySplit="9" topLeftCell="B87" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A10" sqref="A10"/>
-      <selection pane="bottomRight" activeCell="A94" sqref="A94:S97"/>
+      <selection pane="bottomRight" activeCell="A94" sqref="A94"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.6640625" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="22.33203125" customWidth="1"/>
     <col min="2" max="2" width="16.109375" customWidth="1"/>
     <col min="3" max="5" width="14.6640625" customWidth="1"/>
     <col min="6" max="6" width="16.109375" customWidth="1"/>
     <col min="7" max="8" width="15" customWidth="1"/>
     <col min="9" max="9" width="12.6640625" customWidth="1"/>
     <col min="10" max="11" width="14.6640625" customWidth="1"/>
     <col min="12" max="12" width="16.33203125" customWidth="1"/>
     <col min="13" max="15" width="15" customWidth="1"/>
     <col min="16" max="16" width="16.109375" customWidth="1"/>
     <col min="17" max="17" width="15" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:21" ht="23.4" x14ac:dyDescent="0.4">
       <c r="A1" s="1" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="2" spans="1:21" ht="14.25" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A2" s="1"/>
     </row>
@@ -14616,292 +14770,382 @@
       </c>
       <c r="K91" s="38">
         <v>533</v>
       </c>
       <c r="L91" s="38">
         <v>152</v>
       </c>
       <c r="M91" s="38">
         <v>341</v>
       </c>
       <c r="N91" s="39">
         <v>866</v>
       </c>
       <c r="O91" s="54">
         <v>8.1300000000000008</v>
       </c>
       <c r="P91" s="56">
         <v>8.1300000000000008</v>
       </c>
       <c r="Q91" s="46">
         <v>9.41</v>
       </c>
       <c r="T91" s="12"/>
       <c r="U91" s="12"/>
     </row>
-    <row r="92" spans="1:21" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A92" s="36">
+    <row r="92" spans="1:21" x14ac:dyDescent="0.3">
+      <c r="A92" s="41">
         <v>45961</v>
       </c>
-      <c r="B92" s="33">
+      <c r="B92" s="45">
         <v>14</v>
       </c>
-      <c r="C92" s="19">
+      <c r="C92" s="37">
         <v>1604148.98</v>
       </c>
-      <c r="D92" s="20">
+      <c r="D92" s="38">
         <v>1494505.38</v>
       </c>
-      <c r="E92" s="20">
+      <c r="E92" s="38">
         <v>972033.12</v>
       </c>
-      <c r="F92" s="20">
+      <c r="F92" s="38">
         <v>257142.41</v>
       </c>
-      <c r="G92" s="20">
+      <c r="G92" s="38">
         <v>632115.86</v>
       </c>
-      <c r="H92" s="22">
+      <c r="H92" s="39">
         <v>1597855.08</v>
       </c>
-      <c r="I92" s="19">
+      <c r="I92" s="37">
         <v>809</v>
       </c>
-      <c r="J92" s="20">
+      <c r="J92" s="38">
         <v>752</v>
       </c>
-      <c r="K92" s="20">
+      <c r="K92" s="38">
         <v>486</v>
       </c>
-      <c r="L92" s="20">
+      <c r="L92" s="38">
         <v>138</v>
       </c>
-      <c r="M92" s="20">
+      <c r="M92" s="38">
         <v>323</v>
       </c>
-      <c r="N92" s="22">
-[...2 lines deleted...]
-      <c r="O92" s="55">
+      <c r="N92" s="39">
+        <v>804</v>
+      </c>
+      <c r="O92" s="54">
         <v>8.2100000000000009</v>
       </c>
-      <c r="P92" s="53">
+      <c r="P92" s="56">
         <v>8.2100000000000009</v>
       </c>
-      <c r="Q92" s="27">
+      <c r="Q92" s="46">
         <v>9.39</v>
       </c>
       <c r="T92" s="12"/>
       <c r="U92" s="12"/>
     </row>
     <row r="93" spans="1:21" x14ac:dyDescent="0.3">
-      <c r="A93" s="24"/>
-[...13 lines deleted...]
-      <c r="Q93" s="15"/>
+      <c r="A93" s="41">
+        <v>45991</v>
+      </c>
+      <c r="B93" s="45">
+        <v>14</v>
+      </c>
+      <c r="C93" s="37">
+        <v>1523725.35</v>
+      </c>
+      <c r="D93" s="38">
+        <v>1398414.73</v>
+      </c>
+      <c r="E93" s="38">
+        <v>909892.23</v>
+      </c>
+      <c r="F93" s="38">
+        <v>318720.39</v>
+      </c>
+      <c r="G93" s="38">
+        <v>613833.12</v>
+      </c>
+      <c r="H93" s="39">
+        <v>1503569.75</v>
+      </c>
+      <c r="I93" s="37">
+        <v>743</v>
+      </c>
+      <c r="J93" s="38">
+        <v>682</v>
+      </c>
+      <c r="K93" s="38">
+        <v>434</v>
+      </c>
+      <c r="L93" s="38">
+        <v>163</v>
+      </c>
+      <c r="M93" s="38">
+        <v>309</v>
+      </c>
+      <c r="N93" s="39">
+        <v>729</v>
+      </c>
+      <c r="O93" s="54">
+        <v>8.14</v>
+      </c>
+      <c r="P93" s="56">
+        <v>8.14</v>
+      </c>
+      <c r="Q93" s="46">
+        <v>9.42</v>
+      </c>
       <c r="T93" s="12"/>
       <c r="U93" s="12"/>
     </row>
-    <row r="94" spans="1:21" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-[...44 lines deleted...]
-      <c r="A96" s="91"/>
+    <row r="94" spans="1:21" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A94" s="36">
+        <v>46022</v>
+      </c>
+      <c r="B94" s="33">
+        <v>14</v>
+      </c>
+      <c r="C94" s="19">
+        <v>1954682.68</v>
+      </c>
+      <c r="D94" s="20">
+        <v>1788766.12</v>
+      </c>
+      <c r="E94" s="20">
+        <v>1127511.8700000001</v>
+      </c>
+      <c r="F94" s="20">
+        <v>384589.52</v>
+      </c>
+      <c r="G94" s="20">
+        <v>827170.82</v>
+      </c>
+      <c r="H94" s="22">
+        <v>1932019.16</v>
+      </c>
+      <c r="I94" s="19">
+        <v>952</v>
+      </c>
+      <c r="J94" s="20">
+        <v>867</v>
+      </c>
+      <c r="K94" s="20">
+        <v>539</v>
+      </c>
+      <c r="L94" s="20">
+        <v>203</v>
+      </c>
+      <c r="M94" s="20">
+        <v>413</v>
+      </c>
+      <c r="N94" s="22">
+        <v>939</v>
+      </c>
+      <c r="O94" s="55">
+        <v>8.11</v>
+      </c>
+      <c r="P94" s="53">
+        <v>8.11</v>
+      </c>
+      <c r="Q94" s="27">
+        <v>8.66</v>
+      </c>
+      <c r="T94" s="12"/>
+      <c r="U94" s="12"/>
+    </row>
+    <row r="95" spans="1:21" x14ac:dyDescent="0.3">
+      <c r="A95" s="24"/>
+      <c r="D95" s="11"/>
+      <c r="E95" s="11"/>
+      <c r="F95" s="11"/>
+      <c r="G95" s="11"/>
+      <c r="H95" s="11"/>
+      <c r="I95" s="11"/>
+      <c r="J95" s="11"/>
+      <c r="K95" s="11"/>
+      <c r="L95" s="11"/>
+      <c r="M95" s="11"/>
+      <c r="N95" s="11"/>
+      <c r="O95" s="11"/>
+      <c r="P95" s="15"/>
+      <c r="Q95" s="15"/>
+      <c r="T95" s="12"/>
+      <c r="U95" s="12"/>
+    </row>
+    <row r="96" spans="1:21" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A96" s="91" t="s">
+        <v>64</v>
+      </c>
       <c r="B96" s="91"/>
       <c r="C96" s="91"/>
       <c r="D96" s="91"/>
       <c r="E96" s="91"/>
       <c r="F96" s="91"/>
       <c r="G96" s="91"/>
       <c r="H96" s="91"/>
       <c r="I96" s="91"/>
       <c r="J96" s="91"/>
       <c r="K96" s="91"/>
       <c r="L96" s="91"/>
       <c r="M96" s="91"/>
       <c r="N96" s="91"/>
       <c r="O96" s="91"/>
       <c r="P96" s="91"/>
       <c r="Q96" s="91"/>
       <c r="R96" s="91"/>
       <c r="S96" s="91"/>
     </row>
-    <row r="97" spans="1:19" ht="70.8" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="97" spans="1:19" ht="16.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A97" s="91"/>
       <c r="B97" s="91"/>
       <c r="C97" s="91"/>
       <c r="D97" s="91"/>
       <c r="E97" s="91"/>
       <c r="F97" s="91"/>
       <c r="G97" s="91"/>
       <c r="H97" s="91"/>
       <c r="I97" s="91"/>
       <c r="J97" s="91"/>
       <c r="K97" s="91"/>
       <c r="L97" s="91"/>
       <c r="M97" s="91"/>
       <c r="N97" s="91"/>
       <c r="O97" s="91"/>
       <c r="P97" s="91"/>
       <c r="Q97" s="91"/>
       <c r="R97" s="91"/>
       <c r="S97" s="91"/>
     </row>
-    <row r="98" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A98" s="68" t="s">
+    <row r="98" spans="1:19" ht="16.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A98" s="91"/>
+      <c r="B98" s="91"/>
+      <c r="C98" s="91"/>
+      <c r="D98" s="91"/>
+      <c r="E98" s="91"/>
+      <c r="F98" s="91"/>
+      <c r="G98" s="91"/>
+      <c r="H98" s="91"/>
+      <c r="I98" s="91"/>
+      <c r="J98" s="91"/>
+      <c r="K98" s="91"/>
+      <c r="L98" s="91"/>
+      <c r="M98" s="91"/>
+      <c r="N98" s="91"/>
+      <c r="O98" s="91"/>
+      <c r="P98" s="91"/>
+      <c r="Q98" s="91"/>
+      <c r="R98" s="91"/>
+      <c r="S98" s="91"/>
+    </row>
+    <row r="99" spans="1:19" ht="70.8" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A99" s="91"/>
+      <c r="B99" s="91"/>
+      <c r="C99" s="91"/>
+      <c r="D99" s="91"/>
+      <c r="E99" s="91"/>
+      <c r="F99" s="91"/>
+      <c r="G99" s="91"/>
+      <c r="H99" s="91"/>
+      <c r="I99" s="91"/>
+      <c r="J99" s="91"/>
+      <c r="K99" s="91"/>
+      <c r="L99" s="91"/>
+      <c r="M99" s="91"/>
+      <c r="N99" s="91"/>
+      <c r="O99" s="91"/>
+      <c r="P99" s="91"/>
+      <c r="Q99" s="91"/>
+      <c r="R99" s="91"/>
+      <c r="S99" s="91"/>
+    </row>
+    <row r="100" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A100" s="68" t="s">
         <v>33</v>
       </c>
-      <c r="B98" s="68"/>
-[...56 lines deleted...]
-      <c r="S100" s="67"/>
+      <c r="B100" s="68"/>
+      <c r="C100" s="68"/>
+      <c r="D100" s="68"/>
+      <c r="E100" s="68"/>
+      <c r="F100" s="68"/>
+      <c r="G100" s="68"/>
+      <c r="H100" s="68"/>
+      <c r="I100" s="68"/>
+      <c r="J100" s="68"/>
+      <c r="K100" s="68"/>
+      <c r="L100" s="68"/>
+      <c r="M100" s="68"/>
+      <c r="N100" s="68"/>
+      <c r="O100" s="47"/>
+      <c r="P100" s="12"/>
+      <c r="Q100" s="12"/>
     </row>
     <row r="101" spans="1:19" x14ac:dyDescent="0.3">
-      <c r="C101" s="14"/>
-[...4 lines deleted...]
-      <c r="H101" s="14"/>
+      <c r="A101" s="68"/>
+      <c r="B101" s="68"/>
+      <c r="C101" s="68"/>
+      <c r="D101" s="68"/>
+      <c r="E101" s="68"/>
+      <c r="F101" s="68"/>
+      <c r="G101" s="68"/>
+      <c r="H101" s="68"/>
+      <c r="I101" s="68"/>
+      <c r="J101" s="68"/>
+      <c r="K101" s="68"/>
+      <c r="L101" s="68"/>
+      <c r="M101" s="68"/>
+      <c r="N101" s="68"/>
+      <c r="O101" s="47"/>
       <c r="P101" s="12"/>
       <c r="Q101" s="12"/>
     </row>
-    <row r="102" spans="1:19" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-      <c r="Q102" s="12"/>
+    <row r="102" spans="1:19" ht="40.799999999999997" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A102" s="67" t="s">
+        <v>66</v>
+      </c>
+      <c r="B102" s="67"/>
+      <c r="C102" s="67"/>
+      <c r="D102" s="67"/>
+      <c r="E102" s="67"/>
+      <c r="F102" s="67"/>
+      <c r="G102" s="67"/>
+      <c r="H102" s="67"/>
+      <c r="I102" s="67"/>
+      <c r="J102" s="67"/>
+      <c r="K102" s="67"/>
+      <c r="L102" s="67"/>
+      <c r="M102" s="67"/>
+      <c r="N102" s="67"/>
+      <c r="O102" s="67"/>
+      <c r="P102" s="67"/>
+      <c r="Q102" s="67"/>
+      <c r="R102" s="67"/>
+      <c r="S102" s="67"/>
     </row>
     <row r="103" spans="1:19" x14ac:dyDescent="0.3">
       <c r="C103" s="14"/>
       <c r="D103" s="14"/>
       <c r="E103" s="14"/>
       <c r="F103" s="14"/>
       <c r="G103" s="14"/>
       <c r="H103" s="14"/>
       <c r="P103" s="12"/>
       <c r="Q103" s="12"/>
     </row>
     <row r="104" spans="1:19" x14ac:dyDescent="0.3">
       <c r="C104" s="14"/>
       <c r="D104" s="14"/>
       <c r="E104" s="14"/>
       <c r="F104" s="14"/>
       <c r="G104" s="14"/>
       <c r="H104" s="14"/>
       <c r="P104" s="12"/>
       <c r="Q104" s="12"/>
     </row>
     <row r="105" spans="1:19" x14ac:dyDescent="0.3">
       <c r="C105" s="14"/>
       <c r="D105" s="14"/>
       <c r="E105" s="14"/>
@@ -15166,90 +15410,110 @@
       <c r="D131" s="14"/>
       <c r="E131" s="14"/>
       <c r="F131" s="14"/>
       <c r="G131" s="14"/>
       <c r="H131" s="14"/>
       <c r="P131" s="12"/>
       <c r="Q131" s="12"/>
     </row>
     <row r="132" spans="3:17" x14ac:dyDescent="0.3">
       <c r="C132" s="14"/>
       <c r="D132" s="14"/>
       <c r="E132" s="14"/>
       <c r="F132" s="14"/>
       <c r="G132" s="14"/>
       <c r="H132" s="14"/>
       <c r="P132" s="12"/>
       <c r="Q132" s="12"/>
     </row>
     <row r="133" spans="3:17" x14ac:dyDescent="0.3">
       <c r="C133" s="14"/>
       <c r="D133" s="14"/>
       <c r="E133" s="14"/>
       <c r="F133" s="14"/>
       <c r="G133" s="14"/>
       <c r="H133" s="14"/>
+      <c r="P133" s="12"/>
+      <c r="Q133" s="12"/>
+    </row>
+    <row r="134" spans="3:17" x14ac:dyDescent="0.3">
+      <c r="C134" s="14"/>
+      <c r="D134" s="14"/>
+      <c r="E134" s="14"/>
+      <c r="F134" s="14"/>
+      <c r="G134" s="14"/>
+      <c r="H134" s="14"/>
+      <c r="P134" s="12"/>
+      <c r="Q134" s="12"/>
+    </row>
+    <row r="135" spans="3:17" x14ac:dyDescent="0.3">
+      <c r="C135" s="14"/>
+      <c r="D135" s="14"/>
+      <c r="E135" s="14"/>
+      <c r="F135" s="14"/>
+      <c r="G135" s="14"/>
+      <c r="H135" s="14"/>
     </row>
   </sheetData>
   <mergeCells count="22">
-    <mergeCell ref="A100:S100"/>
-[...1 lines deleted...]
-    <mergeCell ref="A94:S97"/>
+    <mergeCell ref="A102:S102"/>
+    <mergeCell ref="A100:N101"/>
+    <mergeCell ref="A96:S99"/>
     <mergeCell ref="A5:A8"/>
     <mergeCell ref="B5:B8"/>
     <mergeCell ref="C5:H5"/>
     <mergeCell ref="I5:N5"/>
     <mergeCell ref="C6:C8"/>
     <mergeCell ref="D6:D8"/>
     <mergeCell ref="G7:G8"/>
     <mergeCell ref="H6:H8"/>
     <mergeCell ref="I6:I8"/>
     <mergeCell ref="J6:J8"/>
     <mergeCell ref="E6:G6"/>
     <mergeCell ref="E7:F7"/>
     <mergeCell ref="K6:M6"/>
     <mergeCell ref="K7:L7"/>
     <mergeCell ref="O5:Q6"/>
     <mergeCell ref="O7:P7"/>
     <mergeCell ref="M7:M8"/>
     <mergeCell ref="N6:N8"/>
     <mergeCell ref="Q7:Q8"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="4294967293" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:AB183"/>
+  <dimension ref="A1:AB187"/>
   <sheetViews>
     <sheetView zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-      <pane xSplit="1" ySplit="8" topLeftCell="B137" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="1" ySplit="8" topLeftCell="B150" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A9" sqref="A9"/>
-      <selection pane="bottomRight" activeCell="A154" sqref="A154:P157"/>
+      <selection pane="bottomRight" activeCell="A156" sqref="A156"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.6640625" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="22.33203125" customWidth="1"/>
     <col min="2" max="2" width="16.44140625" customWidth="1"/>
     <col min="3" max="3" width="12.6640625" customWidth="1"/>
     <col min="4" max="4" width="16.6640625" customWidth="1"/>
     <col min="5" max="6" width="12.6640625" customWidth="1"/>
     <col min="7" max="7" width="13.6640625" customWidth="1"/>
     <col min="8" max="8" width="13.44140625" customWidth="1"/>
     <col min="9" max="11" width="12.6640625" customWidth="1"/>
     <col min="12" max="12" width="15.33203125" customWidth="1"/>
     <col min="13" max="14" width="12.6640625" customWidth="1"/>
     <col min="15" max="15" width="13.6640625" customWidth="1"/>
     <col min="16" max="19" width="12.6640625" customWidth="1"/>
     <col min="20" max="20" width="14.109375" customWidth="1"/>
     <col min="21" max="22" width="12.6640625" customWidth="1"/>
     <col min="23" max="23" width="13.6640625" customWidth="1"/>
     <col min="24" max="26" width="12.6640625" customWidth="1"/>
     <col min="27" max="27" width="13.44140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:28" ht="23.4" x14ac:dyDescent="0.4">
       <c r="A1" s="1" t="s">
@@ -21348,2628 +21612,2630 @@
         <v>19861.32</v>
       </c>
       <c r="U78" s="18">
         <v>13209.78</v>
       </c>
       <c r="V78" s="18">
         <v>0</v>
       </c>
       <c r="W78" s="18">
         <v>23506.1</v>
       </c>
       <c r="X78" s="18">
         <v>17477.650000000001</v>
       </c>
       <c r="Y78" s="18">
         <v>28796.22</v>
       </c>
       <c r="Z78" s="18">
         <v>34080.980000000003</v>
       </c>
       <c r="AA78" s="18">
         <v>348342.36</v>
       </c>
       <c r="AB78" s="2"/>
     </row>
-    <row r="79" spans="1:28" ht="23.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A79" s="110" t="s">
+    <row r="79" spans="1:28" x14ac:dyDescent="0.3">
+      <c r="A79" s="23">
+        <v>45991</v>
+      </c>
+      <c r="B79" s="18">
+        <v>1523725.35</v>
+      </c>
+      <c r="C79" s="18">
+        <v>43039.29</v>
+      </c>
+      <c r="D79" s="18">
+        <v>56200.35</v>
+      </c>
+      <c r="E79" s="18">
+        <v>28262.720000000001</v>
+      </c>
+      <c r="F79" s="18">
+        <v>0</v>
+      </c>
+      <c r="G79" s="18">
+        <v>15862</v>
+      </c>
+      <c r="H79" s="18">
+        <v>35194.949999999997</v>
+      </c>
+      <c r="I79" s="18">
+        <v>9442.18</v>
+      </c>
+      <c r="J79" s="18">
+        <v>75216.94</v>
+      </c>
+      <c r="K79" s="18">
+        <v>520548.32</v>
+      </c>
+      <c r="L79" s="18">
+        <v>12385.67</v>
+      </c>
+      <c r="M79" s="18">
+        <v>0</v>
+      </c>
+      <c r="N79" s="18">
+        <v>109056.42</v>
+      </c>
+      <c r="O79" s="18">
+        <v>5908</v>
+      </c>
+      <c r="P79" s="18">
+        <v>55223.28</v>
+      </c>
+      <c r="Q79" s="18">
+        <v>15290.52</v>
+      </c>
+      <c r="R79" s="18">
+        <v>39867.81</v>
+      </c>
+      <c r="S79" s="18">
+        <v>16548.37</v>
+      </c>
+      <c r="T79" s="18">
+        <v>30242.7</v>
+      </c>
+      <c r="U79" s="18">
+        <v>12227.9</v>
+      </c>
+      <c r="V79" s="18">
+        <v>0</v>
+      </c>
+      <c r="W79" s="18">
+        <v>23189.15</v>
+      </c>
+      <c r="X79" s="18">
+        <v>28741.09</v>
+      </c>
+      <c r="Y79" s="18">
+        <v>14499.2</v>
+      </c>
+      <c r="Z79" s="18">
+        <v>33559.089999999997</v>
+      </c>
+      <c r="AA79" s="18">
+        <v>343219.41</v>
+      </c>
+      <c r="AB79" s="2"/>
+    </row>
+    <row r="80" spans="1:28" x14ac:dyDescent="0.3">
+      <c r="A80" s="23">
+        <v>46022</v>
+      </c>
+      <c r="B80" s="18">
+        <v>1954682.68</v>
+      </c>
+      <c r="C80" s="18">
+        <v>54468.47</v>
+      </c>
+      <c r="D80" s="18">
+        <v>68952.759999999995</v>
+      </c>
+      <c r="E80" s="18">
+        <v>37254.06</v>
+      </c>
+      <c r="F80" s="18">
+        <v>0</v>
+      </c>
+      <c r="G80" s="18">
+        <v>9544.75</v>
+      </c>
+      <c r="H80" s="18">
+        <v>32678.65</v>
+      </c>
+      <c r="I80" s="18">
+        <v>11494.88</v>
+      </c>
+      <c r="J80" s="18">
+        <v>64535.46</v>
+      </c>
+      <c r="K80" s="18">
+        <v>722370.28</v>
+      </c>
+      <c r="L80" s="18">
+        <v>14808.88</v>
+      </c>
+      <c r="M80" s="18">
+        <v>0</v>
+      </c>
+      <c r="N80" s="18">
+        <v>102642.75</v>
+      </c>
+      <c r="O80" s="18">
+        <v>2499.86</v>
+      </c>
+      <c r="P80" s="18">
+        <v>78227.37</v>
+      </c>
+      <c r="Q80" s="18">
+        <v>19392.759999999998</v>
+      </c>
+      <c r="R80" s="18">
+        <v>41726.9</v>
+      </c>
+      <c r="S80" s="18">
+        <v>23504.9</v>
+      </c>
+      <c r="T80" s="18">
+        <v>48645.72</v>
+      </c>
+      <c r="U80" s="18">
+        <v>23320.9</v>
+      </c>
+      <c r="V80" s="18">
+        <v>0</v>
+      </c>
+      <c r="W80" s="18">
+        <v>55289.85</v>
+      </c>
+      <c r="X80" s="18">
+        <v>22915.63</v>
+      </c>
+      <c r="Y80" s="18">
+        <v>14997.72</v>
+      </c>
+      <c r="Z80" s="18">
+        <v>50649.25</v>
+      </c>
+      <c r="AA80" s="18">
+        <v>454760.9</v>
+      </c>
+      <c r="AB80" s="2"/>
+    </row>
+    <row r="81" spans="1:28" ht="23.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A81" s="110" t="s">
         <v>61</v>
       </c>
-      <c r="B79" s="111"/>
-[...27 lines deleted...]
-      <c r="A80" s="69" t="s">
+      <c r="B81" s="111"/>
+      <c r="C81" s="111"/>
+      <c r="D81" s="111"/>
+      <c r="E81" s="111"/>
+      <c r="F81" s="111"/>
+      <c r="G81" s="111"/>
+      <c r="H81" s="111"/>
+      <c r="I81" s="111"/>
+      <c r="J81" s="111"/>
+      <c r="K81" s="111"/>
+      <c r="L81" s="111"/>
+      <c r="M81" s="111"/>
+      <c r="N81" s="111"/>
+      <c r="O81" s="111"/>
+      <c r="P81" s="111"/>
+      <c r="Q81" s="111"/>
+      <c r="R81" s="111"/>
+      <c r="S81" s="111"/>
+      <c r="T81" s="111"/>
+      <c r="U81" s="111"/>
+      <c r="V81" s="111"/>
+      <c r="W81" s="111"/>
+      <c r="X81" s="111"/>
+      <c r="Y81" s="111"/>
+      <c r="Z81" s="111"/>
+      <c r="AA81" s="112"/>
+    </row>
+    <row r="82" spans="1:28" ht="24.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A82" s="69" t="s">
         <v>4</v>
       </c>
-      <c r="B80" s="107" t="s">
+      <c r="B82" s="107" t="s">
         <v>15</v>
       </c>
-      <c r="C80" s="108"/>
-[...28 lines deleted...]
-      <c r="C81" s="7" t="s">
+      <c r="C82" s="108"/>
+      <c r="D82" s="108"/>
+      <c r="E82" s="108"/>
+      <c r="F82" s="108"/>
+      <c r="G82" s="108"/>
+      <c r="H82" s="108"/>
+      <c r="I82" s="108"/>
+      <c r="J82" s="108"/>
+      <c r="K82" s="108"/>
+      <c r="L82" s="108"/>
+      <c r="M82" s="108"/>
+      <c r="N82" s="108"/>
+      <c r="O82" s="108"/>
+      <c r="P82" s="108"/>
+      <c r="Q82" s="108"/>
+      <c r="R82" s="108"/>
+      <c r="S82" s="108"/>
+      <c r="T82" s="108"/>
+      <c r="U82" s="108"/>
+      <c r="V82" s="108"/>
+      <c r="W82" s="108"/>
+      <c r="X82" s="108"/>
+      <c r="Y82" s="108"/>
+      <c r="Z82" s="108"/>
+      <c r="AA82" s="108"/>
+    </row>
+    <row r="83" spans="1:28" ht="39.6" x14ac:dyDescent="0.3">
+      <c r="A83" s="69"/>
+      <c r="B83" s="107"/>
+      <c r="C83" s="7" t="s">
         <v>36</v>
       </c>
-      <c r="D81" s="7" t="s">
+      <c r="D83" s="7" t="s">
         <v>37</v>
       </c>
-      <c r="E81" s="7" t="s">
+      <c r="E83" s="7" t="s">
         <v>38</v>
       </c>
-      <c r="F81" s="7" t="s">
+      <c r="F83" s="7" t="s">
         <v>39</v>
       </c>
-      <c r="G81" s="7" t="s">
+      <c r="G83" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="H81" s="7" t="s">
+      <c r="H83" s="7" t="s">
         <v>41</v>
       </c>
-      <c r="I81" s="7" t="s">
+      <c r="I83" s="7" t="s">
         <v>42</v>
       </c>
-      <c r="J81" s="7" t="s">
+      <c r="J83" s="7" t="s">
         <v>43</v>
       </c>
-      <c r="K81" s="7" t="s">
+      <c r="K83" s="7" t="s">
         <v>44</v>
       </c>
-      <c r="L81" s="7" t="s">
+      <c r="L83" s="7" t="s">
         <v>45</v>
       </c>
-      <c r="M81" s="7" t="s">
+      <c r="M83" s="7" t="s">
         <v>46</v>
       </c>
-      <c r="N81" s="7" t="s">
+      <c r="N83" s="7" t="s">
         <v>47</v>
       </c>
-      <c r="O81" s="7" t="s">
+      <c r="O83" s="7" t="s">
         <v>48</v>
       </c>
-      <c r="P81" s="7" t="s">
+      <c r="P83" s="7" t="s">
         <v>49</v>
       </c>
-      <c r="Q81" s="7" t="s">
+      <c r="Q83" s="7" t="s">
         <v>50</v>
       </c>
-      <c r="R81" s="7" t="s">
+      <c r="R83" s="7" t="s">
         <v>51</v>
       </c>
-      <c r="S81" s="7" t="s">
+      <c r="S83" s="7" t="s">
         <v>52</v>
       </c>
-      <c r="T81" s="7" t="s">
+      <c r="T83" s="7" t="s">
         <v>53</v>
       </c>
-      <c r="U81" s="7" t="s">
+      <c r="U83" s="7" t="s">
         <v>54</v>
       </c>
-      <c r="V81" s="7" t="s">
+      <c r="V83" s="7" t="s">
         <v>55</v>
       </c>
-      <c r="W81" s="7" t="s">
+      <c r="W83" s="7" t="s">
         <v>56</v>
       </c>
-      <c r="X81" s="7" t="s">
+      <c r="X83" s="7" t="s">
         <v>57</v>
       </c>
-      <c r="Y81" s="7" t="s">
+      <c r="Y83" s="7" t="s">
         <v>58</v>
       </c>
-      <c r="Z81" s="7" t="s">
+      <c r="Z83" s="7" t="s">
         <v>59</v>
       </c>
-      <c r="AA81" s="7" t="s">
+      <c r="AA83" s="7" t="s">
         <v>60</v>
       </c>
     </row>
-    <row r="82" spans="1:28" s="6" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A82" s="4">
+    <row r="84" spans="1:28" s="6" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A84" s="4">
         <v>1</v>
       </c>
-      <c r="B82" s="25">
+      <c r="B84" s="25">
         <v>2</v>
       </c>
-      <c r="C82" s="25">
+      <c r="C84" s="25">
         <v>3</v>
       </c>
-      <c r="D82" s="25">
+      <c r="D84" s="25">
         <v>4</v>
       </c>
-      <c r="E82" s="25">
+      <c r="E84" s="25">
         <v>5</v>
       </c>
-      <c r="F82" s="25">
+      <c r="F84" s="25">
         <v>6</v>
       </c>
-      <c r="G82" s="25">
+      <c r="G84" s="25">
         <v>7</v>
       </c>
-      <c r="H82" s="25">
+      <c r="H84" s="25">
         <v>8</v>
       </c>
-      <c r="I82" s="25">
+      <c r="I84" s="25">
         <v>9</v>
       </c>
-      <c r="J82" s="25">
+      <c r="J84" s="25">
         <v>10</v>
       </c>
-      <c r="K82" s="25">
+      <c r="K84" s="25">
         <v>11</v>
       </c>
-      <c r="L82" s="25">
+      <c r="L84" s="25">
         <v>12</v>
       </c>
-      <c r="M82" s="25">
+      <c r="M84" s="25">
         <v>13</v>
       </c>
-      <c r="N82" s="25">
+      <c r="N84" s="25">
         <v>14</v>
       </c>
-      <c r="O82" s="25">
+      <c r="O84" s="25">
         <v>15</v>
       </c>
-      <c r="P82" s="25">
+      <c r="P84" s="25">
         <v>16</v>
       </c>
-      <c r="Q82" s="25">
+      <c r="Q84" s="25">
         <v>17</v>
       </c>
-      <c r="R82" s="25">
+      <c r="R84" s="25">
         <v>18</v>
       </c>
-      <c r="S82" s="25">
+      <c r="S84" s="25">
         <v>19</v>
       </c>
-      <c r="T82" s="25">
+      <c r="T84" s="25">
         <v>20</v>
       </c>
-      <c r="U82" s="25">
+      <c r="U84" s="25">
         <v>21</v>
       </c>
-      <c r="V82" s="25">
+      <c r="V84" s="25">
         <v>22</v>
       </c>
-      <c r="W82" s="25">
+      <c r="W84" s="25">
         <v>23</v>
       </c>
-      <c r="X82" s="25">
+      <c r="X84" s="25">
         <v>24</v>
       </c>
-      <c r="Y82" s="25">
+      <c r="Y84" s="25">
         <v>25</v>
       </c>
-      <c r="Z82" s="25">
+      <c r="Z84" s="25">
         <v>26</v>
       </c>
-      <c r="AA82" s="25">
+      <c r="AA84" s="25">
         <v>27</v>
       </c>
-    </row>
-[...166 lines deleted...]
-      <c r="AB84" s="14"/>
     </row>
     <row r="85" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A85" s="23">
-        <v>43921</v>
+        <v>43861</v>
       </c>
       <c r="B85" s="18">
-        <v>407</v>
+        <v>336</v>
       </c>
       <c r="C85" s="18">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="D85" s="18">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="E85" s="18">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="F85" s="18">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="G85" s="18">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="H85" s="18">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="I85" s="18">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="J85" s="18">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="K85" s="18">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="L85" s="18">
         <v>7</v>
       </c>
       <c r="M85" s="18">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="N85" s="18">
-        <v>34</v>
+        <v>21</v>
       </c>
       <c r="O85" s="18">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="P85" s="18">
         <v>14</v>
       </c>
       <c r="Q85" s="18">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="R85" s="18">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="S85" s="18">
+        <v>11</v>
+      </c>
+      <c r="T85" s="18">
+        <v>2</v>
+      </c>
+      <c r="U85" s="18">
+        <v>42</v>
+      </c>
+      <c r="V85" s="18">
         <v>6</v>
-      </c>
-[...7 lines deleted...]
-        <v>5</v>
       </c>
       <c r="W85" s="18">
         <v>10</v>
       </c>
       <c r="X85" s="18">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="Y85" s="18">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="Z85" s="18">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="AA85" s="18">
-        <v>94</v>
+        <v>81</v>
       </c>
       <c r="AB85" s="14"/>
     </row>
     <row r="86" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A86" s="23">
-        <v>43951</v>
+        <v>43890</v>
       </c>
       <c r="B86" s="18">
-        <v>141</v>
+        <v>456</v>
       </c>
       <c r="C86" s="18">
+        <v>9</v>
+      </c>
+      <c r="D86" s="18">
+        <v>8</v>
+      </c>
+      <c r="E86" s="18">
+        <v>24</v>
+      </c>
+      <c r="F86" s="18">
+        <v>11</v>
+      </c>
+      <c r="G86" s="18">
         <v>4</v>
       </c>
-      <c r="D86" s="18">
+      <c r="H86" s="18">
+        <v>3</v>
+      </c>
+      <c r="I86" s="18">
+        <v>12</v>
+      </c>
+      <c r="J86" s="18">
+        <v>5</v>
+      </c>
+      <c r="K86" s="18">
+        <v>56</v>
+      </c>
+      <c r="L86" s="18">
+        <v>8</v>
+      </c>
+      <c r="M86" s="18">
+        <v>1</v>
+      </c>
+      <c r="N86" s="18">
+        <v>31</v>
+      </c>
+      <c r="O86" s="18">
+        <v>9</v>
+      </c>
+      <c r="P86" s="18">
+        <v>21</v>
+      </c>
+      <c r="Q86" s="18">
+        <v>10</v>
+      </c>
+      <c r="R86" s="18">
+        <v>10</v>
+      </c>
+      <c r="S86" s="18">
         <v>4</v>
       </c>
-      <c r="E86" s="18">
-[...2 lines deleted...]
-      <c r="F86" s="18">
+      <c r="T86" s="18">
+        <v>4</v>
+      </c>
+      <c r="U86" s="18">
+        <v>57</v>
+      </c>
+      <c r="V86" s="18">
+        <v>3</v>
+      </c>
+      <c r="W86" s="18">
+        <v>19</v>
+      </c>
+      <c r="X86" s="18">
+        <v>12</v>
+      </c>
+      <c r="Y86" s="18">
         <v>2</v>
       </c>
-      <c r="G86" s="18">
-[...20 lines deleted...]
-      <c r="N86" s="18">
+      <c r="Z86" s="18">
         <v>12</v>
       </c>
-      <c r="O86" s="18">
-[...34 lines deleted...]
-      </c>
       <c r="AA86" s="18">
-        <v>41</v>
+        <v>121</v>
       </c>
       <c r="AB86" s="14"/>
     </row>
     <row r="87" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A87" s="23">
-        <v>43982</v>
+        <v>43921</v>
       </c>
       <c r="B87" s="18">
-        <v>188</v>
+        <v>407</v>
       </c>
       <c r="C87" s="18">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="D87" s="18">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="E87" s="18">
-        <v>17</v>
+        <v>28</v>
       </c>
       <c r="F87" s="18">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="G87" s="18">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="H87" s="18">
         <v>2</v>
       </c>
       <c r="I87" s="18">
+        <v>19</v>
+      </c>
+      <c r="J87" s="18">
+        <v>4</v>
+      </c>
+      <c r="K87" s="18">
+        <v>35</v>
+      </c>
+      <c r="L87" s="18">
         <v>7</v>
       </c>
-      <c r="J87" s="18">
+      <c r="M87" s="18">
         <v>3</v>
       </c>
-      <c r="K87" s="18">
+      <c r="N87" s="18">
+        <v>34</v>
+      </c>
+      <c r="O87" s="18">
+        <v>4</v>
+      </c>
+      <c r="P87" s="18">
+        <v>14</v>
+      </c>
+      <c r="Q87" s="18">
+        <v>10</v>
+      </c>
+      <c r="R87" s="18">
+        <v>16</v>
+      </c>
+      <c r="S87" s="18">
+        <v>6</v>
+      </c>
+      <c r="T87" s="18">
+        <v>7</v>
+      </c>
+      <c r="U87" s="18">
+        <v>55</v>
+      </c>
+      <c r="V87" s="18">
+        <v>5</v>
+      </c>
+      <c r="W87" s="18">
+        <v>10</v>
+      </c>
+      <c r="X87" s="18">
         <v>13</v>
       </c>
-      <c r="L87" s="18">
-[...37 lines deleted...]
-      </c>
       <c r="Y87" s="18">
         <v>0</v>
       </c>
       <c r="Z87" s="18">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="AA87" s="18">
-        <v>39</v>
+        <v>94</v>
       </c>
       <c r="AB87" s="14"/>
     </row>
     <row r="88" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A88" s="23">
-        <v>44012</v>
+        <v>43951</v>
       </c>
       <c r="B88" s="18">
-        <v>343</v>
+        <v>141</v>
       </c>
       <c r="C88" s="18">
+        <v>4</v>
+      </c>
+      <c r="D88" s="18">
+        <v>4</v>
+      </c>
+      <c r="E88" s="18">
+        <v>11</v>
+      </c>
+      <c r="F88" s="18">
         <v>2</v>
       </c>
-      <c r="D88" s="18">
-[...7 lines deleted...]
-      </c>
       <c r="G88" s="18">
+        <v>3</v>
+      </c>
+      <c r="H88" s="18">
+        <v>1</v>
+      </c>
+      <c r="I88" s="18">
+        <v>8</v>
+      </c>
+      <c r="J88" s="18">
+        <v>1</v>
+      </c>
+      <c r="K88" s="18">
+        <v>10</v>
+      </c>
+      <c r="L88" s="18">
+        <v>1</v>
+      </c>
+      <c r="M88" s="18">
+        <v>3</v>
+      </c>
+      <c r="N88" s="18">
+        <v>12</v>
+      </c>
+      <c r="O88" s="18">
+        <v>3</v>
+      </c>
+      <c r="P88" s="18">
+        <v>3</v>
+      </c>
+      <c r="Q88" s="18">
+        <v>2</v>
+      </c>
+      <c r="R88" s="18">
         <v>4</v>
       </c>
-      <c r="H88" s="18">
-[...5 lines deleted...]
-      <c r="J88" s="18">
+      <c r="S88" s="18">
         <v>5</v>
       </c>
-      <c r="K88" s="18">
-[...25 lines deleted...]
-      </c>
       <c r="T88" s="18">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="U88" s="18">
-        <v>36</v>
+        <v>15</v>
       </c>
       <c r="V88" s="18">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="W88" s="18">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="X88" s="18">
-        <v>9</v>
+        <v>2</v>
       </c>
       <c r="Y88" s="18">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="Z88" s="18">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="AA88" s="18">
-        <v>100</v>
+        <v>41</v>
       </c>
       <c r="AB88" s="14"/>
     </row>
     <row r="89" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A89" s="23">
-        <v>44043</v>
+        <v>43982</v>
       </c>
       <c r="B89" s="18">
-        <v>583</v>
+        <v>188</v>
       </c>
       <c r="C89" s="18">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="D89" s="18">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="E89" s="18">
-        <v>42</v>
+        <v>17</v>
       </c>
       <c r="F89" s="18">
+        <v>1</v>
+      </c>
+      <c r="G89" s="18">
+        <v>1</v>
+      </c>
+      <c r="H89" s="18">
+        <v>2</v>
+      </c>
+      <c r="I89" s="18">
+        <v>7</v>
+      </c>
+      <c r="J89" s="18">
+        <v>3</v>
+      </c>
+      <c r="K89" s="18">
+        <v>13</v>
+      </c>
+      <c r="L89" s="18">
         <v>4</v>
       </c>
-      <c r="G89" s="18">
-[...16 lines deleted...]
-      </c>
       <c r="M89" s="18">
         <v>0</v>
       </c>
       <c r="N89" s="18">
-        <v>36</v>
+        <v>8</v>
       </c>
       <c r="O89" s="18">
-        <v>10</v>
+        <v>3</v>
       </c>
       <c r="P89" s="18">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="Q89" s="18">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="R89" s="18">
-        <v>31</v>
+        <v>12</v>
       </c>
       <c r="S89" s="18">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="T89" s="18">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="U89" s="18">
-        <v>61</v>
+        <v>26</v>
       </c>
       <c r="V89" s="18">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="W89" s="18">
-        <v>12</v>
+        <v>5</v>
       </c>
       <c r="X89" s="18">
-        <v>16</v>
+        <v>6</v>
       </c>
       <c r="Y89" s="18">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="Z89" s="18">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="AA89" s="18">
-        <v>157</v>
+        <v>39</v>
       </c>
       <c r="AB89" s="14"/>
     </row>
     <row r="90" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A90" s="23">
-        <v>44074</v>
+        <v>44012</v>
       </c>
       <c r="B90" s="18">
-        <v>529</v>
+        <v>343</v>
       </c>
       <c r="C90" s="18">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="D90" s="18">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="E90" s="18">
-        <v>41</v>
+        <v>29</v>
       </c>
       <c r="F90" s="18">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="G90" s="18">
-        <v>14</v>
+        <v>4</v>
       </c>
       <c r="H90" s="18">
         <v>4</v>
       </c>
       <c r="I90" s="18">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="J90" s="18">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="K90" s="18">
-        <v>66</v>
+        <v>38</v>
       </c>
       <c r="L90" s="18">
+        <v>8</v>
+      </c>
+      <c r="M90" s="18">
+        <v>0</v>
+      </c>
+      <c r="N90" s="18">
+        <v>16</v>
+      </c>
+      <c r="O90" s="18">
+        <v>8</v>
+      </c>
+      <c r="P90" s="18">
+        <v>18</v>
+      </c>
+      <c r="Q90" s="18">
         <v>10</v>
       </c>
-      <c r="M90" s="18">
-[...13 lines deleted...]
-      </c>
       <c r="R90" s="18">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="S90" s="18">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="T90" s="18">
+        <v>3</v>
+      </c>
+      <c r="U90" s="18">
+        <v>36</v>
+      </c>
+      <c r="V90" s="18">
+        <v>3</v>
+      </c>
+      <c r="W90" s="18">
         <v>4</v>
       </c>
-      <c r="U90" s="18">
-[...5 lines deleted...]
-      <c r="W90" s="18">
+      <c r="X90" s="18">
         <v>9</v>
       </c>
-      <c r="X90" s="18">
-[...1 lines deleted...]
-      </c>
       <c r="Y90" s="18">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z90" s="18">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="AA90" s="18">
-        <v>124</v>
+        <v>100</v>
       </c>
       <c r="AB90" s="14"/>
     </row>
     <row r="91" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A91" s="23">
-        <v>44104</v>
+        <v>44043</v>
       </c>
       <c r="B91" s="18">
-        <v>667</v>
+        <v>583</v>
       </c>
       <c r="C91" s="18">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="D91" s="18">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="E91" s="18">
-        <v>50</v>
+        <v>42</v>
       </c>
       <c r="F91" s="18">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="G91" s="18">
-        <v>7</v>
+        <v>14</v>
       </c>
       <c r="H91" s="18">
         <v>7</v>
       </c>
       <c r="I91" s="18">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="J91" s="18">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="K91" s="18">
-        <v>78</v>
+        <v>63</v>
       </c>
       <c r="L91" s="18">
         <v>11</v>
       </c>
       <c r="M91" s="18">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="N91" s="18">
         <v>36</v>
       </c>
       <c r="O91" s="18">
+        <v>10</v>
+      </c>
+      <c r="P91" s="18">
         <v>16</v>
       </c>
-      <c r="P91" s="18">
-[...1 lines deleted...]
-      </c>
       <c r="Q91" s="18">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="R91" s="18">
-        <v>17</v>
+        <v>31</v>
       </c>
       <c r="S91" s="18">
+        <v>14</v>
+      </c>
+      <c r="T91" s="18">
+        <v>7</v>
+      </c>
+      <c r="U91" s="18">
+        <v>61</v>
+      </c>
+      <c r="V91" s="18">
+        <v>8</v>
+      </c>
+      <c r="W91" s="18">
+        <v>12</v>
+      </c>
+      <c r="X91" s="18">
         <v>16</v>
       </c>
-      <c r="T91" s="18">
-[...13 lines deleted...]
-      </c>
       <c r="Y91" s="18">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="Z91" s="18">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="AA91" s="18">
-        <v>193</v>
+        <v>157</v>
       </c>
       <c r="AB91" s="14"/>
     </row>
     <row r="92" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A92" s="23">
-        <v>44135</v>
+        <v>44074</v>
       </c>
       <c r="B92" s="18">
-        <v>663</v>
+        <v>529</v>
       </c>
       <c r="C92" s="18">
-        <v>14</v>
+        <v>7</v>
       </c>
       <c r="D92" s="18">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="E92" s="18">
         <v>41</v>
       </c>
       <c r="F92" s="18">
+        <v>10</v>
+      </c>
+      <c r="G92" s="18">
+        <v>14</v>
+      </c>
+      <c r="H92" s="18">
+        <v>4</v>
+      </c>
+      <c r="I92" s="18">
+        <v>20</v>
+      </c>
+      <c r="J92" s="18">
+        <v>7</v>
+      </c>
+      <c r="K92" s="18">
+        <v>66</v>
+      </c>
+      <c r="L92" s="18">
+        <v>10</v>
+      </c>
+      <c r="M92" s="18">
         <v>1</v>
       </c>
-      <c r="G92" s="18">
-[...2 lines deleted...]
-      <c r="H92" s="18">
+      <c r="N92" s="18">
+        <v>34</v>
+      </c>
+      <c r="O92" s="18">
+        <v>6</v>
+      </c>
+      <c r="P92" s="18">
+        <v>27</v>
+      </c>
+      <c r="Q92" s="18">
+        <v>17</v>
+      </c>
+      <c r="R92" s="18">
+        <v>15</v>
+      </c>
+      <c r="S92" s="18">
         <v>11</v>
-      </c>
-[...31 lines deleted...]
-        <v>23</v>
       </c>
       <c r="T92" s="18">
         <v>4</v>
       </c>
       <c r="U92" s="18">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="V92" s="18">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="W92" s="18">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="X92" s="18">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="Y92" s="18">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="Z92" s="18">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="AA92" s="18">
-        <v>187</v>
+        <v>124</v>
       </c>
       <c r="AB92" s="14"/>
     </row>
     <row r="93" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A93" s="23">
-        <v>44165</v>
+        <v>44104</v>
       </c>
       <c r="B93" s="18">
-        <v>589</v>
+        <v>667</v>
       </c>
       <c r="C93" s="18">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="D93" s="18">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="E93" s="18">
-        <v>36</v>
+        <v>50</v>
       </c>
       <c r="F93" s="18">
         <v>2</v>
       </c>
       <c r="G93" s="18">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="H93" s="18">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="I93" s="18">
+        <v>21</v>
+      </c>
+      <c r="J93" s="18">
+        <v>7</v>
+      </c>
+      <c r="K93" s="18">
+        <v>78</v>
+      </c>
+      <c r="L93" s="18">
+        <v>11</v>
+      </c>
+      <c r="M93" s="18">
+        <v>2</v>
+      </c>
+      <c r="N93" s="18">
+        <v>36</v>
+      </c>
+      <c r="O93" s="18">
         <v>16</v>
       </c>
-      <c r="J93" s="18">
-[...16 lines deleted...]
-      </c>
       <c r="P93" s="18">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="Q93" s="18">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="R93" s="18">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="S93" s="18">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="T93" s="18">
         <v>4</v>
       </c>
       <c r="U93" s="18">
-        <v>57</v>
+        <v>71</v>
       </c>
       <c r="V93" s="18">
+        <v>6</v>
+      </c>
+      <c r="W93" s="18">
+        <v>15</v>
+      </c>
+      <c r="X93" s="18">
         <v>10</v>
       </c>
-      <c r="W93" s="18">
-[...4 lines deleted...]
-      </c>
       <c r="Y93" s="18">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="Z93" s="18">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="AA93" s="18">
-        <v>165</v>
+        <v>193</v>
       </c>
       <c r="AB93" s="14"/>
     </row>
     <row r="94" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A94" s="23">
-        <v>44196</v>
+        <v>44135</v>
       </c>
       <c r="B94" s="18">
-        <v>741</v>
+        <v>663</v>
       </c>
       <c r="C94" s="18">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D94" s="18">
         <v>15</v>
       </c>
       <c r="E94" s="18">
-        <v>48</v>
+        <v>41</v>
       </c>
       <c r="F94" s="18">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G94" s="18">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="H94" s="18">
-        <v>2</v>
+        <v>11</v>
       </c>
       <c r="I94" s="18">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="J94" s="18">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="K94" s="18">
-        <v>104</v>
+        <v>76</v>
       </c>
       <c r="L94" s="18">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="M94" s="18">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="N94" s="18">
         <v>37</v>
       </c>
       <c r="O94" s="18">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="P94" s="18">
         <v>32</v>
       </c>
       <c r="Q94" s="18">
+        <v>16</v>
+      </c>
+      <c r="R94" s="18">
         <v>22</v>
       </c>
-      <c r="R94" s="18">
-[...1 lines deleted...]
-      </c>
       <c r="S94" s="18">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="T94" s="18">
         <v>4</v>
       </c>
       <c r="U94" s="18">
-        <v>70</v>
+        <v>63</v>
       </c>
       <c r="V94" s="18">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="W94" s="18">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="X94" s="18">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="Y94" s="18">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="Z94" s="18">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="AA94" s="18">
-        <v>195</v>
+        <v>187</v>
       </c>
       <c r="AB94" s="14"/>
     </row>
     <row r="95" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A95" s="23">
-        <v>44227</v>
+        <v>44165</v>
       </c>
       <c r="B95" s="18">
-        <v>430</v>
+        <v>589</v>
       </c>
       <c r="C95" s="18">
+        <v>21</v>
+      </c>
+      <c r="D95" s="18">
+        <v>13</v>
+      </c>
+      <c r="E95" s="18">
+        <v>36</v>
+      </c>
+      <c r="F95" s="18">
+        <v>2</v>
+      </c>
+      <c r="G95" s="18">
         <v>9</v>
       </c>
-      <c r="D95" s="18">
+      <c r="H95" s="18">
+        <v>5</v>
+      </c>
+      <c r="I95" s="18">
+        <v>16</v>
+      </c>
+      <c r="J95" s="18">
+        <v>5</v>
+      </c>
+      <c r="K95" s="18">
+        <v>68</v>
+      </c>
+      <c r="L95" s="18">
+        <v>6</v>
+      </c>
+      <c r="M95" s="18">
+        <v>1</v>
+      </c>
+      <c r="N95" s="18">
+        <v>42</v>
+      </c>
+      <c r="O95" s="18">
+        <v>15</v>
+      </c>
+      <c r="P95" s="18">
+        <v>31</v>
+      </c>
+      <c r="Q95" s="18">
+        <v>15</v>
+      </c>
+      <c r="R95" s="18">
+        <v>15</v>
+      </c>
+      <c r="S95" s="18">
+        <v>13</v>
+      </c>
+      <c r="T95" s="18">
+        <v>4</v>
+      </c>
+      <c r="U95" s="18">
+        <v>57</v>
+      </c>
+      <c r="V95" s="18">
         <v>10</v>
-      </c>
-[...52 lines deleted...]
-        <v>6</v>
       </c>
       <c r="W95" s="18">
         <v>10</v>
       </c>
       <c r="X95" s="18">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="Y95" s="18">
         <v>1</v>
       </c>
       <c r="Z95" s="18">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="AA95" s="18">
-        <v>121</v>
+        <v>165</v>
       </c>
       <c r="AB95" s="14"/>
     </row>
     <row r="96" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A96" s="23">
-        <v>44255</v>
+        <v>44196</v>
       </c>
       <c r="B96" s="18">
-        <v>614</v>
+        <v>741</v>
       </c>
       <c r="C96" s="18">
+        <v>15</v>
+      </c>
+      <c r="D96" s="18">
+        <v>15</v>
+      </c>
+      <c r="E96" s="18">
+        <v>48</v>
+      </c>
+      <c r="F96" s="18">
+        <v>2</v>
+      </c>
+      <c r="G96" s="18">
+        <v>14</v>
+      </c>
+      <c r="H96" s="18">
+        <v>2</v>
+      </c>
+      <c r="I96" s="18">
+        <v>33</v>
+      </c>
+      <c r="J96" s="18">
+        <v>16</v>
+      </c>
+      <c r="K96" s="18">
+        <v>104</v>
+      </c>
+      <c r="L96" s="18">
+        <v>9</v>
+      </c>
+      <c r="M96" s="18">
+        <v>2</v>
+      </c>
+      <c r="N96" s="18">
+        <v>37</v>
+      </c>
+      <c r="O96" s="18">
+        <v>16</v>
+      </c>
+      <c r="P96" s="18">
+        <v>32</v>
+      </c>
+      <c r="Q96" s="18">
+        <v>22</v>
+      </c>
+      <c r="R96" s="18">
+        <v>18</v>
+      </c>
+      <c r="S96" s="18">
+        <v>18</v>
+      </c>
+      <c r="T96" s="18">
+        <v>4</v>
+      </c>
+      <c r="U96" s="18">
+        <v>70</v>
+      </c>
+      <c r="V96" s="18">
+        <v>9</v>
+      </c>
+      <c r="W96" s="18">
         <v>11</v>
       </c>
-      <c r="D96" s="18">
-[...58 lines deleted...]
-      </c>
       <c r="X96" s="18">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="Y96" s="18">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Z96" s="18">
-        <v>11</v>
+        <v>23</v>
       </c>
       <c r="AA96" s="18">
-        <v>170</v>
+        <v>195</v>
       </c>
       <c r="AB96" s="14"/>
     </row>
     <row r="97" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A97" s="23">
-        <v>44286</v>
+        <v>44227</v>
       </c>
       <c r="B97" s="18">
-        <v>748</v>
+        <v>430</v>
       </c>
       <c r="C97" s="18">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D97" s="18">
-        <v>27</v>
+        <v>10</v>
       </c>
       <c r="E97" s="18">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="F97" s="18">
+        <v>3</v>
+      </c>
+      <c r="G97" s="18">
+        <v>5</v>
+      </c>
+      <c r="H97" s="18">
+        <v>3</v>
+      </c>
+      <c r="I97" s="18">
+        <v>11</v>
+      </c>
+      <c r="J97" s="18">
+        <v>7</v>
+      </c>
+      <c r="K97" s="18">
+        <v>59</v>
+      </c>
+      <c r="L97" s="18">
         <v>2</v>
       </c>
-      <c r="G97" s="18">
+      <c r="M97" s="18">
+        <v>0</v>
+      </c>
+      <c r="N97" s="18">
+        <v>24</v>
+      </c>
+      <c r="O97" s="18">
+        <v>5</v>
+      </c>
+      <c r="P97" s="18">
         <v>16</v>
       </c>
-      <c r="H97" s="18">
-[...11 lines deleted...]
-      <c r="L97" s="18">
+      <c r="Q97" s="18">
         <v>12</v>
-      </c>
-[...13 lines deleted...]
-        <v>17</v>
       </c>
       <c r="R97" s="18">
         <v>16</v>
       </c>
       <c r="S97" s="18">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="T97" s="18">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="U97" s="18">
-        <v>75</v>
+        <v>53</v>
       </c>
       <c r="V97" s="18">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="W97" s="18">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="X97" s="18">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="Y97" s="18">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="Z97" s="18">
-        <v>19</v>
+        <v>9</v>
       </c>
       <c r="AA97" s="18">
-        <v>200</v>
+        <v>121</v>
       </c>
       <c r="AB97" s="14"/>
     </row>
     <row r="98" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A98" s="23">
-        <v>44316</v>
+        <v>44255</v>
       </c>
       <c r="B98" s="18">
-        <v>1014</v>
+        <v>614</v>
       </c>
       <c r="C98" s="18">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="D98" s="18">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="E98" s="18">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="F98" s="18">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G98" s="18">
+        <v>15</v>
+      </c>
+      <c r="H98" s="18">
+        <v>6</v>
+      </c>
+      <c r="I98" s="18">
+        <v>19</v>
+      </c>
+      <c r="J98" s="18">
+        <v>10</v>
+      </c>
+      <c r="K98" s="18">
+        <v>84</v>
+      </c>
+      <c r="L98" s="18">
+        <v>7</v>
+      </c>
+      <c r="M98" s="18">
+        <v>1</v>
+      </c>
+      <c r="N98" s="18">
+        <v>36</v>
+      </c>
+      <c r="O98" s="18">
+        <v>10</v>
+      </c>
+      <c r="P98" s="18">
+        <v>20</v>
+      </c>
+      <c r="Q98" s="18">
+        <v>8</v>
+      </c>
+      <c r="R98" s="18">
         <v>13</v>
       </c>
-      <c r="H98" s="18">
+      <c r="S98" s="18">
+        <v>14</v>
+      </c>
+      <c r="T98" s="18">
+        <v>5</v>
+      </c>
+      <c r="U98" s="18">
+        <v>75</v>
+      </c>
+      <c r="V98" s="18">
+        <v>10</v>
+      </c>
+      <c r="W98" s="18">
+        <v>10</v>
+      </c>
+      <c r="X98" s="18">
+        <v>10</v>
+      </c>
+      <c r="Y98" s="18">
+        <v>2</v>
+      </c>
+      <c r="Z98" s="18">
         <v>11</v>
       </c>
-      <c r="I98" s="18">
-[...52 lines deleted...]
-      </c>
       <c r="AA98" s="18">
-        <v>310</v>
+        <v>170</v>
       </c>
       <c r="AB98" s="14"/>
     </row>
     <row r="99" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A99" s="23">
-        <v>44347</v>
+        <v>44286</v>
       </c>
       <c r="B99" s="18">
-        <v>864</v>
+        <v>748</v>
       </c>
       <c r="C99" s="18">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="D99" s="18">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="E99" s="18">
-        <v>49</v>
+        <v>36</v>
       </c>
       <c r="F99" s="18">
         <v>2</v>
       </c>
       <c r="G99" s="18">
         <v>16</v>
       </c>
       <c r="H99" s="18">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="I99" s="18">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="J99" s="18">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="K99" s="18">
-        <v>146</v>
+        <v>90</v>
       </c>
       <c r="L99" s="18">
         <v>12</v>
       </c>
       <c r="M99" s="18">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="N99" s="18">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="O99" s="18">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="P99" s="18">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="Q99" s="18">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="R99" s="18">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="S99" s="18">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="T99" s="18">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="U99" s="18">
-        <v>78</v>
+        <v>75</v>
       </c>
       <c r="V99" s="18">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="W99" s="18">
         <v>17</v>
       </c>
       <c r="X99" s="18">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="Y99" s="18">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="Z99" s="18">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="AA99" s="18">
-        <v>212</v>
+        <v>200</v>
       </c>
       <c r="AB99" s="14"/>
     </row>
     <row r="100" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A100" s="23">
-        <v>44377</v>
+        <v>44316</v>
       </c>
       <c r="B100" s="18">
-        <v>977</v>
+        <v>1014</v>
       </c>
       <c r="C100" s="18">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="D100" s="18">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="E100" s="18">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="F100" s="18">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="G100" s="18">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="H100" s="18">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="I100" s="18">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="J100" s="18">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="K100" s="18">
-        <v>150</v>
+        <v>125</v>
       </c>
       <c r="L100" s="18">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="M100" s="18">
         <v>2</v>
       </c>
       <c r="N100" s="18">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="O100" s="18">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="P100" s="18">
-        <v>45</v>
+        <v>52</v>
       </c>
       <c r="Q100" s="18">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="R100" s="18">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="S100" s="18">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="T100" s="18">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="U100" s="18">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="V100" s="18">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="W100" s="18">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="X100" s="18">
         <v>21</v>
       </c>
       <c r="Y100" s="18">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="Z100" s="18">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="AA100" s="18">
-        <v>248</v>
+        <v>310</v>
       </c>
       <c r="AB100" s="14"/>
     </row>
     <row r="101" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A101" s="23">
-        <v>44408</v>
+        <v>44347</v>
       </c>
       <c r="B101" s="18">
-        <v>997</v>
+        <v>864</v>
       </c>
       <c r="C101" s="18">
+        <v>18</v>
+      </c>
+      <c r="D101" s="18">
         <v>23</v>
       </c>
-      <c r="D101" s="18">
-[...1 lines deleted...]
-      </c>
       <c r="E101" s="18">
-        <v>64</v>
+        <v>49</v>
       </c>
       <c r="F101" s="18">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="G101" s="18">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="H101" s="18">
         <v>9</v>
       </c>
       <c r="I101" s="18">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="J101" s="18">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="K101" s="18">
-        <v>153</v>
+        <v>146</v>
       </c>
       <c r="L101" s="18">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="M101" s="18">
         <v>1</v>
       </c>
       <c r="N101" s="18">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="O101" s="18">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="P101" s="18">
-        <v>50</v>
+        <v>42</v>
       </c>
       <c r="Q101" s="18">
-        <v>31</v>
+        <v>20</v>
       </c>
       <c r="R101" s="18">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="S101" s="18">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="T101" s="18">
         <v>8</v>
       </c>
       <c r="U101" s="18">
-        <v>102</v>
+        <v>78</v>
       </c>
       <c r="V101" s="18">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="W101" s="18">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="X101" s="18">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Y101" s="18">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="Z101" s="18">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="AA101" s="18">
-        <v>250</v>
+        <v>212</v>
       </c>
       <c r="AB101" s="14"/>
     </row>
     <row r="102" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A102" s="23">
-        <v>44439</v>
+        <v>44377</v>
       </c>
       <c r="B102" s="18">
-        <v>966</v>
+        <v>977</v>
       </c>
       <c r="C102" s="18">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="D102" s="18">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="E102" s="18">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="F102" s="18">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="G102" s="18">
         <v>12</v>
       </c>
       <c r="H102" s="18">
         <v>9</v>
       </c>
       <c r="I102" s="18">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="J102" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="K102" s="18">
-        <v>124</v>
+        <v>150</v>
       </c>
       <c r="L102" s="18">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="M102" s="18">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="N102" s="18">
-        <v>53</v>
+        <v>61</v>
       </c>
       <c r="O102" s="18">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="P102" s="18">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="Q102" s="18">
         <v>25</v>
       </c>
       <c r="R102" s="18">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="S102" s="18">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="T102" s="18">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="U102" s="18">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="V102" s="18">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="W102" s="18">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="X102" s="18">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="Y102" s="18">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="Z102" s="18">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="AA102" s="18">
-        <v>270</v>
+        <v>248</v>
       </c>
       <c r="AB102" s="14"/>
     </row>
     <row r="103" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A103" s="23">
-        <v>44469</v>
+        <v>44408</v>
       </c>
       <c r="B103" s="18">
-        <v>1062</v>
+        <v>997</v>
       </c>
       <c r="C103" s="18">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="D103" s="18">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="E103" s="18">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="F103" s="18">
-        <v>12</v>
+        <v>5</v>
       </c>
       <c r="G103" s="18">
+        <v>18</v>
+      </c>
+      <c r="H103" s="18">
+        <v>9</v>
+      </c>
+      <c r="I103" s="18">
+        <v>30</v>
+      </c>
+      <c r="J103" s="18">
         <v>16</v>
       </c>
-      <c r="H103" s="18">
-[...7 lines deleted...]
-      </c>
       <c r="K103" s="18">
-        <v>178</v>
+        <v>153</v>
       </c>
       <c r="L103" s="18">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="M103" s="18">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="N103" s="18">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="O103" s="18">
         <v>18</v>
       </c>
       <c r="P103" s="18">
-        <v>61</v>
+        <v>50</v>
       </c>
       <c r="Q103" s="18">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="R103" s="18">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="S103" s="18">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="T103" s="18">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="U103" s="18">
         <v>102</v>
       </c>
       <c r="V103" s="18">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="W103" s="18">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="X103" s="18">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="Y103" s="18">
         <v>5</v>
       </c>
       <c r="Z103" s="18">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="AA103" s="18">
-        <v>271</v>
+        <v>250</v>
       </c>
       <c r="AB103" s="14"/>
     </row>
     <row r="104" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A104" s="23">
-        <v>44500</v>
+        <v>44439</v>
       </c>
       <c r="B104" s="18">
-        <v>961</v>
+        <v>966</v>
       </c>
       <c r="C104" s="18">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="D104" s="18">
+        <v>19</v>
+      </c>
+      <c r="E104" s="18">
+        <v>58</v>
+      </c>
+      <c r="F104" s="18">
+        <v>4</v>
+      </c>
+      <c r="G104" s="18">
+        <v>12</v>
+      </c>
+      <c r="H104" s="18">
+        <v>9</v>
+      </c>
+      <c r="I104" s="18">
+        <v>32</v>
+      </c>
+      <c r="J104" s="18">
+        <v>10</v>
+      </c>
+      <c r="K104" s="18">
+        <v>124</v>
+      </c>
+      <c r="L104" s="18">
         <v>16</v>
       </c>
-      <c r="E104" s="18">
-[...14 lines deleted...]
-      <c r="J104" s="18">
+      <c r="M104" s="18">
+        <v>4</v>
+      </c>
+      <c r="N104" s="18">
+        <v>53</v>
+      </c>
+      <c r="O104" s="18">
         <v>16</v>
       </c>
-      <c r="K104" s="18">
-[...13 lines deleted...]
-      </c>
       <c r="P104" s="18">
-        <v>59</v>
+        <v>47</v>
       </c>
       <c r="Q104" s="18">
         <v>25</v>
       </c>
       <c r="R104" s="18">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="S104" s="18">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="T104" s="18">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="U104" s="18">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="V104" s="18">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="W104" s="18">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="X104" s="18">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="Y104" s="18">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="Z104" s="18">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="AA104" s="18">
-        <v>254</v>
+        <v>270</v>
       </c>
       <c r="AB104" s="14"/>
     </row>
     <row r="105" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A105" s="23">
-        <v>44530</v>
+        <v>44469</v>
       </c>
       <c r="B105" s="18">
-        <v>1015</v>
+        <v>1062</v>
       </c>
       <c r="C105" s="18">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D105" s="18">
         <v>17</v>
       </c>
       <c r="E105" s="18">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="F105" s="18">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="G105" s="18">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="H105" s="18">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="I105" s="18">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="J105" s="18">
+        <v>15</v>
+      </c>
+      <c r="K105" s="18">
+        <v>178</v>
+      </c>
+      <c r="L105" s="18">
+        <v>11</v>
+      </c>
+      <c r="M105" s="18">
+        <v>3</v>
+      </c>
+      <c r="N105" s="18">
+        <v>52</v>
+      </c>
+      <c r="O105" s="18">
         <v>18</v>
       </c>
-      <c r="K105" s="18">
-[...13 lines deleted...]
-      </c>
       <c r="P105" s="18">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="Q105" s="18">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="R105" s="18">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="S105" s="18">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="T105" s="18">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="U105" s="18">
-        <v>95</v>
+        <v>102</v>
       </c>
       <c r="V105" s="18">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="W105" s="18">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="X105" s="18">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="Y105" s="18">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="Z105" s="18">
-        <v>26</v>
+        <v>36</v>
       </c>
       <c r="AA105" s="18">
-        <v>233</v>
+        <v>271</v>
       </c>
       <c r="AB105" s="14"/>
     </row>
     <row r="106" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A106" s="23">
-        <v>44561</v>
+        <v>44500</v>
       </c>
       <c r="B106" s="18">
-        <v>1100</v>
+        <v>961</v>
       </c>
       <c r="C106" s="18">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="D106" s="18">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="E106" s="18">
+        <v>51</v>
+      </c>
+      <c r="F106" s="18">
+        <v>12</v>
+      </c>
+      <c r="G106" s="18">
+        <v>19</v>
+      </c>
+      <c r="H106" s="18">
+        <v>14</v>
+      </c>
+      <c r="I106" s="18">
+        <v>29</v>
+      </c>
+      <c r="J106" s="18">
+        <v>16</v>
+      </c>
+      <c r="K106" s="18">
+        <v>125</v>
+      </c>
+      <c r="L106" s="18">
+        <v>17</v>
+      </c>
+      <c r="M106" s="18">
+        <v>3</v>
+      </c>
+      <c r="N106" s="18">
+        <v>52</v>
+      </c>
+      <c r="O106" s="18">
+        <v>17</v>
+      </c>
+      <c r="P106" s="18">
         <v>59</v>
-      </c>
-[...31 lines deleted...]
-        <v>62</v>
       </c>
       <c r="Q106" s="18">
         <v>25</v>
       </c>
       <c r="R106" s="18">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="S106" s="18">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="T106" s="18">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="U106" s="18">
-        <v>123</v>
+        <v>90</v>
       </c>
       <c r="V106" s="18">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="W106" s="18">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="X106" s="18">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="Y106" s="18">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="Z106" s="18">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="AA106" s="18">
-        <v>223</v>
+        <v>254</v>
       </c>
       <c r="AB106" s="14"/>
     </row>
     <row r="107" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A107" s="23">
-        <v>44592</v>
+        <v>44530</v>
       </c>
       <c r="B107" s="18">
-        <v>705</v>
+        <v>1015</v>
       </c>
       <c r="C107" s="18">
         <v>22</v>
       </c>
       <c r="D107" s="18">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="E107" s="18">
+        <v>66</v>
+      </c>
+      <c r="F107" s="18">
+        <v>25</v>
+      </c>
+      <c r="G107" s="18">
+        <v>13</v>
+      </c>
+      <c r="H107" s="18">
+        <v>8</v>
+      </c>
+      <c r="I107" s="18">
+        <v>38</v>
+      </c>
+      <c r="J107" s="18">
+        <v>18</v>
+      </c>
+      <c r="K107" s="18">
+        <v>158</v>
+      </c>
+      <c r="L107" s="18">
+        <v>9</v>
+      </c>
+      <c r="M107" s="18">
+        <v>9</v>
+      </c>
+      <c r="N107" s="18">
         <v>50</v>
       </c>
-      <c r="F107" s="18">
-[...11 lines deleted...]
-      <c r="J107" s="18">
+      <c r="O107" s="18">
+        <v>19</v>
+      </c>
+      <c r="P107" s="18">
+        <v>56</v>
+      </c>
+      <c r="Q107" s="18">
+        <v>32</v>
+      </c>
+      <c r="R107" s="18">
+        <v>28</v>
+      </c>
+      <c r="S107" s="18">
+        <v>18</v>
+      </c>
+      <c r="T107" s="18">
         <v>8</v>
       </c>
-      <c r="K107" s="18">
-[...28 lines deleted...]
-      </c>
       <c r="U107" s="18">
-        <v>68</v>
+        <v>95</v>
       </c>
       <c r="V107" s="18">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="W107" s="18">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="X107" s="18">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="Y107" s="18">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z107" s="18">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="AA107" s="18">
-        <v>140</v>
+        <v>233</v>
       </c>
       <c r="AB107" s="14"/>
     </row>
     <row r="108" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A108" s="23">
-        <v>44620</v>
+        <v>44561</v>
       </c>
       <c r="B108" s="18">
-        <v>641</v>
+        <v>1100</v>
       </c>
       <c r="C108" s="18">
+        <v>24</v>
+      </c>
+      <c r="D108" s="18">
+        <v>22</v>
+      </c>
+      <c r="E108" s="18">
+        <v>59</v>
+      </c>
+      <c r="F108" s="18">
+        <v>15</v>
+      </c>
+      <c r="G108" s="18">
         <v>16</v>
       </c>
-      <c r="D108" s="18">
+      <c r="H108" s="18">
+        <v>15</v>
+      </c>
+      <c r="I108" s="18">
+        <v>42</v>
+      </c>
+      <c r="J108" s="18">
+        <v>20</v>
+      </c>
+      <c r="K108" s="18">
+        <v>188</v>
+      </c>
+      <c r="L108" s="18">
+        <v>9</v>
+      </c>
+      <c r="M108" s="18">
+        <v>7</v>
+      </c>
+      <c r="N108" s="18">
+        <v>57</v>
+      </c>
+      <c r="O108" s="18">
         <v>16</v>
       </c>
-      <c r="E108" s="18">
-[...2 lines deleted...]
-      <c r="F108" s="18">
+      <c r="P108" s="18">
+        <v>62</v>
+      </c>
+      <c r="Q108" s="18">
+        <v>25</v>
+      </c>
+      <c r="R108" s="18">
+        <v>28</v>
+      </c>
+      <c r="S108" s="18">
+        <v>29</v>
+      </c>
+      <c r="T108" s="18">
         <v>9</v>
       </c>
-      <c r="G108" s="18">
+      <c r="U108" s="18">
+        <v>123</v>
+      </c>
+      <c r="V108" s="18">
+        <v>16</v>
+      </c>
+      <c r="W108" s="18">
+        <v>24</v>
+      </c>
+      <c r="X108" s="18">
+        <v>29</v>
+      </c>
+      <c r="Y108" s="18">
         <v>9</v>
       </c>
-      <c r="H108" s="18">
-[...52 lines deleted...]
-      </c>
       <c r="Z108" s="18">
-        <v>25</v>
+        <v>33</v>
       </c>
       <c r="AA108" s="18">
-        <v>142</v>
-      </c>
+        <v>223</v>
+      </c>
+      <c r="AB108" s="14"/>
     </row>
     <row r="109" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A109" s="23">
-        <v>44651</v>
+        <v>44592</v>
       </c>
       <c r="B109" s="18">
-        <v>0</v>
+        <v>705</v>
       </c>
       <c r="C109" s="18">
-        <v>0</v>
+        <v>22</v>
       </c>
       <c r="D109" s="18">
-        <v>0</v>
+        <v>23</v>
       </c>
       <c r="E109" s="18">
-        <v>0</v>
+        <v>50</v>
       </c>
       <c r="F109" s="18">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="G109" s="18">
-        <v>0</v>
+        <v>17</v>
       </c>
       <c r="H109" s="18">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="I109" s="18">
-        <v>0</v>
+        <v>22</v>
       </c>
       <c r="J109" s="18">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="K109" s="18">
-        <v>0</v>
+        <v>114</v>
       </c>
       <c r="L109" s="18">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="M109" s="18">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="N109" s="18">
-        <v>0</v>
+        <v>37</v>
       </c>
       <c r="O109" s="18">
-        <v>0</v>
+        <v>14</v>
       </c>
       <c r="P109" s="18">
-        <v>0</v>
+        <v>37</v>
       </c>
       <c r="Q109" s="18">
-        <v>0</v>
+        <v>14</v>
       </c>
       <c r="R109" s="18">
-        <v>0</v>
+        <v>27</v>
       </c>
       <c r="S109" s="18">
-        <v>0</v>
+        <v>16</v>
       </c>
       <c r="T109" s="18">
         <v>0</v>
       </c>
       <c r="U109" s="18">
-        <v>0</v>
+        <v>68</v>
       </c>
       <c r="V109" s="18">
-        <v>0</v>
+        <v>15</v>
       </c>
       <c r="W109" s="18">
-        <v>0</v>
+        <v>14</v>
       </c>
       <c r="X109" s="18">
-        <v>0</v>
+        <v>15</v>
       </c>
       <c r="Y109" s="18">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="Z109" s="18">
-        <v>0</v>
+        <v>29</v>
       </c>
       <c r="AA109" s="18">
-        <v>0</v>
-      </c>
+        <v>140</v>
+      </c>
+      <c r="AB109" s="14"/>
     </row>
     <row r="110" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A110" s="23">
-        <v>44681</v>
+        <v>44620</v>
       </c>
       <c r="B110" s="18">
-        <v>0</v>
+        <v>641</v>
       </c>
       <c r="C110" s="18">
-        <v>0</v>
+        <v>16</v>
       </c>
       <c r="D110" s="18">
-        <v>0</v>
+        <v>16</v>
       </c>
       <c r="E110" s="18">
-        <v>0</v>
+        <v>35</v>
       </c>
       <c r="F110" s="18">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="G110" s="18">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="H110" s="18">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="I110" s="18">
-        <v>0</v>
+        <v>26</v>
       </c>
       <c r="J110" s="18">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="K110" s="18">
-        <v>0</v>
+        <v>103</v>
       </c>
       <c r="L110" s="18">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="M110" s="18">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="N110" s="18">
-        <v>0</v>
+        <v>38</v>
       </c>
       <c r="O110" s="18">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="P110" s="18">
-        <v>0</v>
+        <v>41</v>
       </c>
       <c r="Q110" s="18">
-        <v>0</v>
+        <v>12</v>
       </c>
       <c r="R110" s="18">
-        <v>0</v>
+        <v>15</v>
       </c>
       <c r="S110" s="18">
-        <v>0</v>
+        <v>16</v>
       </c>
       <c r="T110" s="18">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="U110" s="18">
-        <v>0</v>
+        <v>58</v>
       </c>
       <c r="V110" s="18">
-        <v>0</v>
+        <v>15</v>
       </c>
       <c r="W110" s="18">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="X110" s="18">
-        <v>0</v>
+        <v>15</v>
       </c>
       <c r="Y110" s="18">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="Z110" s="18">
-        <v>0</v>
+        <v>25</v>
       </c>
       <c r="AA110" s="18">
-        <v>0</v>
+        <v>142</v>
       </c>
     </row>
     <row r="111" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A111" s="23">
-        <v>44712</v>
+        <v>44651</v>
       </c>
       <c r="B111" s="18">
         <v>0</v>
       </c>
       <c r="C111" s="18">
         <v>0</v>
       </c>
       <c r="D111" s="18">
         <v>0</v>
       </c>
       <c r="E111" s="18">
         <v>0</v>
       </c>
       <c r="F111" s="18">
         <v>0</v>
       </c>
       <c r="G111" s="18">
         <v>0</v>
       </c>
       <c r="H111" s="18">
         <v>0</v>
       </c>
       <c r="I111" s="18">
         <v>0</v>
       </c>
@@ -24008,4192 +24274,4526 @@
       </c>
       <c r="U111" s="18">
         <v>0</v>
       </c>
       <c r="V111" s="18">
         <v>0</v>
       </c>
       <c r="W111" s="18">
         <v>0</v>
       </c>
       <c r="X111" s="18">
         <v>0</v>
       </c>
       <c r="Y111" s="18">
         <v>0</v>
       </c>
       <c r="Z111" s="18">
         <v>0</v>
       </c>
       <c r="AA111" s="18">
         <v>0</v>
       </c>
     </row>
     <row r="112" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A112" s="23">
+        <v>44681</v>
+      </c>
+      <c r="B112" s="18">
+        <v>0</v>
+      </c>
+      <c r="C112" s="18">
+        <v>0</v>
+      </c>
+      <c r="D112" s="18">
+        <v>0</v>
+      </c>
+      <c r="E112" s="18">
+        <v>0</v>
+      </c>
+      <c r="F112" s="18">
+        <v>0</v>
+      </c>
+      <c r="G112" s="18">
+        <v>0</v>
+      </c>
+      <c r="H112" s="18">
+        <v>0</v>
+      </c>
+      <c r="I112" s="18">
+        <v>0</v>
+      </c>
+      <c r="J112" s="18">
+        <v>0</v>
+      </c>
+      <c r="K112" s="18">
+        <v>0</v>
+      </c>
+      <c r="L112" s="18">
+        <v>0</v>
+      </c>
+      <c r="M112" s="18">
+        <v>0</v>
+      </c>
+      <c r="N112" s="18">
+        <v>0</v>
+      </c>
+      <c r="O112" s="18">
+        <v>0</v>
+      </c>
+      <c r="P112" s="18">
+        <v>0</v>
+      </c>
+      <c r="Q112" s="18">
+        <v>0</v>
+      </c>
+      <c r="R112" s="18">
+        <v>0</v>
+      </c>
+      <c r="S112" s="18">
+        <v>0</v>
+      </c>
+      <c r="T112" s="18">
+        <v>0</v>
+      </c>
+      <c r="U112" s="18">
+        <v>0</v>
+      </c>
+      <c r="V112" s="18">
+        <v>0</v>
+      </c>
+      <c r="W112" s="18">
+        <v>0</v>
+      </c>
+      <c r="X112" s="18">
+        <v>0</v>
+      </c>
+      <c r="Y112" s="18">
+        <v>0</v>
+      </c>
+      <c r="Z112" s="18">
+        <v>0</v>
+      </c>
+      <c r="AA112" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="113" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A113" s="23">
+        <v>44712</v>
+      </c>
+      <c r="B113" s="18">
+        <v>0</v>
+      </c>
+      <c r="C113" s="18">
+        <v>0</v>
+      </c>
+      <c r="D113" s="18">
+        <v>0</v>
+      </c>
+      <c r="E113" s="18">
+        <v>0</v>
+      </c>
+      <c r="F113" s="18">
+        <v>0</v>
+      </c>
+      <c r="G113" s="18">
+        <v>0</v>
+      </c>
+      <c r="H113" s="18">
+        <v>0</v>
+      </c>
+      <c r="I113" s="18">
+        <v>0</v>
+      </c>
+      <c r="J113" s="18">
+        <v>0</v>
+      </c>
+      <c r="K113" s="18">
+        <v>0</v>
+      </c>
+      <c r="L113" s="18">
+        <v>0</v>
+      </c>
+      <c r="M113" s="18">
+        <v>0</v>
+      </c>
+      <c r="N113" s="18">
+        <v>0</v>
+      </c>
+      <c r="O113" s="18">
+        <v>0</v>
+      </c>
+      <c r="P113" s="18">
+        <v>0</v>
+      </c>
+      <c r="Q113" s="18">
+        <v>0</v>
+      </c>
+      <c r="R113" s="18">
+        <v>0</v>
+      </c>
+      <c r="S113" s="18">
+        <v>0</v>
+      </c>
+      <c r="T113" s="18">
+        <v>0</v>
+      </c>
+      <c r="U113" s="18">
+        <v>0</v>
+      </c>
+      <c r="V113" s="18">
+        <v>0</v>
+      </c>
+      <c r="W113" s="18">
+        <v>0</v>
+      </c>
+      <c r="X113" s="18">
+        <v>0</v>
+      </c>
+      <c r="Y113" s="18">
+        <v>0</v>
+      </c>
+      <c r="Z113" s="18">
+        <v>0</v>
+      </c>
+      <c r="AA113" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="114" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A114" s="23">
         <v>44742</v>
       </c>
-      <c r="B112" s="18">
+      <c r="B114" s="18">
         <v>2</v>
       </c>
-      <c r="C112" s="18">
-[...32 lines deleted...]
-      <c r="N112" s="18">
+      <c r="C114" s="18">
+        <v>0</v>
+      </c>
+      <c r="D114" s="18">
+        <v>0</v>
+      </c>
+      <c r="E114" s="18">
+        <v>0</v>
+      </c>
+      <c r="F114" s="18">
+        <v>0</v>
+      </c>
+      <c r="G114" s="18">
+        <v>0</v>
+      </c>
+      <c r="H114" s="18">
+        <v>0</v>
+      </c>
+      <c r="I114" s="18">
+        <v>0</v>
+      </c>
+      <c r="J114" s="18">
+        <v>0</v>
+      </c>
+      <c r="K114" s="18">
+        <v>0</v>
+      </c>
+      <c r="L114" s="18">
+        <v>0</v>
+      </c>
+      <c r="M114" s="18">
+        <v>0</v>
+      </c>
+      <c r="N114" s="18">
         <v>1</v>
       </c>
-      <c r="O112" s="18">
-[...5 lines deleted...]
-      <c r="Q112" s="18">
+      <c r="O114" s="18">
+        <v>0</v>
+      </c>
+      <c r="P114" s="18">
+        <v>0</v>
+      </c>
+      <c r="Q114" s="18">
         <v>1</v>
       </c>
-      <c r="R112" s="18">
-[...31 lines deleted...]
-      <c r="A113" s="23">
+      <c r="R114" s="18">
+        <v>0</v>
+      </c>
+      <c r="S114" s="18">
+        <v>0</v>
+      </c>
+      <c r="T114" s="18">
+        <v>0</v>
+      </c>
+      <c r="U114" s="18">
+        <v>0</v>
+      </c>
+      <c r="V114" s="18">
+        <v>0</v>
+      </c>
+      <c r="W114" s="18">
+        <v>0</v>
+      </c>
+      <c r="X114" s="18">
+        <v>0</v>
+      </c>
+      <c r="Y114" s="18">
+        <v>0</v>
+      </c>
+      <c r="Z114" s="18">
+        <v>0</v>
+      </c>
+      <c r="AA114" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="115" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A115" s="23">
         <v>44773</v>
       </c>
-      <c r="B113" s="18">
+      <c r="B115" s="18">
         <v>1</v>
       </c>
-      <c r="C113" s="18">
-[...71 lines deleted...]
-      <c r="AA113" s="18">
+      <c r="C115" s="18">
+        <v>0</v>
+      </c>
+      <c r="D115" s="18">
+        <v>0</v>
+      </c>
+      <c r="E115" s="18">
+        <v>0</v>
+      </c>
+      <c r="F115" s="18">
+        <v>0</v>
+      </c>
+      <c r="G115" s="18">
+        <v>0</v>
+      </c>
+      <c r="H115" s="18">
+        <v>0</v>
+      </c>
+      <c r="I115" s="18">
+        <v>0</v>
+      </c>
+      <c r="J115" s="18">
+        <v>0</v>
+      </c>
+      <c r="K115" s="18">
+        <v>0</v>
+      </c>
+      <c r="L115" s="18">
+        <v>0</v>
+      </c>
+      <c r="M115" s="18">
+        <v>0</v>
+      </c>
+      <c r="N115" s="18">
+        <v>0</v>
+      </c>
+      <c r="O115" s="18">
+        <v>0</v>
+      </c>
+      <c r="P115" s="18">
+        <v>0</v>
+      </c>
+      <c r="Q115" s="18">
+        <v>0</v>
+      </c>
+      <c r="R115" s="18">
+        <v>0</v>
+      </c>
+      <c r="S115" s="18">
+        <v>0</v>
+      </c>
+      <c r="T115" s="18">
+        <v>0</v>
+      </c>
+      <c r="U115" s="18">
+        <v>0</v>
+      </c>
+      <c r="V115" s="18">
+        <v>0</v>
+      </c>
+      <c r="W115" s="18">
+        <v>0</v>
+      </c>
+      <c r="X115" s="18">
+        <v>0</v>
+      </c>
+      <c r="Y115" s="18">
+        <v>0</v>
+      </c>
+      <c r="Z115" s="18">
+        <v>0</v>
+      </c>
+      <c r="AA115" s="18">
         <v>1</v>
       </c>
     </row>
-    <row r="114" spans="1:28" x14ac:dyDescent="0.3">
-      <c r="A114" s="23">
+    <row r="116" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A116" s="23">
         <v>44804</v>
       </c>
-      <c r="B114" s="18">
+      <c r="B116" s="18">
         <v>12</v>
       </c>
-      <c r="C114" s="18">
-[...20 lines deleted...]
-      <c r="J114" s="18">
+      <c r="C116" s="18">
+        <v>0</v>
+      </c>
+      <c r="D116" s="18">
+        <v>0</v>
+      </c>
+      <c r="E116" s="18">
+        <v>0</v>
+      </c>
+      <c r="F116" s="18">
+        <v>0</v>
+      </c>
+      <c r="G116" s="18">
+        <v>0</v>
+      </c>
+      <c r="H116" s="18">
+        <v>0</v>
+      </c>
+      <c r="I116" s="18">
+        <v>0</v>
+      </c>
+      <c r="J116" s="18">
         <v>3</v>
       </c>
-      <c r="K114" s="18">
+      <c r="K116" s="18">
         <v>4</v>
       </c>
-      <c r="L114" s="18">
-[...17 lines deleted...]
-      <c r="R114" s="18">
+      <c r="L116" s="18">
+        <v>0</v>
+      </c>
+      <c r="M116" s="18">
+        <v>0</v>
+      </c>
+      <c r="N116" s="18">
+        <v>0</v>
+      </c>
+      <c r="O116" s="18">
+        <v>0</v>
+      </c>
+      <c r="P116" s="18">
+        <v>0</v>
+      </c>
+      <c r="Q116" s="18">
+        <v>0</v>
+      </c>
+      <c r="R116" s="18">
         <v>1</v>
       </c>
-      <c r="S114" s="18">
-[...164 lines deleted...]
-      </c>
       <c r="S116" s="18">
         <v>0</v>
       </c>
       <c r="T116" s="18">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="U116" s="18">
         <v>0</v>
       </c>
       <c r="V116" s="18">
         <v>0</v>
       </c>
       <c r="W116" s="18">
         <v>1</v>
       </c>
       <c r="X116" s="18">
+        <v>0</v>
+      </c>
+      <c r="Y116" s="18">
+        <v>1</v>
+      </c>
+      <c r="Z116" s="18">
+        <v>1</v>
+      </c>
+      <c r="AA116" s="18">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="117" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A117" s="23">
+        <v>44834</v>
+      </c>
+      <c r="B117" s="18">
+        <v>43</v>
+      </c>
+      <c r="C117" s="18">
+        <v>3</v>
+      </c>
+      <c r="D117" s="18">
+        <v>0</v>
+      </c>
+      <c r="E117" s="18">
+        <v>3</v>
+      </c>
+      <c r="F117" s="18">
+        <v>0</v>
+      </c>
+      <c r="G117" s="18">
+        <v>0</v>
+      </c>
+      <c r="H117" s="18">
+        <v>3</v>
+      </c>
+      <c r="I117" s="18">
+        <v>0</v>
+      </c>
+      <c r="J117" s="18">
+        <v>3</v>
+      </c>
+      <c r="K117" s="18">
+        <v>10</v>
+      </c>
+      <c r="L117" s="18">
+        <v>1</v>
+      </c>
+      <c r="M117" s="18">
+        <v>0</v>
+      </c>
+      <c r="N117" s="18">
+        <v>1</v>
+      </c>
+      <c r="O117" s="18">
+        <v>0</v>
+      </c>
+      <c r="P117" s="18">
+        <v>0</v>
+      </c>
+      <c r="Q117" s="18">
+        <v>1</v>
+      </c>
+      <c r="R117" s="18">
+        <v>4</v>
+      </c>
+      <c r="S117" s="18">
+        <v>0</v>
+      </c>
+      <c r="T117" s="18">
         <v>2</v>
       </c>
-      <c r="Y116" s="18">
-[...5 lines deleted...]
-      <c r="AA116" s="18">
+      <c r="U117" s="18">
+        <v>0</v>
+      </c>
+      <c r="V117" s="18">
+        <v>0</v>
+      </c>
+      <c r="W117" s="18">
         <v>2</v>
-      </c>
-[...69 lines deleted...]
-        <v>8</v>
       </c>
       <c r="X117" s="18">
         <v>4</v>
       </c>
       <c r="Y117" s="18">
+        <v>5</v>
+      </c>
+      <c r="Z117" s="18">
+        <v>1</v>
+      </c>
+      <c r="AA117" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="118" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A118" s="23">
+        <v>44865</v>
+      </c>
+      <c r="B118" s="18">
+        <v>63</v>
+      </c>
+      <c r="C118" s="18">
+        <v>0</v>
+      </c>
+      <c r="D118" s="18">
+        <v>1</v>
+      </c>
+      <c r="E118" s="18">
+        <v>0</v>
+      </c>
+      <c r="F118" s="18">
+        <v>0</v>
+      </c>
+      <c r="G118" s="18">
+        <v>1</v>
+      </c>
+      <c r="H118" s="18">
+        <v>2</v>
+      </c>
+      <c r="I118" s="18">
+        <v>0</v>
+      </c>
+      <c r="J118" s="18">
+        <v>6</v>
+      </c>
+      <c r="K118" s="18">
+        <v>22</v>
+      </c>
+      <c r="L118" s="18">
+        <v>2</v>
+      </c>
+      <c r="M118" s="18">
+        <v>0</v>
+      </c>
+      <c r="N118" s="18">
+        <v>6</v>
+      </c>
+      <c r="O118" s="18">
+        <v>0</v>
+      </c>
+      <c r="P118" s="18">
+        <v>0</v>
+      </c>
+      <c r="Q118" s="18">
+        <v>2</v>
+      </c>
+      <c r="R118" s="18">
         <v>3</v>
       </c>
-      <c r="Z117" s="18">
-[...2 lines deleted...]
-      <c r="AA117" s="18">
+      <c r="S118" s="18">
+        <v>0</v>
+      </c>
+      <c r="T118" s="18">
+        <v>1</v>
+      </c>
+      <c r="U118" s="18">
+        <v>0</v>
+      </c>
+      <c r="V118" s="18">
+        <v>0</v>
+      </c>
+      <c r="W118" s="18">
+        <v>1</v>
+      </c>
+      <c r="X118" s="18">
+        <v>2</v>
+      </c>
+      <c r="Y118" s="18">
+        <v>4</v>
+      </c>
+      <c r="Z118" s="18">
+        <v>8</v>
+      </c>
+      <c r="AA118" s="18">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="119" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A119" s="23">
+        <v>44895</v>
+      </c>
+      <c r="B119" s="18">
+        <v>146</v>
+      </c>
+      <c r="C119" s="18">
+        <v>11</v>
+      </c>
+      <c r="D119" s="18">
+        <v>5</v>
+      </c>
+      <c r="E119" s="18">
+        <v>6</v>
+      </c>
+      <c r="F119" s="18">
+        <v>0</v>
+      </c>
+      <c r="G119" s="18">
+        <v>0</v>
+      </c>
+      <c r="H119" s="18">
+        <v>6</v>
+      </c>
+      <c r="I119" s="18">
+        <v>0</v>
+      </c>
+      <c r="J119" s="18">
         <v>7</v>
       </c>
-    </row>
-[...43 lines deleted...]
-      <c r="O118" s="18">
+      <c r="K119" s="18">
+        <v>45</v>
+      </c>
+      <c r="L119" s="18">
+        <v>2</v>
+      </c>
+      <c r="M119" s="18">
+        <v>0</v>
+      </c>
+      <c r="N119" s="18">
+        <v>4</v>
+      </c>
+      <c r="O119" s="18">
+        <v>0</v>
+      </c>
+      <c r="P119" s="18">
         <v>1</v>
-      </c>
-[...84 lines deleted...]
-        <v>10</v>
       </c>
       <c r="Q119" s="18">
         <v>8</v>
       </c>
       <c r="R119" s="18">
-        <v>36</v>
+        <v>5</v>
       </c>
       <c r="S119" s="18">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="T119" s="18">
-        <v>12</v>
+        <v>5</v>
       </c>
       <c r="U119" s="18">
         <v>0</v>
       </c>
       <c r="V119" s="18">
         <v>0</v>
       </c>
       <c r="W119" s="18">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="X119" s="18">
+        <v>4</v>
+      </c>
+      <c r="Y119" s="18">
+        <v>3</v>
+      </c>
+      <c r="Z119" s="18">
+        <v>18</v>
+      </c>
+      <c r="AA119" s="18">
         <v>7</v>
       </c>
-      <c r="Y119" s="18">
+    </row>
+    <row r="120" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A120" s="23">
+        <v>44926</v>
+      </c>
+      <c r="B120" s="18">
+        <v>405</v>
+      </c>
+      <c r="C120" s="18">
+        <v>23</v>
+      </c>
+      <c r="D120" s="18">
+        <v>42</v>
+      </c>
+      <c r="E120" s="18">
+        <v>16</v>
+      </c>
+      <c r="F120" s="18">
+        <v>0</v>
+      </c>
+      <c r="G120" s="18">
+        <v>11</v>
+      </c>
+      <c r="H120" s="18">
         <v>5</v>
       </c>
-      <c r="Z119" s="18">
-[...30 lines deleted...]
-      </c>
       <c r="I120" s="18">
         <v>0</v>
       </c>
       <c r="J120" s="18">
-        <v>5</v>
+        <v>19</v>
       </c>
       <c r="K120" s="18">
-        <v>45</v>
+        <v>122</v>
       </c>
       <c r="L120" s="18">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="M120" s="18">
         <v>0</v>
       </c>
       <c r="N120" s="18">
-        <v>4</v>
+        <v>14</v>
       </c>
       <c r="O120" s="18">
         <v>1</v>
       </c>
       <c r="P120" s="18">
+        <v>9</v>
+      </c>
+      <c r="Q120" s="18">
+        <v>11</v>
+      </c>
+      <c r="R120" s="18">
+        <v>23</v>
+      </c>
+      <c r="S120" s="18">
+        <v>7</v>
+      </c>
+      <c r="T120" s="18">
+        <v>13</v>
+      </c>
+      <c r="U120" s="18">
+        <v>0</v>
+      </c>
+      <c r="V120" s="18">
+        <v>0</v>
+      </c>
+      <c r="W120" s="18">
+        <v>8</v>
+      </c>
+      <c r="X120" s="18">
+        <v>13</v>
+      </c>
+      <c r="Y120" s="18">
+        <v>7</v>
+      </c>
+      <c r="Z120" s="18">
+        <v>26</v>
+      </c>
+      <c r="AA120" s="18">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="121" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A121" s="23">
+        <v>44957</v>
+      </c>
+      <c r="B121" s="18">
+        <v>357</v>
+      </c>
+      <c r="C121" s="18">
+        <v>19</v>
+      </c>
+      <c r="D121" s="18">
+        <v>42</v>
+      </c>
+      <c r="E121" s="18">
+        <v>12</v>
+      </c>
+      <c r="F121" s="18">
+        <v>0</v>
+      </c>
+      <c r="G121" s="18">
+        <v>15</v>
+      </c>
+      <c r="H121" s="18">
+        <v>7</v>
+      </c>
+      <c r="I121" s="18">
+        <v>0</v>
+      </c>
+      <c r="J121" s="18">
+        <v>18</v>
+      </c>
+      <c r="K121" s="18">
+        <v>68</v>
+      </c>
+      <c r="L121" s="18">
+        <v>4</v>
+      </c>
+      <c r="M121" s="18">
+        <v>0</v>
+      </c>
+      <c r="N121" s="18">
+        <v>28</v>
+      </c>
+      <c r="O121" s="18">
         <v>1</v>
       </c>
-      <c r="Q120" s="18">
-[...2 lines deleted...]
-      <c r="R120" s="18">
+      <c r="P121" s="18">
         <v>10</v>
       </c>
-      <c r="S120" s="18">
-[...2 lines deleted...]
-      <c r="T120" s="18">
+      <c r="Q121" s="18">
+        <v>8</v>
+      </c>
+      <c r="R121" s="18">
+        <v>36</v>
+      </c>
+      <c r="S121" s="18">
+        <v>12</v>
+      </c>
+      <c r="T121" s="18">
+        <v>12</v>
+      </c>
+      <c r="U121" s="18">
+        <v>0</v>
+      </c>
+      <c r="V121" s="18">
+        <v>0</v>
+      </c>
+      <c r="W121" s="18">
+        <v>13</v>
+      </c>
+      <c r="X121" s="18">
+        <v>7</v>
+      </c>
+      <c r="Y121" s="18">
         <v>5</v>
       </c>
-      <c r="U120" s="18">
-[...5 lines deleted...]
-      <c r="W120" s="18">
+      <c r="Z121" s="18">
+        <v>25</v>
+      </c>
+      <c r="AA121" s="18">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="122" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A122" s="23">
+        <v>44985</v>
+      </c>
+      <c r="B122" s="18">
+        <v>128</v>
+      </c>
+      <c r="C122" s="18">
+        <v>7</v>
+      </c>
+      <c r="D122" s="18">
+        <v>6</v>
+      </c>
+      <c r="E122" s="18">
         <v>5</v>
-      </c>
-[...110 lines deleted...]
-        <v>2</v>
       </c>
       <c r="F122" s="18">
         <v>0</v>
       </c>
       <c r="G122" s="18">
         <v>3</v>
       </c>
       <c r="H122" s="18">
         <v>2</v>
       </c>
       <c r="I122" s="18">
         <v>0</v>
       </c>
       <c r="J122" s="18">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="K122" s="18">
-        <v>14</v>
+        <v>45</v>
       </c>
       <c r="L122" s="18">
         <v>1</v>
       </c>
       <c r="M122" s="18">
         <v>0</v>
       </c>
       <c r="N122" s="18">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O122" s="18">
         <v>1</v>
       </c>
       <c r="P122" s="18">
         <v>1</v>
       </c>
       <c r="Q122" s="18">
+        <v>9</v>
+      </c>
+      <c r="R122" s="18">
+        <v>10</v>
+      </c>
+      <c r="S122" s="18">
         <v>2</v>
       </c>
-      <c r="R122" s="18">
-[...4 lines deleted...]
-      </c>
       <c r="T122" s="18">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="U122" s="18">
         <v>0</v>
       </c>
       <c r="V122" s="18">
         <v>0</v>
       </c>
       <c r="W122" s="18">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="X122" s="18">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Y122" s="18">
         <v>1</v>
       </c>
       <c r="Z122" s="18">
+        <v>5</v>
+      </c>
+      <c r="AA122" s="18">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="123" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A123" s="23">
+        <v>45016</v>
+      </c>
+      <c r="B123" s="18">
+        <v>36</v>
+      </c>
+      <c r="C123" s="18">
+        <v>2</v>
+      </c>
+      <c r="D123" s="18">
+        <v>0</v>
+      </c>
+      <c r="E123" s="18">
         <v>1</v>
       </c>
-      <c r="AA122" s="18">
+      <c r="F123" s="18">
+        <v>0</v>
+      </c>
+      <c r="G123" s="18">
+        <v>1</v>
+      </c>
+      <c r="H123" s="18">
+        <v>1</v>
+      </c>
+      <c r="I123" s="18">
+        <v>0</v>
+      </c>
+      <c r="J123" s="18">
+        <v>1</v>
+      </c>
+      <c r="K123" s="18">
+        <v>14</v>
+      </c>
+      <c r="L123" s="18">
+        <v>1</v>
+      </c>
+      <c r="M123" s="18">
+        <v>0</v>
+      </c>
+      <c r="N123" s="18">
         <v>2</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A123" s="23">
+      <c r="O123" s="18">
+        <v>4</v>
+      </c>
+      <c r="P123" s="18">
+        <v>2</v>
+      </c>
+      <c r="Q123" s="18">
+        <v>0</v>
+      </c>
+      <c r="R123" s="18">
+        <v>1</v>
+      </c>
+      <c r="S123" s="18">
+        <v>0</v>
+      </c>
+      <c r="T123" s="18">
+        <v>0</v>
+      </c>
+      <c r="U123" s="18">
+        <v>0</v>
+      </c>
+      <c r="V123" s="18">
+        <v>0</v>
+      </c>
+      <c r="W123" s="18">
+        <v>1</v>
+      </c>
+      <c r="X123" s="18">
+        <v>1</v>
+      </c>
+      <c r="Y123" s="18">
+        <v>2</v>
+      </c>
+      <c r="Z123" s="18">
+        <v>2</v>
+      </c>
+      <c r="AA123" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="124" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A124" s="23">
+        <v>45046</v>
+      </c>
+      <c r="B124" s="18">
+        <v>41</v>
+      </c>
+      <c r="C124" s="18">
+        <v>2</v>
+      </c>
+      <c r="D124" s="18">
+        <v>1</v>
+      </c>
+      <c r="E124" s="18">
+        <v>2</v>
+      </c>
+      <c r="F124" s="18">
+        <v>0</v>
+      </c>
+      <c r="G124" s="18">
+        <v>3</v>
+      </c>
+      <c r="H124" s="18">
+        <v>2</v>
+      </c>
+      <c r="I124" s="18">
+        <v>0</v>
+      </c>
+      <c r="J124" s="18">
+        <v>1</v>
+      </c>
+      <c r="K124" s="18">
+        <v>14</v>
+      </c>
+      <c r="L124" s="18">
+        <v>1</v>
+      </c>
+      <c r="M124" s="18">
+        <v>0</v>
+      </c>
+      <c r="N124" s="18">
+        <v>3</v>
+      </c>
+      <c r="O124" s="18">
+        <v>1</v>
+      </c>
+      <c r="P124" s="18">
+        <v>1</v>
+      </c>
+      <c r="Q124" s="18">
+        <v>2</v>
+      </c>
+      <c r="R124" s="18">
+        <v>0</v>
+      </c>
+      <c r="S124" s="18">
+        <v>0</v>
+      </c>
+      <c r="T124" s="18">
+        <v>1</v>
+      </c>
+      <c r="U124" s="18">
+        <v>0</v>
+      </c>
+      <c r="V124" s="18">
+        <v>0</v>
+      </c>
+      <c r="W124" s="18">
+        <v>1</v>
+      </c>
+      <c r="X124" s="18">
+        <v>2</v>
+      </c>
+      <c r="Y124" s="18">
+        <v>1</v>
+      </c>
+      <c r="Z124" s="18">
+        <v>1</v>
+      </c>
+      <c r="AA124" s="18">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="125" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A125" s="23">
         <v>45077</v>
       </c>
-      <c r="B123" s="18">
+      <c r="B125" s="18">
         <v>232</v>
       </c>
-      <c r="C123" s="18">
+      <c r="C125" s="18">
         <v>10</v>
       </c>
-      <c r="D123" s="18">
+      <c r="D125" s="18">
         <v>9</v>
       </c>
-      <c r="E123" s="18">
+      <c r="E125" s="18">
         <v>9</v>
       </c>
-      <c r="F123" s="18">
-[...2 lines deleted...]
-      <c r="G123" s="18">
+      <c r="F125" s="18">
+        <v>0</v>
+      </c>
+      <c r="G125" s="18">
         <v>8</v>
       </c>
-      <c r="H123" s="18">
+      <c r="H125" s="18">
         <v>5</v>
       </c>
-      <c r="I123" s="18">
-[...2 lines deleted...]
-      <c r="J123" s="18">
+      <c r="I125" s="18">
+        <v>0</v>
+      </c>
+      <c r="J125" s="18">
         <v>5</v>
       </c>
-      <c r="K123" s="18">
+      <c r="K125" s="18">
         <v>95</v>
       </c>
-      <c r="L123" s="18">
+      <c r="L125" s="18">
         <v>3</v>
       </c>
-      <c r="M123" s="18">
-[...2 lines deleted...]
-      <c r="N123" s="18">
+      <c r="M125" s="18">
+        <v>0</v>
+      </c>
+      <c r="N125" s="18">
         <v>9</v>
       </c>
-      <c r="O123" s="18">
+      <c r="O125" s="18">
         <v>2</v>
       </c>
-      <c r="P123" s="18">
+      <c r="P125" s="18">
         <v>6</v>
-      </c>
-[...164 lines deleted...]
-        <v>30</v>
       </c>
       <c r="Q125" s="18">
         <v>11</v>
       </c>
       <c r="R125" s="18">
-        <v>46</v>
+        <v>10</v>
       </c>
       <c r="S125" s="18">
-        <v>12</v>
+        <v>5</v>
       </c>
       <c r="T125" s="18">
-        <v>13</v>
+        <v>4</v>
       </c>
       <c r="U125" s="18">
         <v>0</v>
       </c>
       <c r="V125" s="18">
         <v>0</v>
       </c>
       <c r="W125" s="18">
-        <v>24</v>
+        <v>7</v>
       </c>
       <c r="X125" s="18">
+        <v>8</v>
+      </c>
+      <c r="Y125" s="18">
+        <v>8</v>
+      </c>
+      <c r="Z125" s="18">
         <v>10</v>
       </c>
-      <c r="Y125" s="18">
-[...4 lines deleted...]
-      </c>
       <c r="AA125" s="18">
-        <v>69</v>
-[...2 lines deleted...]
-    <row r="126" spans="1:28" x14ac:dyDescent="0.3">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="126" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A126" s="23">
-        <v>45169</v>
+        <v>45107</v>
       </c>
       <c r="B126" s="18">
-        <v>638</v>
+        <v>527</v>
       </c>
       <c r="C126" s="18">
-        <v>35</v>
+        <v>26</v>
       </c>
       <c r="D126" s="18">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="E126" s="18">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="F126" s="18">
         <v>0</v>
       </c>
       <c r="G126" s="18">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H126" s="18">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="I126" s="18">
         <v>0</v>
       </c>
       <c r="J126" s="18">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K126" s="18">
-        <v>189</v>
+        <v>153</v>
       </c>
       <c r="L126" s="18">
         <v>5</v>
       </c>
       <c r="M126" s="18">
         <v>0</v>
       </c>
       <c r="N126" s="18">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="O126" s="18">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P126" s="18">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="Q126" s="18">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="R126" s="18">
-        <v>42</v>
+        <v>30</v>
       </c>
       <c r="S126" s="18">
         <v>14</v>
       </c>
       <c r="T126" s="18">
         <v>14</v>
       </c>
       <c r="U126" s="18">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="V126" s="18">
         <v>0</v>
       </c>
       <c r="W126" s="18">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="X126" s="18">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="Y126" s="18">
         <v>9</v>
       </c>
       <c r="Z126" s="18">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="AA126" s="18">
-        <v>83</v>
-[...2 lines deleted...]
-    <row r="127" spans="1:28" x14ac:dyDescent="0.3">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="127" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A127" s="23">
-        <v>45199</v>
+        <v>45138</v>
       </c>
       <c r="B127" s="18">
-        <v>816</v>
+        <v>604</v>
       </c>
       <c r="C127" s="18">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="D127" s="18">
-        <v>38</v>
+        <v>28</v>
       </c>
       <c r="E127" s="18">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F127" s="18">
         <v>0</v>
       </c>
       <c r="G127" s="18">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="H127" s="18">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="I127" s="18">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="J127" s="18">
-        <v>42</v>
+        <v>30</v>
       </c>
       <c r="K127" s="18">
-        <v>277</v>
+        <v>178</v>
       </c>
       <c r="L127" s="18">
+        <v>4</v>
+      </c>
+      <c r="M127" s="18">
+        <v>0</v>
+      </c>
+      <c r="N127" s="18">
+        <v>32</v>
+      </c>
+      <c r="O127" s="18">
+        <v>0</v>
+      </c>
+      <c r="P127" s="18">
+        <v>30</v>
+      </c>
+      <c r="Q127" s="18">
+        <v>11</v>
+      </c>
+      <c r="R127" s="18">
+        <v>46</v>
+      </c>
+      <c r="S127" s="18">
         <v>12</v>
       </c>
-      <c r="M127" s="18">
-[...17 lines deleted...]
-      <c r="S127" s="18">
+      <c r="T127" s="18">
+        <v>13</v>
+      </c>
+      <c r="U127" s="18">
+        <v>0</v>
+      </c>
+      <c r="V127" s="18">
+        <v>0</v>
+      </c>
+      <c r="W127" s="18">
+        <v>24</v>
+      </c>
+      <c r="X127" s="18">
         <v>10</v>
-      </c>
-[...13 lines deleted...]
-        <v>20</v>
       </c>
       <c r="Y127" s="18">
         <v>10</v>
       </c>
       <c r="Z127" s="18">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="AA127" s="18">
-        <v>121</v>
-[...3 lines deleted...]
-    <row r="128" spans="1:28" x14ac:dyDescent="0.3">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="128" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A128" s="23">
-        <v>45230</v>
+        <v>45169</v>
       </c>
       <c r="B128" s="18">
-        <v>826</v>
+        <v>638</v>
       </c>
       <c r="C128" s="18">
-        <v>52</v>
+        <v>35</v>
       </c>
       <c r="D128" s="18">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="E128" s="18">
-        <v>37</v>
+        <v>30</v>
       </c>
       <c r="F128" s="18">
         <v>0</v>
       </c>
       <c r="G128" s="18">
+        <v>15</v>
+      </c>
+      <c r="H128" s="18">
+        <v>4</v>
+      </c>
+      <c r="I128" s="18">
+        <v>0</v>
+      </c>
+      <c r="J128" s="18">
+        <v>20</v>
+      </c>
+      <c r="K128" s="18">
+        <v>189</v>
+      </c>
+      <c r="L128" s="18">
+        <v>5</v>
+      </c>
+      <c r="M128" s="18">
+        <v>0</v>
+      </c>
+      <c r="N128" s="18">
+        <v>22</v>
+      </c>
+      <c r="O128" s="18">
+        <v>3</v>
+      </c>
+      <c r="P128" s="18">
         <v>18</v>
       </c>
-      <c r="H128" s="18">
-[...17 lines deleted...]
-      <c r="N128" s="18">
+      <c r="Q128" s="18">
+        <v>19</v>
+      </c>
+      <c r="R128" s="18">
+        <v>42</v>
+      </c>
+      <c r="S128" s="18">
+        <v>14</v>
+      </c>
+      <c r="T128" s="18">
+        <v>14</v>
+      </c>
+      <c r="U128" s="18">
+        <v>1</v>
+      </c>
+      <c r="V128" s="18">
+        <v>0</v>
+      </c>
+      <c r="W128" s="18">
+        <v>30</v>
+      </c>
+      <c r="X128" s="18">
+        <v>20</v>
+      </c>
+      <c r="Y128" s="18">
+        <v>9</v>
+      </c>
+      <c r="Z128" s="18">
         <v>41</v>
       </c>
-      <c r="O128" s="18">
-[...34 lines deleted...]
-      </c>
       <c r="AA128" s="18">
-        <v>97</v>
-[...1 lines deleted...]
-      <c r="AB128" s="2"/>
+        <v>83</v>
+      </c>
     </row>
     <row r="129" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A129" s="23">
-        <v>45260</v>
+        <v>45199</v>
       </c>
       <c r="B129" s="18">
-        <v>937</v>
+        <v>816</v>
       </c>
       <c r="C129" s="18">
-        <v>52</v>
+        <v>25</v>
       </c>
       <c r="D129" s="18">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="E129" s="18">
         <v>35</v>
       </c>
       <c r="F129" s="18">
         <v>0</v>
       </c>
       <c r="G129" s="18">
         <v>14</v>
       </c>
       <c r="H129" s="18">
-        <v>16</v>
+        <v>7</v>
       </c>
       <c r="I129" s="18">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="J129" s="18">
-        <v>28</v>
+        <v>42</v>
       </c>
       <c r="K129" s="18">
-        <v>319</v>
+        <v>277</v>
       </c>
       <c r="L129" s="18">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="M129" s="18">
         <v>0</v>
       </c>
       <c r="N129" s="18">
-        <v>50</v>
+        <v>42</v>
       </c>
       <c r="O129" s="18">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="P129" s="18">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="Q129" s="18">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="R129" s="18">
-        <v>46</v>
+        <v>29</v>
       </c>
       <c r="S129" s="18">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="T129" s="18">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="U129" s="18">
-        <v>17</v>
+        <v>7</v>
       </c>
       <c r="V129" s="18">
         <v>0</v>
       </c>
       <c r="W129" s="18">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="X129" s="18">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="Y129" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="Z129" s="18">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="AA129" s="18">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="AB129" s="2"/>
     </row>
     <row r="130" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A130" s="23">
-        <v>45291</v>
+        <v>45230</v>
       </c>
       <c r="B130" s="18">
-        <v>993</v>
+        <v>826</v>
       </c>
       <c r="C130" s="18">
-        <v>43</v>
+        <v>52</v>
       </c>
       <c r="D130" s="18">
-        <v>44</v>
+        <v>23</v>
       </c>
       <c r="E130" s="18">
+        <v>37</v>
+      </c>
+      <c r="F130" s="18">
+        <v>0</v>
+      </c>
+      <c r="G130" s="18">
+        <v>18</v>
+      </c>
+      <c r="H130" s="18">
+        <v>15</v>
+      </c>
+      <c r="I130" s="18">
+        <v>5</v>
+      </c>
+      <c r="J130" s="18">
         <v>31</v>
       </c>
-      <c r="F130" s="18">
-[...13 lines deleted...]
-      </c>
       <c r="K130" s="18">
-        <v>329</v>
+        <v>280</v>
       </c>
       <c r="L130" s="18">
+        <v>3</v>
+      </c>
+      <c r="M130" s="18">
+        <v>0</v>
+      </c>
+      <c r="N130" s="18">
+        <v>41</v>
+      </c>
+      <c r="O130" s="18">
         <v>7</v>
       </c>
-      <c r="M130" s="18">
-[...7 lines deleted...]
-      </c>
       <c r="P130" s="18">
-        <v>48</v>
+        <v>41</v>
       </c>
       <c r="Q130" s="18">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="R130" s="18">
-        <v>44</v>
+        <v>52</v>
       </c>
       <c r="S130" s="18">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="T130" s="18">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="U130" s="18">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="V130" s="18">
         <v>0</v>
       </c>
       <c r="W130" s="18">
-        <v>37</v>
+        <v>18</v>
       </c>
       <c r="X130" s="18">
         <v>15</v>
       </c>
       <c r="Y130" s="18">
         <v>10</v>
       </c>
       <c r="Z130" s="18">
-        <v>37</v>
+        <v>26</v>
       </c>
       <c r="AA130" s="18">
-        <v>112</v>
+        <v>97</v>
       </c>
       <c r="AB130" s="2"/>
     </row>
     <row r="131" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A131" s="23">
-        <v>45322</v>
+        <v>45260</v>
       </c>
       <c r="B131" s="18">
-        <v>676</v>
+        <v>937</v>
       </c>
       <c r="C131" s="18">
-        <v>32</v>
+        <v>52</v>
       </c>
       <c r="D131" s="18">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="E131" s="18">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="F131" s="18">
         <v>0</v>
       </c>
       <c r="G131" s="18">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="H131" s="18">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="I131" s="18">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="J131" s="18">
+        <v>28</v>
+      </c>
+      <c r="K131" s="18">
+        <v>319</v>
+      </c>
+      <c r="L131" s="18">
+        <v>6</v>
+      </c>
+      <c r="M131" s="18">
+        <v>0</v>
+      </c>
+      <c r="N131" s="18">
+        <v>50</v>
+      </c>
+      <c r="O131" s="18">
+        <v>8</v>
+      </c>
+      <c r="P131" s="18">
+        <v>40</v>
+      </c>
+      <c r="Q131" s="18">
+        <v>18</v>
+      </c>
+      <c r="R131" s="18">
+        <v>46</v>
+      </c>
+      <c r="S131" s="18">
+        <v>16</v>
+      </c>
+      <c r="T131" s="18">
+        <v>19</v>
+      </c>
+      <c r="U131" s="18">
         <v>17</v>
       </c>
-      <c r="K131" s="18">
-[...23 lines deleted...]
-      <c r="S131" s="18">
+      <c r="V131" s="18">
+        <v>0</v>
+      </c>
+      <c r="W131" s="18">
+        <v>28</v>
+      </c>
+      <c r="X131" s="18">
         <v>18</v>
-      </c>
-[...13 lines deleted...]
-        <v>14</v>
       </c>
       <c r="Y131" s="18">
         <v>8</v>
       </c>
       <c r="Z131" s="18">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="AA131" s="18">
-        <v>67</v>
+        <v>122</v>
       </c>
       <c r="AB131" s="2"/>
     </row>
     <row r="132" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A132" s="23">
-        <v>45351</v>
+        <v>45291</v>
       </c>
       <c r="B132" s="18">
-        <v>783</v>
+        <v>993</v>
       </c>
       <c r="C132" s="18">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="D132" s="18">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="E132" s="18">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="F132" s="18">
         <v>0</v>
       </c>
       <c r="G132" s="18">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="H132" s="18">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="I132" s="18">
         <v>6</v>
       </c>
       <c r="J132" s="18">
+        <v>25</v>
+      </c>
+      <c r="K132" s="18">
+        <v>329</v>
+      </c>
+      <c r="L132" s="18">
+        <v>7</v>
+      </c>
+      <c r="M132" s="18">
+        <v>0</v>
+      </c>
+      <c r="N132" s="18">
+        <v>58</v>
+      </c>
+      <c r="O132" s="18">
+        <v>10</v>
+      </c>
+      <c r="P132" s="18">
+        <v>48</v>
+      </c>
+      <c r="Q132" s="18">
+        <v>29</v>
+      </c>
+      <c r="R132" s="18">
+        <v>44</v>
+      </c>
+      <c r="S132" s="18">
+        <v>23</v>
+      </c>
+      <c r="T132" s="18">
+        <v>22</v>
+      </c>
+      <c r="U132" s="18">
         <v>20</v>
       </c>
-      <c r="K132" s="18">
-[...31 lines deleted...]
-      </c>
       <c r="V132" s="18">
         <v>0</v>
       </c>
       <c r="W132" s="18">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="X132" s="18">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="Y132" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="Z132" s="18">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="AA132" s="18">
-        <v>104</v>
+        <v>112</v>
       </c>
       <c r="AB132" s="2"/>
     </row>
     <row r="133" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A133" s="23">
-        <v>45382</v>
+        <v>45322</v>
       </c>
       <c r="B133" s="18">
-        <v>878</v>
+        <v>676</v>
       </c>
       <c r="C133" s="18">
         <v>32</v>
       </c>
       <c r="D133" s="18">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="E133" s="18">
-        <v>35</v>
+        <v>23</v>
       </c>
       <c r="F133" s="18">
         <v>0</v>
       </c>
       <c r="G133" s="18">
-        <v>25</v>
+        <v>11</v>
       </c>
       <c r="H133" s="18">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="I133" s="18">
         <v>3</v>
       </c>
       <c r="J133" s="18">
-        <v>40</v>
+        <v>17</v>
       </c>
       <c r="K133" s="18">
-        <v>264</v>
+        <v>233</v>
       </c>
       <c r="L133" s="18">
-        <v>9</v>
+        <v>2</v>
       </c>
       <c r="M133" s="18">
         <v>0</v>
       </c>
       <c r="N133" s="18">
-        <v>55</v>
+        <v>32</v>
       </c>
       <c r="O133" s="18">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="P133" s="18">
         <v>49</v>
       </c>
       <c r="Q133" s="18">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="R133" s="18">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="S133" s="18">
         <v>18</v>
       </c>
       <c r="T133" s="18">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="U133" s="18">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="V133" s="18">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="W133" s="18">
-        <v>34</v>
+        <v>26</v>
       </c>
       <c r="X133" s="18">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="Y133" s="18">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="Z133" s="18">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="AA133" s="18">
-        <v>105</v>
+        <v>67</v>
       </c>
       <c r="AB133" s="2"/>
     </row>
     <row r="134" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A134" s="23">
-        <v>45412</v>
+        <v>45351</v>
       </c>
       <c r="B134" s="18">
-        <v>1031</v>
+        <v>783</v>
       </c>
       <c r="C134" s="18">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="D134" s="18">
-        <v>42</v>
+        <v>33</v>
       </c>
       <c r="E134" s="18">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="F134" s="18">
         <v>0</v>
       </c>
       <c r="G134" s="18">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="H134" s="18">
+        <v>15</v>
+      </c>
+      <c r="I134" s="18">
+        <v>6</v>
+      </c>
+      <c r="J134" s="18">
+        <v>20</v>
+      </c>
+      <c r="K134" s="18">
+        <v>253</v>
+      </c>
+      <c r="L134" s="18">
+        <v>4</v>
+      </c>
+      <c r="M134" s="18">
+        <v>0</v>
+      </c>
+      <c r="N134" s="18">
+        <v>51</v>
+      </c>
+      <c r="O134" s="18">
+        <v>4</v>
+      </c>
+      <c r="P134" s="18">
+        <v>46</v>
+      </c>
+      <c r="Q134" s="18">
+        <v>25</v>
+      </c>
+      <c r="R134" s="18">
         <v>21</v>
       </c>
-      <c r="I134" s="18">
-[...17 lines deleted...]
-      <c r="O134" s="18">
+      <c r="S134" s="18">
         <v>7</v>
       </c>
-      <c r="P134" s="18">
-[...8 lines deleted...]
-      <c r="S134" s="18">
+      <c r="T134" s="18">
+        <v>18</v>
+      </c>
+      <c r="U134" s="18">
         <v>14</v>
       </c>
-      <c r="T134" s="18">
+      <c r="V134" s="18">
+        <v>0</v>
+      </c>
+      <c r="W134" s="18">
+        <v>34</v>
+      </c>
+      <c r="X134" s="18">
         <v>19</v>
       </c>
-      <c r="U134" s="18">
-[...10 lines deleted...]
-      </c>
       <c r="Y134" s="18">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="Z134" s="18">
-        <v>41</v>
+        <v>27</v>
       </c>
       <c r="AA134" s="18">
-        <v>134</v>
+        <v>104</v>
       </c>
       <c r="AB134" s="2"/>
     </row>
     <row r="135" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A135" s="23">
-        <v>45443</v>
+        <v>45382</v>
       </c>
       <c r="B135" s="18">
-        <v>976</v>
+        <v>878</v>
       </c>
       <c r="C135" s="18">
-        <v>42</v>
+        <v>32</v>
       </c>
       <c r="D135" s="18">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="E135" s="18">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="F135" s="18">
         <v>0</v>
       </c>
       <c r="G135" s="18">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="H135" s="18">
-        <v>30</v>
+        <v>17</v>
       </c>
       <c r="I135" s="18">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="J135" s="18">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="K135" s="18">
-        <v>291</v>
+        <v>264</v>
       </c>
       <c r="L135" s="18">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="M135" s="18">
         <v>0</v>
       </c>
       <c r="N135" s="18">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="O135" s="18">
         <v>6</v>
       </c>
       <c r="P135" s="18">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="Q135" s="18">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="R135" s="18">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="S135" s="18">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="T135" s="18">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="U135" s="18">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="V135" s="18">
         <v>0</v>
       </c>
       <c r="W135" s="18">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="X135" s="18">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="Y135" s="18">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="Z135" s="18">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="AA135" s="18">
-        <v>173</v>
+        <v>105</v>
       </c>
       <c r="AB135" s="2"/>
     </row>
     <row r="136" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A136" s="23">
-        <v>45473</v>
+        <v>45412</v>
       </c>
       <c r="B136" s="18">
-        <v>607</v>
+        <v>1031</v>
       </c>
       <c r="C136" s="18">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="D136" s="18">
-        <v>18</v>
+        <v>42</v>
       </c>
       <c r="E136" s="18">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="F136" s="18">
         <v>0</v>
       </c>
       <c r="G136" s="18">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="H136" s="18">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="I136" s="18">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="J136" s="18">
-        <v>22</v>
+        <v>47</v>
       </c>
       <c r="K136" s="18">
-        <v>179</v>
+        <v>306</v>
       </c>
       <c r="L136" s="18">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="M136" s="18">
         <v>0</v>
       </c>
       <c r="N136" s="18">
-        <v>29</v>
+        <v>79</v>
       </c>
       <c r="O136" s="18">
         <v>7</v>
       </c>
       <c r="P136" s="18">
-        <v>23</v>
+        <v>44</v>
       </c>
       <c r="Q136" s="18">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="R136" s="18">
+        <v>40</v>
+      </c>
+      <c r="S136" s="18">
+        <v>14</v>
+      </c>
+      <c r="T136" s="18">
         <v>19</v>
       </c>
-      <c r="S136" s="18">
-[...4 lines deleted...]
-      </c>
       <c r="U136" s="18">
-        <v>4</v>
+        <v>16</v>
       </c>
       <c r="V136" s="18">
         <v>0</v>
       </c>
       <c r="W136" s="18">
-        <v>20</v>
+        <v>38</v>
       </c>
       <c r="X136" s="18">
-        <v>16</v>
+        <v>33</v>
       </c>
       <c r="Y136" s="18">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="Z136" s="18">
-        <v>12</v>
+        <v>41</v>
       </c>
       <c r="AA136" s="18">
-        <v>95</v>
+        <v>134</v>
       </c>
       <c r="AB136" s="2"/>
     </row>
     <row r="137" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A137" s="23">
-        <v>45504</v>
+        <v>45443</v>
       </c>
       <c r="B137" s="18">
-        <v>694</v>
+        <v>976</v>
       </c>
       <c r="C137" s="18">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="D137" s="18">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="E137" s="18">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="F137" s="18">
         <v>0</v>
       </c>
       <c r="G137" s="18">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="H137" s="18">
+        <v>30</v>
+      </c>
+      <c r="I137" s="18">
         <v>8</v>
       </c>
-      <c r="I137" s="18">
-[...1 lines deleted...]
-      </c>
       <c r="J137" s="18">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="K137" s="18">
-        <v>244</v>
+        <v>291</v>
       </c>
       <c r="L137" s="18">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="M137" s="18">
         <v>0</v>
       </c>
       <c r="N137" s="18">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="O137" s="18">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="P137" s="18">
-        <v>28</v>
+        <v>52</v>
       </c>
       <c r="Q137" s="18">
-        <v>15</v>
+        <v>33</v>
       </c>
       <c r="R137" s="18">
-        <v>19</v>
+        <v>31</v>
       </c>
       <c r="S137" s="18">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="T137" s="18">
         <v>14</v>
       </c>
       <c r="U137" s="18">
-        <v>3</v>
+        <v>11</v>
       </c>
       <c r="V137" s="18">
         <v>0</v>
       </c>
       <c r="W137" s="18">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="X137" s="18">
         <v>19</v>
       </c>
       <c r="Y137" s="18">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="Z137" s="18">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="AA137" s="18">
-        <v>102</v>
+        <v>173</v>
       </c>
       <c r="AB137" s="2"/>
     </row>
     <row r="138" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A138" s="23">
-        <v>45535</v>
+        <v>45473</v>
       </c>
       <c r="B138" s="18">
-        <v>701</v>
+        <v>607</v>
       </c>
       <c r="C138" s="18">
         <v>26</v>
       </c>
       <c r="D138" s="18">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="E138" s="18">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="F138" s="18">
         <v>0</v>
       </c>
       <c r="G138" s="18">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="H138" s="18">
+        <v>15</v>
+      </c>
+      <c r="I138" s="18">
+        <v>7</v>
+      </c>
+      <c r="J138" s="18">
+        <v>22</v>
+      </c>
+      <c r="K138" s="18">
+        <v>179</v>
+      </c>
+      <c r="L138" s="18">
         <v>11</v>
       </c>
-      <c r="I138" s="18">
-[...10 lines deleted...]
-      </c>
       <c r="M138" s="18">
         <v>0</v>
       </c>
       <c r="N138" s="18">
-        <v>37</v>
+        <v>29</v>
       </c>
       <c r="O138" s="18">
         <v>7</v>
       </c>
       <c r="P138" s="18">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="Q138" s="18">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="R138" s="18">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="S138" s="18">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="T138" s="18">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="U138" s="18">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="V138" s="18">
         <v>0</v>
       </c>
       <c r="W138" s="18">
         <v>20</v>
       </c>
       <c r="X138" s="18">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="Y138" s="18">
+        <v>9</v>
+      </c>
+      <c r="Z138" s="18">
         <v>12</v>
       </c>
-      <c r="Z138" s="18">
-[...1 lines deleted...]
-      </c>
       <c r="AA138" s="18">
-        <v>115</v>
+        <v>95</v>
       </c>
       <c r="AB138" s="2"/>
     </row>
     <row r="139" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A139" s="23">
-        <v>45565</v>
+        <v>45504</v>
       </c>
       <c r="B139" s="18">
-        <v>681</v>
+        <v>694</v>
       </c>
       <c r="C139" s="18">
-        <v>25</v>
+        <v>37</v>
       </c>
       <c r="D139" s="18">
         <v>23</v>
       </c>
       <c r="E139" s="18">
         <v>24</v>
       </c>
       <c r="F139" s="18">
         <v>0</v>
       </c>
       <c r="G139" s="18">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="H139" s="18">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="I139" s="18">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="J139" s="18">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="K139" s="18">
-        <v>262</v>
+        <v>244</v>
       </c>
       <c r="L139" s="18">
         <v>5</v>
       </c>
       <c r="M139" s="18">
         <v>0</v>
       </c>
       <c r="N139" s="18">
-        <v>38</v>
+        <v>51</v>
       </c>
       <c r="O139" s="18">
+        <v>5</v>
+      </c>
+      <c r="P139" s="18">
+        <v>28</v>
+      </c>
+      <c r="Q139" s="18">
+        <v>15</v>
+      </c>
+      <c r="R139" s="18">
+        <v>19</v>
+      </c>
+      <c r="S139" s="18">
+        <v>4</v>
+      </c>
+      <c r="T139" s="18">
+        <v>14</v>
+      </c>
+      <c r="U139" s="18">
         <v>3</v>
       </c>
-      <c r="P139" s="18">
-[...16 lines deleted...]
-      </c>
       <c r="V139" s="18">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="W139" s="18">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="X139" s="18">
+        <v>19</v>
+      </c>
+      <c r="Y139" s="18">
+        <v>10</v>
+      </c>
+      <c r="Z139" s="18">
         <v>14</v>
       </c>
-      <c r="Y139" s="18">
-[...4 lines deleted...]
-      </c>
       <c r="AA139" s="18">
-        <v>109</v>
+        <v>102</v>
       </c>
       <c r="AB139" s="2"/>
     </row>
     <row r="140" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A140" s="23">
-        <v>45596</v>
+        <v>45535</v>
       </c>
       <c r="B140" s="18">
-        <v>829</v>
+        <v>701</v>
       </c>
       <c r="C140" s="18">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="D140" s="18">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="E140" s="18">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="F140" s="18">
         <v>0</v>
       </c>
       <c r="G140" s="18">
-        <v>25</v>
+        <v>14</v>
       </c>
       <c r="H140" s="18">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="I140" s="18">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="J140" s="18">
         <v>32</v>
       </c>
       <c r="K140" s="18">
-        <v>337</v>
+        <v>230</v>
       </c>
       <c r="L140" s="18">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="M140" s="18">
         <v>0</v>
       </c>
       <c r="N140" s="18">
-        <v>45</v>
+        <v>37</v>
       </c>
       <c r="O140" s="18">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="P140" s="18">
-        <v>42</v>
+        <v>33</v>
       </c>
       <c r="Q140" s="18">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="R140" s="18">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="S140" s="18">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="T140" s="18">
         <v>15</v>
       </c>
       <c r="U140" s="18">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="V140" s="18">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="W140" s="18">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="X140" s="18">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="Y140" s="18">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="Z140" s="18">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="AA140" s="18">
-        <v>98</v>
+        <v>115</v>
       </c>
       <c r="AB140" s="2"/>
     </row>
     <row r="141" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A141" s="23">
-        <v>45626</v>
+        <v>45565</v>
       </c>
       <c r="B141" s="18">
-        <v>597</v>
+        <v>681</v>
       </c>
       <c r="C141" s="18">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="D141" s="18">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="E141" s="18">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="F141" s="18">
         <v>0</v>
       </c>
       <c r="G141" s="18">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="H141" s="18">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="I141" s="18">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="J141" s="18">
-        <v>40</v>
+        <v>27</v>
       </c>
       <c r="K141" s="18">
-        <v>209</v>
+        <v>262</v>
       </c>
       <c r="L141" s="18">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="M141" s="18">
         <v>0</v>
       </c>
       <c r="N141" s="18">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="O141" s="18">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="P141" s="18">
-        <v>23</v>
+        <v>30</v>
       </c>
       <c r="Q141" s="18">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="R141" s="18">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="S141" s="18">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="T141" s="18">
-        <v>16</v>
+        <v>7</v>
       </c>
       <c r="U141" s="18">
         <v>1</v>
       </c>
       <c r="V141" s="18">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="W141" s="18">
+        <v>28</v>
+      </c>
+      <c r="X141" s="18">
+        <v>14</v>
+      </c>
+      <c r="Y141" s="18">
+        <v>8</v>
+      </c>
+      <c r="Z141" s="18">
         <v>13</v>
       </c>
-      <c r="X141" s="18">
-[...7 lines deleted...]
-      </c>
       <c r="AA141" s="18">
-        <v>94</v>
+        <v>109</v>
       </c>
       <c r="AB141" s="2"/>
     </row>
     <row r="142" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A142" s="23">
-        <v>45657</v>
+        <v>45596</v>
       </c>
       <c r="B142" s="18">
-        <v>379</v>
+        <v>829</v>
       </c>
       <c r="C142" s="18">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="D142" s="18">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="E142" s="18">
+        <v>29</v>
+      </c>
+      <c r="F142" s="18">
+        <v>0</v>
+      </c>
+      <c r="G142" s="18">
+        <v>25</v>
+      </c>
+      <c r="H142" s="18">
+        <v>17</v>
+      </c>
+      <c r="I142" s="18">
+        <v>4</v>
+      </c>
+      <c r="J142" s="18">
+        <v>32</v>
+      </c>
+      <c r="K142" s="18">
+        <v>337</v>
+      </c>
+      <c r="L142" s="18">
+        <v>5</v>
+      </c>
+      <c r="M142" s="18">
+        <v>0</v>
+      </c>
+      <c r="N142" s="18">
+        <v>45</v>
+      </c>
+      <c r="O142" s="18">
         <v>8</v>
       </c>
-      <c r="F142" s="18">
-[...8 lines deleted...]
-      <c r="I142" s="18">
+      <c r="P142" s="18">
+        <v>42</v>
+      </c>
+      <c r="Q142" s="18">
+        <v>17</v>
+      </c>
+      <c r="R142" s="18">
+        <v>27</v>
+      </c>
+      <c r="S142" s="18">
+        <v>4</v>
+      </c>
+      <c r="T142" s="18">
+        <v>15</v>
+      </c>
+      <c r="U142" s="18">
+        <v>0</v>
+      </c>
+      <c r="V142" s="18">
         <v>2</v>
       </c>
-      <c r="J142" s="18">
-[...37 lines deleted...]
-      </c>
       <c r="W142" s="18">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="X142" s="18">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="Y142" s="18">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="Z142" s="18">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="AA142" s="18">
-        <v>68</v>
+        <v>98</v>
       </c>
       <c r="AB142" s="2"/>
     </row>
     <row r="143" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A143" s="23">
-        <v>45688</v>
+        <v>45626</v>
       </c>
       <c r="B143" s="18">
-        <v>476</v>
+        <v>597</v>
       </c>
       <c r="C143" s="18">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="D143" s="18">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E143" s="18">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="F143" s="18">
         <v>0</v>
       </c>
       <c r="G143" s="18">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="H143" s="18">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="I143" s="18">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="J143" s="18">
-        <v>22</v>
+        <v>40</v>
       </c>
       <c r="K143" s="18">
-        <v>179</v>
+        <v>209</v>
       </c>
       <c r="L143" s="18">
         <v>4</v>
       </c>
       <c r="M143" s="18">
         <v>0</v>
       </c>
       <c r="N143" s="18">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="O143" s="18">
         <v>1</v>
       </c>
       <c r="P143" s="18">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="Q143" s="18">
+        <v>10</v>
+      </c>
+      <c r="R143" s="18">
+        <v>20</v>
+      </c>
+      <c r="S143" s="18">
         <v>5</v>
       </c>
-      <c r="R143" s="18">
-[...4 lines deleted...]
-      </c>
       <c r="T143" s="18">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="U143" s="18">
         <v>1</v>
       </c>
       <c r="V143" s="18">
         <v>0</v>
       </c>
       <c r="W143" s="18">
+        <v>13</v>
+      </c>
+      <c r="X143" s="18">
+        <v>13</v>
+      </c>
+      <c r="Y143" s="18">
         <v>12</v>
       </c>
-      <c r="X143" s="18">
-[...4 lines deleted...]
-      </c>
       <c r="Z143" s="18">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="AA143" s="18">
-        <v>82</v>
+        <v>94</v>
       </c>
       <c r="AB143" s="2"/>
     </row>
     <row r="144" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A144" s="23">
-        <v>45716</v>
+        <v>45657</v>
       </c>
       <c r="B144" s="18">
-        <v>525</v>
+        <v>379</v>
       </c>
       <c r="C144" s="18">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="D144" s="18">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="E144" s="18">
-        <v>20</v>
+        <v>8</v>
       </c>
       <c r="F144" s="18">
         <v>0</v>
       </c>
       <c r="G144" s="18">
+        <v>8</v>
+      </c>
+      <c r="H144" s="18">
         <v>10</v>
       </c>
-      <c r="H144" s="18">
+      <c r="I144" s="18">
+        <v>2</v>
+      </c>
+      <c r="J144" s="18">
+        <v>17</v>
+      </c>
+      <c r="K144" s="18">
+        <v>134</v>
+      </c>
+      <c r="L144" s="18">
+        <v>3</v>
+      </c>
+      <c r="M144" s="18">
+        <v>0</v>
+      </c>
+      <c r="N144" s="18">
+        <v>23</v>
+      </c>
+      <c r="O144" s="18">
+        <v>2</v>
+      </c>
+      <c r="P144" s="18">
+        <v>13</v>
+      </c>
+      <c r="Q144" s="18">
         <v>4</v>
       </c>
-      <c r="I144" s="18">
-[...2 lines deleted...]
-      <c r="J144" s="18">
+      <c r="R144" s="18">
         <v>18</v>
-      </c>
-[...22 lines deleted...]
-        <v>16</v>
       </c>
       <c r="S144" s="18">
         <v>2</v>
       </c>
       <c r="T144" s="18">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="U144" s="18">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="V144" s="18">
         <v>0</v>
       </c>
       <c r="W144" s="18">
         <v>9</v>
       </c>
       <c r="X144" s="18">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="Y144" s="18">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="Z144" s="18">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="AA144" s="18">
-        <v>95</v>
+        <v>68</v>
       </c>
       <c r="AB144" s="2"/>
     </row>
     <row r="145" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A145" s="23">
-        <v>45747</v>
+        <v>45688</v>
       </c>
       <c r="B145" s="18">
-        <v>433</v>
+        <v>476</v>
       </c>
       <c r="C145" s="18">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="D145" s="18">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E145" s="18">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="F145" s="18">
         <v>0</v>
       </c>
       <c r="G145" s="18">
+        <v>9</v>
+      </c>
+      <c r="H145" s="18">
+        <v>10</v>
+      </c>
+      <c r="I145" s="18">
+        <v>2</v>
+      </c>
+      <c r="J145" s="18">
+        <v>22</v>
+      </c>
+      <c r="K145" s="18">
+        <v>179</v>
+      </c>
+      <c r="L145" s="18">
+        <v>4</v>
+      </c>
+      <c r="M145" s="18">
+        <v>0</v>
+      </c>
+      <c r="N145" s="18">
+        <v>23</v>
+      </c>
+      <c r="O145" s="18">
+        <v>1</v>
+      </c>
+      <c r="P145" s="18">
+        <v>18</v>
+      </c>
+      <c r="Q145" s="18">
         <v>5</v>
       </c>
-      <c r="H145" s="18">
-[...28 lines deleted...]
-      </c>
       <c r="R145" s="18">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="S145" s="18">
         <v>4</v>
       </c>
       <c r="T145" s="18">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="U145" s="18">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="V145" s="18">
         <v>0</v>
       </c>
       <c r="W145" s="18">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="X145" s="18">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="Y145" s="18">
         <v>4</v>
       </c>
       <c r="Z145" s="18">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="AA145" s="18">
-        <v>95</v>
+        <v>82</v>
       </c>
       <c r="AB145" s="2"/>
     </row>
     <row r="146" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A146" s="23">
-        <v>45777</v>
+        <v>45716</v>
       </c>
       <c r="B146" s="18">
-        <v>460</v>
+        <v>525</v>
       </c>
       <c r="C146" s="18">
+        <v>21</v>
+      </c>
+      <c r="D146" s="18">
         <v>14</v>
       </c>
-      <c r="D146" s="18">
-[...1 lines deleted...]
-      </c>
       <c r="E146" s="18">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="F146" s="18">
         <v>0</v>
       </c>
       <c r="G146" s="18">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="H146" s="18">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="I146" s="18">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="J146" s="18">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="K146" s="18">
-        <v>156</v>
+        <v>209</v>
       </c>
       <c r="L146" s="18">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="M146" s="18">
         <v>0</v>
       </c>
       <c r="N146" s="18">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="O146" s="18">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="P146" s="18">
-        <v>18</v>
+        <v>27</v>
       </c>
       <c r="Q146" s="18">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="R146" s="18">
         <v>16</v>
       </c>
       <c r="S146" s="18">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="T146" s="18">
         <v>9</v>
       </c>
       <c r="U146" s="18">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="V146" s="18">
         <v>0</v>
       </c>
       <c r="W146" s="18">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="X146" s="18">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="Y146" s="18">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="Z146" s="18">
         <v>11</v>
       </c>
       <c r="AA146" s="18">
-        <v>103</v>
+        <v>95</v>
       </c>
       <c r="AB146" s="2"/>
     </row>
     <row r="147" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A147" s="23">
-        <v>45808</v>
+        <v>45747</v>
       </c>
       <c r="B147" s="18">
-        <v>605</v>
+        <v>433</v>
       </c>
       <c r="C147" s="18">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="D147" s="18">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="E147" s="18">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="F147" s="18">
         <v>0</v>
       </c>
       <c r="G147" s="18">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="H147" s="18">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="I147" s="18">
         <v>3</v>
       </c>
       <c r="J147" s="18">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="K147" s="18">
-        <v>217</v>
+        <v>149</v>
       </c>
       <c r="L147" s="18">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="M147" s="18">
         <v>0</v>
       </c>
       <c r="N147" s="18">
-        <v>40</v>
+        <v>21</v>
       </c>
       <c r="O147" s="18">
         <v>2</v>
       </c>
       <c r="P147" s="18">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="Q147" s="18">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="R147" s="18">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="S147" s="18">
         <v>4</v>
       </c>
       <c r="T147" s="18">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="U147" s="18">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="V147" s="18">
         <v>0</v>
       </c>
       <c r="W147" s="18">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="X147" s="18">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="Y147" s="18">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="Z147" s="18">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="AA147" s="18">
-        <v>119</v>
+        <v>95</v>
       </c>
       <c r="AB147" s="2"/>
     </row>
     <row r="148" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A148" s="23">
-        <v>45838</v>
+        <v>45777</v>
       </c>
       <c r="B148" s="18">
-        <v>703</v>
+        <v>460</v>
       </c>
       <c r="C148" s="18">
-        <v>30</v>
+        <v>14</v>
       </c>
       <c r="D148" s="18">
-        <v>25</v>
+        <v>13</v>
       </c>
       <c r="E148" s="18">
-        <v>28</v>
+        <v>16</v>
       </c>
       <c r="F148" s="18">
         <v>0</v>
       </c>
       <c r="G148" s="18">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="H148" s="18">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="I148" s="18">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="J148" s="18">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="K148" s="18">
-        <v>247</v>
+        <v>156</v>
       </c>
       <c r="L148" s="18">
+        <v>4</v>
+      </c>
+      <c r="M148" s="18">
+        <v>0</v>
+      </c>
+      <c r="N148" s="18">
+        <v>26</v>
+      </c>
+      <c r="O148" s="18">
+        <v>2</v>
+      </c>
+      <c r="P148" s="18">
+        <v>18</v>
+      </c>
+      <c r="Q148" s="18">
         <v>7</v>
       </c>
-      <c r="M148" s="18">
-[...13 lines deleted...]
-      </c>
       <c r="R148" s="18">
-        <v>28</v>
+        <v>16</v>
       </c>
       <c r="S148" s="18">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T148" s="18">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="U148" s="18">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="V148" s="18">
         <v>0</v>
       </c>
       <c r="W148" s="18">
         <v>11</v>
       </c>
       <c r="X148" s="18">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="Y148" s="18">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="Z148" s="18">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="AA148" s="18">
-        <v>129</v>
+        <v>103</v>
       </c>
       <c r="AB148" s="2"/>
     </row>
     <row r="149" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A149" s="23">
-        <v>45869</v>
+        <v>45808</v>
       </c>
       <c r="B149" s="18">
-        <v>895</v>
+        <v>605</v>
       </c>
       <c r="C149" s="18">
-        <v>50</v>
+        <v>17</v>
       </c>
       <c r="D149" s="18">
-        <v>32</v>
+        <v>20</v>
       </c>
       <c r="E149" s="18">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="F149" s="18">
         <v>0</v>
       </c>
       <c r="G149" s="18">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="H149" s="18">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="I149" s="18">
+        <v>3</v>
+      </c>
+      <c r="J149" s="18">
+        <v>28</v>
+      </c>
+      <c r="K149" s="18">
+        <v>217</v>
+      </c>
+      <c r="L149" s="18">
         <v>4</v>
       </c>
-      <c r="J149" s="18">
-[...7 lines deleted...]
-      </c>
       <c r="M149" s="18">
         <v>0</v>
       </c>
       <c r="N149" s="18">
-        <v>63</v>
+        <v>40</v>
       </c>
       <c r="O149" s="18">
         <v>2</v>
       </c>
       <c r="P149" s="18">
         <v>24</v>
       </c>
       <c r="Q149" s="18">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="R149" s="18">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="S149" s="18">
         <v>4</v>
       </c>
       <c r="T149" s="18">
         <v>15</v>
       </c>
       <c r="U149" s="18">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="V149" s="18">
         <v>0</v>
       </c>
       <c r="W149" s="18">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="X149" s="18">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="Y149" s="18">
+        <v>7</v>
+      </c>
+      <c r="Z149" s="18">
         <v>11</v>
       </c>
-      <c r="Z149" s="18">
-[...1 lines deleted...]
-      </c>
       <c r="AA149" s="18">
-        <v>133</v>
+        <v>119</v>
       </c>
       <c r="AB149" s="2"/>
     </row>
     <row r="150" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A150" s="23">
-        <v>45900</v>
+        <v>45838</v>
       </c>
       <c r="B150" s="18">
-        <v>807</v>
+        <v>703</v>
       </c>
       <c r="C150" s="18">
-        <v>48</v>
+        <v>30</v>
       </c>
       <c r="D150" s="18">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="E150" s="18">
-        <v>16</v>
+        <v>28</v>
       </c>
       <c r="F150" s="18">
         <v>0</v>
       </c>
       <c r="G150" s="18">
         <v>13</v>
       </c>
       <c r="H150" s="18">
         <v>11</v>
       </c>
       <c r="I150" s="18">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="J150" s="18">
-        <v>56</v>
+        <v>32</v>
       </c>
       <c r="K150" s="18">
-        <v>257</v>
+        <v>247</v>
       </c>
       <c r="L150" s="18">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="M150" s="18">
         <v>0</v>
       </c>
       <c r="N150" s="18">
-        <v>62</v>
+        <v>41</v>
       </c>
       <c r="O150" s="18">
         <v>3</v>
       </c>
       <c r="P150" s="18">
-        <v>40</v>
+        <v>26</v>
       </c>
       <c r="Q150" s="18">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="R150" s="18">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="S150" s="18">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T150" s="18">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="U150" s="18">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="V150" s="18">
         <v>0</v>
       </c>
       <c r="W150" s="18">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="X150" s="18">
         <v>14</v>
       </c>
       <c r="Y150" s="18">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="Z150" s="18">
-        <v>35</v>
+        <v>9</v>
       </c>
       <c r="AA150" s="18">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="AB150" s="2"/>
     </row>
     <row r="151" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A151" s="23">
-        <v>45930</v>
+        <v>45869</v>
       </c>
       <c r="B151" s="18">
-        <v>874</v>
+        <v>895</v>
       </c>
       <c r="C151" s="18">
-        <v>31</v>
+        <v>50</v>
       </c>
       <c r="D151" s="18">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="E151" s="18">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="F151" s="18">
         <v>0</v>
       </c>
       <c r="G151" s="18">
+        <v>14</v>
+      </c>
+      <c r="H151" s="18">
+        <v>12</v>
+      </c>
+      <c r="I151" s="18">
+        <v>4</v>
+      </c>
+      <c r="J151" s="18">
+        <v>46</v>
+      </c>
+      <c r="K151" s="18">
+        <v>336</v>
+      </c>
+      <c r="L151" s="18">
+        <v>6</v>
+      </c>
+      <c r="M151" s="18">
+        <v>0</v>
+      </c>
+      <c r="N151" s="18">
+        <v>63</v>
+      </c>
+      <c r="O151" s="18">
+        <v>2</v>
+      </c>
+      <c r="P151" s="18">
+        <v>24</v>
+      </c>
+      <c r="Q151" s="18">
+        <v>10</v>
+      </c>
+      <c r="R151" s="18">
+        <v>21</v>
+      </c>
+      <c r="S151" s="18">
+        <v>4</v>
+      </c>
+      <c r="T151" s="18">
+        <v>15</v>
+      </c>
+      <c r="U151" s="18">
+        <v>4</v>
+      </c>
+      <c r="V151" s="18">
+        <v>0</v>
+      </c>
+      <c r="W151" s="18">
+        <v>21</v>
+      </c>
+      <c r="X151" s="18">
+        <v>23</v>
+      </c>
+      <c r="Y151" s="18">
         <v>11</v>
       </c>
-      <c r="H151" s="18">
-[...52 lines deleted...]
-      </c>
       <c r="Z151" s="18">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="AA151" s="18">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="AB151" s="2"/>
     </row>
     <row r="152" spans="1:28" x14ac:dyDescent="0.3">
       <c r="A152" s="23">
-        <v>45961</v>
+        <v>45900</v>
       </c>
       <c r="B152" s="18">
-        <v>809</v>
+        <v>807</v>
       </c>
       <c r="C152" s="18">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="D152" s="18">
-        <v>34</v>
+        <v>26</v>
       </c>
       <c r="E152" s="18">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F152" s="18">
         <v>0</v>
       </c>
       <c r="G152" s="18">
         <v>13</v>
       </c>
       <c r="H152" s="18">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="I152" s="18">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="J152" s="18">
-        <v>44</v>
+        <v>56</v>
       </c>
       <c r="K152" s="18">
-        <v>309</v>
+        <v>257</v>
       </c>
       <c r="L152" s="18">
         <v>4</v>
       </c>
       <c r="M152" s="18">
         <v>0</v>
       </c>
       <c r="N152" s="18">
+        <v>62</v>
+      </c>
+      <c r="O152" s="18">
+        <v>3</v>
+      </c>
+      <c r="P152" s="18">
+        <v>40</v>
+      </c>
+      <c r="Q152" s="18">
+        <v>9</v>
+      </c>
+      <c r="R152" s="18">
+        <v>23</v>
+      </c>
+      <c r="S152" s="18">
+        <v>4</v>
+      </c>
+      <c r="T152" s="18">
+        <v>18</v>
+      </c>
+      <c r="U152" s="18">
+        <v>12</v>
+      </c>
+      <c r="V152" s="18">
+        <v>0</v>
+      </c>
+      <c r="W152" s="18">
+        <v>16</v>
+      </c>
+      <c r="X152" s="18">
+        <v>14</v>
+      </c>
+      <c r="Y152" s="18">
+        <v>6</v>
+      </c>
+      <c r="Z152" s="18">
         <v>35</v>
       </c>
-      <c r="O152" s="18">
+      <c r="AA152" s="18">
+        <v>128</v>
+      </c>
+      <c r="AB152" s="2"/>
+    </row>
+    <row r="153" spans="1:28" x14ac:dyDescent="0.3">
+      <c r="A153" s="23">
+        <v>45930</v>
+      </c>
+      <c r="B153" s="18">
+        <v>874</v>
+      </c>
+      <c r="C153" s="18">
+        <v>31</v>
+      </c>
+      <c r="D153" s="18">
+        <v>35</v>
+      </c>
+      <c r="E153" s="18">
+        <v>22</v>
+      </c>
+      <c r="F153" s="18">
+        <v>0</v>
+      </c>
+      <c r="G153" s="18">
+        <v>11</v>
+      </c>
+      <c r="H153" s="18">
+        <v>14</v>
+      </c>
+      <c r="I153" s="18">
+        <v>6</v>
+      </c>
+      <c r="J153" s="18">
+        <v>53</v>
+      </c>
+      <c r="K153" s="18">
+        <v>315</v>
+      </c>
+      <c r="L153" s="18">
+        <v>9</v>
+      </c>
+      <c r="M153" s="18">
+        <v>0</v>
+      </c>
+      <c r="N153" s="18">
+        <v>46</v>
+      </c>
+      <c r="O153" s="18">
+        <v>4</v>
+      </c>
+      <c r="P153" s="18">
+        <v>26</v>
+      </c>
+      <c r="Q153" s="18">
+        <v>12</v>
+      </c>
+      <c r="R153" s="18">
+        <v>16</v>
+      </c>
+      <c r="S153" s="18">
+        <v>9</v>
+      </c>
+      <c r="T153" s="18">
+        <v>20</v>
+      </c>
+      <c r="U153" s="18">
+        <v>7</v>
+      </c>
+      <c r="V153" s="18">
+        <v>0</v>
+      </c>
+      <c r="W153" s="18">
+        <v>18</v>
+      </c>
+      <c r="X153" s="18">
+        <v>21</v>
+      </c>
+      <c r="Y153" s="18">
+        <v>9</v>
+      </c>
+      <c r="Z153" s="18">
+        <v>32</v>
+      </c>
+      <c r="AA153" s="18">
+        <v>158</v>
+      </c>
+      <c r="AB153" s="2"/>
+    </row>
+    <row r="154" spans="1:28" x14ac:dyDescent="0.3">
+      <c r="A154" s="23">
+        <v>45961</v>
+      </c>
+      <c r="B154" s="18">
+        <v>809</v>
+      </c>
+      <c r="C154" s="18">
+        <v>35</v>
+      </c>
+      <c r="D154" s="18">
+        <v>34</v>
+      </c>
+      <c r="E154" s="18">
+        <v>13</v>
+      </c>
+      <c r="F154" s="18">
+        <v>0</v>
+      </c>
+      <c r="G154" s="18">
+        <v>13</v>
+      </c>
+      <c r="H154" s="18">
+        <v>20</v>
+      </c>
+      <c r="I154" s="18">
+        <v>2</v>
+      </c>
+      <c r="J154" s="18">
+        <v>44</v>
+      </c>
+      <c r="K154" s="18">
+        <v>309</v>
+      </c>
+      <c r="L154" s="18">
+        <v>4</v>
+      </c>
+      <c r="M154" s="18">
+        <v>0</v>
+      </c>
+      <c r="N154" s="18">
+        <v>35</v>
+      </c>
+      <c r="O154" s="18">
         <v>5</v>
       </c>
-      <c r="P152" s="18">
+      <c r="P154" s="18">
         <v>16</v>
       </c>
-      <c r="Q152" s="18">
+      <c r="Q154" s="18">
         <v>11</v>
       </c>
-      <c r="R152" s="18">
+      <c r="R154" s="18">
         <v>26</v>
       </c>
-      <c r="S152" s="18">
+      <c r="S154" s="18">
         <v>10</v>
       </c>
-      <c r="T152" s="18">
+      <c r="T154" s="18">
         <v>12</v>
       </c>
-      <c r="U152" s="18">
+      <c r="U154" s="18">
         <v>8</v>
       </c>
-      <c r="V152" s="18">
-[...2 lines deleted...]
-      <c r="W152" s="18">
+      <c r="V154" s="18">
+        <v>0</v>
+      </c>
+      <c r="W154" s="18">
         <v>14</v>
       </c>
-      <c r="X152" s="18">
+      <c r="X154" s="18">
         <v>10</v>
       </c>
-      <c r="Y152" s="18">
+      <c r="Y154" s="18">
         <v>11</v>
       </c>
-      <c r="Z152" s="18">
+      <c r="Z154" s="18">
         <v>22</v>
       </c>
-      <c r="AA152" s="18">
+      <c r="AA154" s="18">
         <v>155</v>
       </c>
-      <c r="AB152" s="2"/>
-[...88 lines deleted...]
-      <c r="AA155" s="8"/>
+      <c r="AB154" s="2"/>
+    </row>
+    <row r="155" spans="1:28" x14ac:dyDescent="0.3">
+      <c r="A155" s="23">
+        <v>45991</v>
+      </c>
+      <c r="B155" s="18">
+        <v>743</v>
+      </c>
+      <c r="C155" s="18">
+        <v>23</v>
+      </c>
+      <c r="D155" s="18">
+        <v>32</v>
+      </c>
+      <c r="E155" s="18">
+        <v>16</v>
+      </c>
+      <c r="F155" s="18">
+        <v>0</v>
+      </c>
+      <c r="G155" s="18">
+        <v>10</v>
+      </c>
+      <c r="H155" s="18">
+        <v>16</v>
+      </c>
+      <c r="I155" s="18">
+        <v>4</v>
+      </c>
+      <c r="J155" s="18">
+        <v>40</v>
+      </c>
+      <c r="K155" s="18">
+        <v>239</v>
+      </c>
+      <c r="L155" s="18">
+        <v>6</v>
+      </c>
+      <c r="M155" s="18">
+        <v>0</v>
+      </c>
+      <c r="N155" s="18">
+        <v>51</v>
+      </c>
+      <c r="O155" s="18">
+        <v>3</v>
+      </c>
+      <c r="P155" s="18">
+        <v>32</v>
+      </c>
+      <c r="Q155" s="18">
+        <v>10</v>
+      </c>
+      <c r="R155" s="18">
+        <v>21</v>
+      </c>
+      <c r="S155" s="18">
+        <v>11</v>
+      </c>
+      <c r="T155" s="18">
+        <v>16</v>
+      </c>
+      <c r="U155" s="18">
+        <v>7</v>
+      </c>
+      <c r="V155" s="18">
+        <v>0</v>
+      </c>
+      <c r="W155" s="18">
+        <v>15</v>
+      </c>
+      <c r="X155" s="18">
+        <v>17</v>
+      </c>
+      <c r="Y155" s="18">
+        <v>6</v>
+      </c>
+      <c r="Z155" s="18">
+        <v>20</v>
+      </c>
+      <c r="AA155" s="18">
+        <v>148</v>
+      </c>
+      <c r="AB155" s="2"/>
     </row>
     <row r="156" spans="1:28" x14ac:dyDescent="0.3">
-      <c r="A156" s="68"/>
-[...74 lines deleted...]
-      <c r="P158" s="67"/>
+      <c r="A156" s="23">
+        <v>46022</v>
+      </c>
+      <c r="B156" s="18">
+        <v>952</v>
+      </c>
+      <c r="C156" s="18">
+        <v>28</v>
+      </c>
+      <c r="D156" s="18">
+        <v>38</v>
+      </c>
+      <c r="E156" s="18">
+        <v>22</v>
+      </c>
+      <c r="F156" s="18">
+        <v>0</v>
+      </c>
+      <c r="G156" s="18">
+        <v>5</v>
+      </c>
+      <c r="H156" s="18">
+        <v>13</v>
+      </c>
+      <c r="I156" s="18">
+        <v>6</v>
+      </c>
+      <c r="J156" s="18">
+        <v>35</v>
+      </c>
+      <c r="K156" s="18">
+        <v>347</v>
+      </c>
+      <c r="L156" s="18">
+        <v>6</v>
+      </c>
+      <c r="M156" s="18">
+        <v>0</v>
+      </c>
+      <c r="N156" s="18">
+        <v>47</v>
+      </c>
+      <c r="O156" s="18">
+        <v>1</v>
+      </c>
+      <c r="P156" s="18">
+        <v>40</v>
+      </c>
+      <c r="Q156" s="18">
+        <v>14</v>
+      </c>
+      <c r="R156" s="18">
+        <v>22</v>
+      </c>
+      <c r="S156" s="18">
+        <v>14</v>
+      </c>
+      <c r="T156" s="18">
+        <v>27</v>
+      </c>
+      <c r="U156" s="18">
+        <v>15</v>
+      </c>
+      <c r="V156" s="18">
+        <v>0</v>
+      </c>
+      <c r="W156" s="18">
+        <v>30</v>
+      </c>
+      <c r="X156" s="18">
+        <v>12</v>
+      </c>
+      <c r="Y156" s="18">
+        <v>7</v>
+      </c>
+      <c r="Z156" s="18">
+        <v>32</v>
+      </c>
+      <c r="AA156" s="18">
+        <v>191</v>
+      </c>
+      <c r="AB156" s="2"/>
+    </row>
+    <row r="157" spans="1:28" x14ac:dyDescent="0.3">
+      <c r="A157" s="10"/>
+      <c r="B157" s="11"/>
+      <c r="C157" s="11"/>
+      <c r="D157" s="11"/>
+      <c r="E157" s="11"/>
+      <c r="F157" s="11"/>
+      <c r="G157" s="11"/>
+      <c r="H157" s="11"/>
+      <c r="I157" s="11"/>
+      <c r="J157" s="11"/>
+      <c r="K157" s="11"/>
+      <c r="L157" s="11"/>
+      <c r="M157" s="11"/>
+      <c r="N157" s="11"/>
+      <c r="O157" s="11"/>
+      <c r="P157" s="11"/>
+      <c r="Q157" s="11"/>
+      <c r="R157" s="11"/>
+      <c r="S157" s="11"/>
+      <c r="T157" s="11"/>
+      <c r="U157" s="11"/>
+      <c r="V157" s="11"/>
+      <c r="W157" s="11"/>
+      <c r="X157" s="11"/>
+      <c r="Y157" s="11"/>
+      <c r="Z157" s="11"/>
+      <c r="AA157" s="11"/>
+    </row>
+    <row r="158" spans="1:28" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A158" s="68" t="s">
+        <v>65</v>
+      </c>
+      <c r="B158" s="68"/>
+      <c r="C158" s="68"/>
+      <c r="D158" s="68"/>
+      <c r="E158" s="68"/>
+      <c r="F158" s="68"/>
+      <c r="G158" s="68"/>
+      <c r="H158" s="68"/>
+      <c r="I158" s="68"/>
+      <c r="J158" s="68"/>
+      <c r="K158" s="68"/>
+      <c r="L158" s="68"/>
+      <c r="M158" s="68"/>
+      <c r="N158" s="68"/>
+      <c r="O158" s="68"/>
+      <c r="P158" s="68"/>
       <c r="Q158" s="8"/>
       <c r="R158" s="8"/>
       <c r="S158" s="8"/>
       <c r="T158" s="8"/>
       <c r="U158" s="8"/>
       <c r="V158" s="8"/>
       <c r="W158" s="8"/>
       <c r="X158" s="8"/>
       <c r="Y158" s="8"/>
       <c r="Z158" s="8"/>
       <c r="AA158" s="8"/>
     </row>
-    <row r="159" spans="1:28" x14ac:dyDescent="0.3">
-[...14 lines deleted...]
-      <c r="P159" s="8"/>
+    <row r="159" spans="1:28" ht="25.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A159" s="68"/>
+      <c r="B159" s="68"/>
+      <c r="C159" s="68"/>
+      <c r="D159" s="68"/>
+      <c r="E159" s="68"/>
+      <c r="F159" s="68"/>
+      <c r="G159" s="68"/>
+      <c r="H159" s="68"/>
+      <c r="I159" s="68"/>
+      <c r="J159" s="68"/>
+      <c r="K159" s="68"/>
+      <c r="L159" s="68"/>
+      <c r="M159" s="68"/>
+      <c r="N159" s="68"/>
+      <c r="O159" s="68"/>
+      <c r="P159" s="68"/>
       <c r="Q159" s="8"/>
       <c r="R159" s="8"/>
       <c r="S159" s="8"/>
       <c r="T159" s="8"/>
       <c r="U159" s="8"/>
       <c r="V159" s="8"/>
       <c r="W159" s="8"/>
       <c r="X159" s="8"/>
       <c r="Y159" s="8"/>
       <c r="Z159" s="8"/>
       <c r="AA159" s="8"/>
     </row>
     <row r="160" spans="1:28" x14ac:dyDescent="0.3">
-      <c r="B160" s="8"/>
-[...13 lines deleted...]
-      <c r="P160" s="8"/>
+      <c r="A160" s="68"/>
+      <c r="B160" s="68"/>
+      <c r="C160" s="68"/>
+      <c r="D160" s="68"/>
+      <c r="E160" s="68"/>
+      <c r="F160" s="68"/>
+      <c r="G160" s="68"/>
+      <c r="H160" s="68"/>
+      <c r="I160" s="68"/>
+      <c r="J160" s="68"/>
+      <c r="K160" s="68"/>
+      <c r="L160" s="68"/>
+      <c r="M160" s="68"/>
+      <c r="N160" s="68"/>
+      <c r="O160" s="68"/>
+      <c r="P160" s="68"/>
       <c r="Q160" s="8"/>
       <c r="R160" s="8"/>
       <c r="S160" s="8"/>
       <c r="T160" s="8"/>
       <c r="U160" s="8"/>
       <c r="V160" s="8"/>
       <c r="W160" s="8"/>
       <c r="X160" s="8"/>
       <c r="Y160" s="8"/>
       <c r="Z160" s="8"/>
       <c r="AA160" s="8"/>
     </row>
-    <row r="161" spans="2:27" x14ac:dyDescent="0.3">
-[...14 lines deleted...]
-      <c r="P161" s="8"/>
+    <row r="161" spans="1:27" ht="43.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A161" s="68"/>
+      <c r="B161" s="68"/>
+      <c r="C161" s="68"/>
+      <c r="D161" s="68"/>
+      <c r="E161" s="68"/>
+      <c r="F161" s="68"/>
+      <c r="G161" s="68"/>
+      <c r="H161" s="68"/>
+      <c r="I161" s="68"/>
+      <c r="J161" s="68"/>
+      <c r="K161" s="68"/>
+      <c r="L161" s="68"/>
+      <c r="M161" s="68"/>
+      <c r="N161" s="68"/>
+      <c r="O161" s="68"/>
+      <c r="P161" s="68"/>
       <c r="Q161" s="8"/>
       <c r="R161" s="8"/>
       <c r="S161" s="8"/>
       <c r="T161" s="8"/>
       <c r="U161" s="8"/>
       <c r="V161" s="8"/>
       <c r="W161" s="8"/>
       <c r="X161" s="8"/>
       <c r="Y161" s="8"/>
       <c r="Z161" s="8"/>
       <c r="AA161" s="8"/>
     </row>
-    <row r="162" spans="2:27" x14ac:dyDescent="0.3">
-[...14 lines deleted...]
-      <c r="P162" s="8"/>
+    <row r="162" spans="1:27" ht="43.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A162" s="67" t="s">
+        <v>66</v>
+      </c>
+      <c r="B162" s="67"/>
+      <c r="C162" s="67"/>
+      <c r="D162" s="67"/>
+      <c r="E162" s="67"/>
+      <c r="F162" s="67"/>
+      <c r="G162" s="67"/>
+      <c r="H162" s="67"/>
+      <c r="I162" s="67"/>
+      <c r="J162" s="67"/>
+      <c r="K162" s="67"/>
+      <c r="L162" s="67"/>
+      <c r="M162" s="67"/>
+      <c r="N162" s="67"/>
+      <c r="O162" s="67"/>
+      <c r="P162" s="67"/>
       <c r="Q162" s="8"/>
       <c r="R162" s="8"/>
       <c r="S162" s="8"/>
       <c r="T162" s="8"/>
       <c r="U162" s="8"/>
       <c r="V162" s="8"/>
       <c r="W162" s="8"/>
       <c r="X162" s="8"/>
       <c r="Y162" s="8"/>
       <c r="Z162" s="8"/>
       <c r="AA162" s="8"/>
     </row>
-    <row r="163" spans="2:27" x14ac:dyDescent="0.3">
+    <row r="163" spans="1:27" x14ac:dyDescent="0.3">
       <c r="B163" s="8"/>
       <c r="C163" s="8"/>
       <c r="D163" s="8"/>
       <c r="E163" s="8"/>
       <c r="F163" s="8"/>
       <c r="G163" s="8"/>
       <c r="H163" s="8"/>
       <c r="I163" s="8"/>
       <c r="J163" s="8"/>
       <c r="K163" s="8"/>
       <c r="L163" s="8"/>
       <c r="M163" s="8"/>
       <c r="N163" s="8"/>
       <c r="O163" s="8"/>
       <c r="P163" s="8"/>
       <c r="Q163" s="8"/>
       <c r="R163" s="8"/>
       <c r="S163" s="8"/>
       <c r="T163" s="8"/>
       <c r="U163" s="8"/>
       <c r="V163" s="8"/>
       <c r="W163" s="8"/>
       <c r="X163" s="8"/>
       <c r="Y163" s="8"/>
       <c r="Z163" s="8"/>
       <c r="AA163" s="8"/>
     </row>
-    <row r="164" spans="2:27" x14ac:dyDescent="0.3">
+    <row r="164" spans="1:27" x14ac:dyDescent="0.3">
       <c r="B164" s="8"/>
       <c r="C164" s="8"/>
       <c r="D164" s="8"/>
       <c r="E164" s="8"/>
       <c r="F164" s="8"/>
       <c r="G164" s="8"/>
       <c r="H164" s="8"/>
       <c r="I164" s="8"/>
       <c r="J164" s="8"/>
       <c r="K164" s="8"/>
       <c r="L164" s="8"/>
       <c r="M164" s="8"/>
       <c r="N164" s="8"/>
       <c r="O164" s="8"/>
       <c r="P164" s="8"/>
       <c r="Q164" s="8"/>
       <c r="R164" s="8"/>
       <c r="S164" s="8"/>
       <c r="T164" s="8"/>
       <c r="U164" s="8"/>
       <c r="V164" s="8"/>
       <c r="W164" s="8"/>
       <c r="X164" s="8"/>
       <c r="Y164" s="8"/>
       <c r="Z164" s="8"/>
       <c r="AA164" s="8"/>
     </row>
-    <row r="165" spans="2:27" x14ac:dyDescent="0.3">
+    <row r="165" spans="1:27" x14ac:dyDescent="0.3">
       <c r="B165" s="8"/>
       <c r="C165" s="8"/>
       <c r="D165" s="8"/>
       <c r="E165" s="8"/>
       <c r="F165" s="8"/>
       <c r="G165" s="8"/>
       <c r="H165" s="8"/>
       <c r="I165" s="8"/>
       <c r="J165" s="8"/>
       <c r="K165" s="8"/>
       <c r="L165" s="8"/>
       <c r="M165" s="8"/>
       <c r="N165" s="8"/>
       <c r="O165" s="8"/>
       <c r="P165" s="8"/>
       <c r="Q165" s="8"/>
       <c r="R165" s="8"/>
       <c r="S165" s="8"/>
       <c r="T165" s="8"/>
       <c r="U165" s="8"/>
       <c r="V165" s="8"/>
       <c r="W165" s="8"/>
       <c r="X165" s="8"/>
       <c r="Y165" s="8"/>
       <c r="Z165" s="8"/>
       <c r="AA165" s="8"/>
     </row>
-    <row r="166" spans="2:27" x14ac:dyDescent="0.3">
+    <row r="166" spans="1:27" x14ac:dyDescent="0.3">
       <c r="B166" s="8"/>
       <c r="C166" s="8"/>
       <c r="D166" s="8"/>
       <c r="E166" s="8"/>
       <c r="F166" s="8"/>
       <c r="G166" s="8"/>
       <c r="H166" s="8"/>
       <c r="I166" s="8"/>
       <c r="J166" s="8"/>
       <c r="K166" s="8"/>
       <c r="L166" s="8"/>
       <c r="M166" s="8"/>
       <c r="N166" s="8"/>
       <c r="O166" s="8"/>
       <c r="P166" s="8"/>
       <c r="Q166" s="8"/>
       <c r="R166" s="8"/>
       <c r="S166" s="8"/>
       <c r="T166" s="8"/>
       <c r="U166" s="8"/>
       <c r="V166" s="8"/>
       <c r="W166" s="8"/>
       <c r="X166" s="8"/>
       <c r="Y166" s="8"/>
       <c r="Z166" s="8"/>
       <c r="AA166" s="8"/>
     </row>
-    <row r="167" spans="2:27" x14ac:dyDescent="0.3">
+    <row r="167" spans="1:27" x14ac:dyDescent="0.3">
       <c r="B167" s="8"/>
       <c r="C167" s="8"/>
       <c r="D167" s="8"/>
       <c r="E167" s="8"/>
       <c r="F167" s="8"/>
       <c r="G167" s="8"/>
       <c r="H167" s="8"/>
       <c r="I167" s="8"/>
       <c r="J167" s="8"/>
       <c r="K167" s="8"/>
       <c r="L167" s="8"/>
       <c r="M167" s="8"/>
       <c r="N167" s="8"/>
       <c r="O167" s="8"/>
       <c r="P167" s="8"/>
       <c r="Q167" s="8"/>
       <c r="R167" s="8"/>
       <c r="S167" s="8"/>
       <c r="T167" s="8"/>
       <c r="U167" s="8"/>
       <c r="V167" s="8"/>
       <c r="W167" s="8"/>
       <c r="X167" s="8"/>
       <c r="Y167" s="8"/>
       <c r="Z167" s="8"/>
       <c r="AA167" s="8"/>
     </row>
-    <row r="168" spans="2:27" x14ac:dyDescent="0.3">
+    <row r="168" spans="1:27" x14ac:dyDescent="0.3">
       <c r="B168" s="8"/>
       <c r="C168" s="8"/>
       <c r="D168" s="8"/>
       <c r="E168" s="8"/>
       <c r="F168" s="8"/>
       <c r="G168" s="8"/>
       <c r="H168" s="8"/>
       <c r="I168" s="8"/>
       <c r="J168" s="8"/>
       <c r="K168" s="8"/>
       <c r="L168" s="8"/>
       <c r="M168" s="8"/>
       <c r="N168" s="8"/>
       <c r="O168" s="8"/>
       <c r="P168" s="8"/>
       <c r="Q168" s="8"/>
       <c r="R168" s="8"/>
       <c r="S168" s="8"/>
       <c r="T168" s="8"/>
       <c r="U168" s="8"/>
       <c r="V168" s="8"/>
       <c r="W168" s="8"/>
       <c r="X168" s="8"/>
       <c r="Y168" s="8"/>
       <c r="Z168" s="8"/>
       <c r="AA168" s="8"/>
     </row>
-    <row r="169" spans="2:27" x14ac:dyDescent="0.3">
+    <row r="169" spans="1:27" x14ac:dyDescent="0.3">
       <c r="B169" s="8"/>
       <c r="C169" s="8"/>
       <c r="D169" s="8"/>
       <c r="E169" s="8"/>
       <c r="F169" s="8"/>
       <c r="G169" s="8"/>
       <c r="H169" s="8"/>
       <c r="I169" s="8"/>
       <c r="J169" s="8"/>
       <c r="K169" s="8"/>
       <c r="L169" s="8"/>
       <c r="M169" s="8"/>
       <c r="N169" s="8"/>
       <c r="O169" s="8"/>
       <c r="P169" s="8"/>
       <c r="Q169" s="8"/>
       <c r="R169" s="8"/>
       <c r="S169" s="8"/>
       <c r="T169" s="8"/>
       <c r="U169" s="8"/>
       <c r="V169" s="8"/>
       <c r="W169" s="8"/>
       <c r="X169" s="8"/>
       <c r="Y169" s="8"/>
       <c r="Z169" s="8"/>
       <c r="AA169" s="8"/>
     </row>
-    <row r="170" spans="2:27" x14ac:dyDescent="0.3">
+    <row r="170" spans="1:27" x14ac:dyDescent="0.3">
       <c r="B170" s="8"/>
       <c r="C170" s="8"/>
       <c r="D170" s="8"/>
       <c r="E170" s="8"/>
       <c r="F170" s="8"/>
       <c r="G170" s="8"/>
       <c r="H170" s="8"/>
       <c r="I170" s="8"/>
       <c r="J170" s="8"/>
       <c r="K170" s="8"/>
       <c r="L170" s="8"/>
       <c r="M170" s="8"/>
       <c r="N170" s="8"/>
       <c r="O170" s="8"/>
       <c r="P170" s="8"/>
       <c r="Q170" s="8"/>
       <c r="R170" s="8"/>
       <c r="S170" s="8"/>
       <c r="T170" s="8"/>
       <c r="U170" s="8"/>
       <c r="V170" s="8"/>
       <c r="W170" s="8"/>
       <c r="X170" s="8"/>
       <c r="Y170" s="8"/>
       <c r="Z170" s="8"/>
       <c r="AA170" s="8"/>
     </row>
-    <row r="171" spans="2:27" x14ac:dyDescent="0.3">
+    <row r="171" spans="1:27" x14ac:dyDescent="0.3">
       <c r="B171" s="8"/>
       <c r="C171" s="8"/>
       <c r="D171" s="8"/>
       <c r="E171" s="8"/>
       <c r="F171" s="8"/>
       <c r="G171" s="8"/>
       <c r="H171" s="8"/>
       <c r="I171" s="8"/>
       <c r="J171" s="8"/>
       <c r="K171" s="8"/>
       <c r="L171" s="8"/>
       <c r="M171" s="8"/>
       <c r="N171" s="8"/>
       <c r="O171" s="8"/>
       <c r="P171" s="8"/>
       <c r="Q171" s="8"/>
       <c r="R171" s="8"/>
       <c r="S171" s="8"/>
       <c r="T171" s="8"/>
       <c r="U171" s="8"/>
       <c r="V171" s="8"/>
       <c r="W171" s="8"/>
       <c r="X171" s="8"/>
       <c r="Y171" s="8"/>
       <c r="Z171" s="8"/>
       <c r="AA171" s="8"/>
     </row>
-    <row r="172" spans="2:27" x14ac:dyDescent="0.3">
+    <row r="172" spans="1:27" x14ac:dyDescent="0.3">
       <c r="B172" s="8"/>
       <c r="C172" s="8"/>
       <c r="D172" s="8"/>
       <c r="E172" s="8"/>
       <c r="F172" s="8"/>
       <c r="G172" s="8"/>
       <c r="H172" s="8"/>
       <c r="I172" s="8"/>
       <c r="J172" s="8"/>
       <c r="K172" s="8"/>
       <c r="L172" s="8"/>
       <c r="M172" s="8"/>
       <c r="N172" s="8"/>
       <c r="O172" s="8"/>
       <c r="P172" s="8"/>
       <c r="Q172" s="8"/>
       <c r="R172" s="8"/>
       <c r="S172" s="8"/>
       <c r="T172" s="8"/>
       <c r="U172" s="8"/>
       <c r="V172" s="8"/>
       <c r="W172" s="8"/>
       <c r="X172" s="8"/>
       <c r="Y172" s="8"/>
       <c r="Z172" s="8"/>
       <c r="AA172" s="8"/>
     </row>
-    <row r="173" spans="2:27" x14ac:dyDescent="0.3">
+    <row r="173" spans="1:27" x14ac:dyDescent="0.3">
       <c r="B173" s="8"/>
       <c r="C173" s="8"/>
       <c r="D173" s="8"/>
       <c r="E173" s="8"/>
       <c r="F173" s="8"/>
       <c r="G173" s="8"/>
       <c r="H173" s="8"/>
       <c r="I173" s="8"/>
       <c r="J173" s="8"/>
       <c r="K173" s="8"/>
       <c r="L173" s="8"/>
       <c r="M173" s="8"/>
       <c r="N173" s="8"/>
       <c r="O173" s="8"/>
       <c r="P173" s="8"/>
       <c r="Q173" s="8"/>
       <c r="R173" s="8"/>
       <c r="S173" s="8"/>
       <c r="T173" s="8"/>
       <c r="U173" s="8"/>
       <c r="V173" s="8"/>
       <c r="W173" s="8"/>
       <c r="X173" s="8"/>
       <c r="Y173" s="8"/>
       <c r="Z173" s="8"/>
       <c r="AA173" s="8"/>
     </row>
-    <row r="174" spans="2:27" x14ac:dyDescent="0.3">
+    <row r="174" spans="1:27" x14ac:dyDescent="0.3">
       <c r="B174" s="8"/>
       <c r="C174" s="8"/>
       <c r="D174" s="8"/>
       <c r="E174" s="8"/>
       <c r="F174" s="8"/>
       <c r="G174" s="8"/>
       <c r="H174" s="8"/>
       <c r="I174" s="8"/>
       <c r="J174" s="8"/>
       <c r="K174" s="8"/>
       <c r="L174" s="8"/>
       <c r="M174" s="8"/>
       <c r="N174" s="8"/>
       <c r="O174" s="8"/>
       <c r="P174" s="8"/>
       <c r="Q174" s="8"/>
       <c r="R174" s="8"/>
       <c r="S174" s="8"/>
       <c r="T174" s="8"/>
       <c r="U174" s="8"/>
       <c r="V174" s="8"/>
       <c r="W174" s="8"/>
       <c r="X174" s="8"/>
       <c r="Y174" s="8"/>
       <c r="Z174" s="8"/>
       <c r="AA174" s="8"/>
     </row>
-    <row r="175" spans="2:27" x14ac:dyDescent="0.3">
+    <row r="175" spans="1:27" x14ac:dyDescent="0.3">
       <c r="B175" s="8"/>
       <c r="C175" s="8"/>
       <c r="D175" s="8"/>
       <c r="E175" s="8"/>
       <c r="F175" s="8"/>
       <c r="G175" s="8"/>
       <c r="H175" s="8"/>
       <c r="I175" s="8"/>
       <c r="J175" s="8"/>
       <c r="K175" s="8"/>
       <c r="L175" s="8"/>
       <c r="M175" s="8"/>
       <c r="N175" s="8"/>
       <c r="O175" s="8"/>
       <c r="P175" s="8"/>
       <c r="Q175" s="8"/>
       <c r="R175" s="8"/>
       <c r="S175" s="8"/>
       <c r="T175" s="8"/>
       <c r="U175" s="8"/>
       <c r="V175" s="8"/>
       <c r="W175" s="8"/>
       <c r="X175" s="8"/>
       <c r="Y175" s="8"/>
       <c r="Z175" s="8"/>
       <c r="AA175" s="8"/>
     </row>
-    <row r="176" spans="2:27" x14ac:dyDescent="0.3">
+    <row r="176" spans="1:27" x14ac:dyDescent="0.3">
       <c r="B176" s="8"/>
       <c r="C176" s="8"/>
       <c r="D176" s="8"/>
       <c r="E176" s="8"/>
       <c r="F176" s="8"/>
       <c r="G176" s="8"/>
       <c r="H176" s="8"/>
       <c r="I176" s="8"/>
       <c r="J176" s="8"/>
       <c r="K176" s="8"/>
       <c r="L176" s="8"/>
       <c r="M176" s="8"/>
       <c r="N176" s="8"/>
       <c r="O176" s="8"/>
       <c r="P176" s="8"/>
       <c r="Q176" s="8"/>
       <c r="R176" s="8"/>
       <c r="S176" s="8"/>
       <c r="T176" s="8"/>
       <c r="U176" s="8"/>
       <c r="V176" s="8"/>
       <c r="W176" s="8"/>
       <c r="X176" s="8"/>
       <c r="Y176" s="8"/>
       <c r="Z176" s="8"/>
       <c r="AA176" s="8"/>
     </row>
-    <row r="177" spans="2:2" x14ac:dyDescent="0.3">
+    <row r="177" spans="2:27" x14ac:dyDescent="0.3">
       <c r="B177" s="8"/>
-    </row>
-    <row r="178" spans="2:2" x14ac:dyDescent="0.3">
+      <c r="C177" s="8"/>
+      <c r="D177" s="8"/>
+      <c r="E177" s="8"/>
+      <c r="F177" s="8"/>
+      <c r="G177" s="8"/>
+      <c r="H177" s="8"/>
+      <c r="I177" s="8"/>
+      <c r="J177" s="8"/>
+      <c r="K177" s="8"/>
+      <c r="L177" s="8"/>
+      <c r="M177" s="8"/>
+      <c r="N177" s="8"/>
+      <c r="O177" s="8"/>
+      <c r="P177" s="8"/>
+      <c r="Q177" s="8"/>
+      <c r="R177" s="8"/>
+      <c r="S177" s="8"/>
+      <c r="T177" s="8"/>
+      <c r="U177" s="8"/>
+      <c r="V177" s="8"/>
+      <c r="W177" s="8"/>
+      <c r="X177" s="8"/>
+      <c r="Y177" s="8"/>
+      <c r="Z177" s="8"/>
+      <c r="AA177" s="8"/>
+    </row>
+    <row r="178" spans="2:27" x14ac:dyDescent="0.3">
       <c r="B178" s="8"/>
-    </row>
-    <row r="179" spans="2:2" x14ac:dyDescent="0.3">
+      <c r="C178" s="8"/>
+      <c r="D178" s="8"/>
+      <c r="E178" s="8"/>
+      <c r="F178" s="8"/>
+      <c r="G178" s="8"/>
+      <c r="H178" s="8"/>
+      <c r="I178" s="8"/>
+      <c r="J178" s="8"/>
+      <c r="K178" s="8"/>
+      <c r="L178" s="8"/>
+      <c r="M178" s="8"/>
+      <c r="N178" s="8"/>
+      <c r="O178" s="8"/>
+      <c r="P178" s="8"/>
+      <c r="Q178" s="8"/>
+      <c r="R178" s="8"/>
+      <c r="S178" s="8"/>
+      <c r="T178" s="8"/>
+      <c r="U178" s="8"/>
+      <c r="V178" s="8"/>
+      <c r="W178" s="8"/>
+      <c r="X178" s="8"/>
+      <c r="Y178" s="8"/>
+      <c r="Z178" s="8"/>
+      <c r="AA178" s="8"/>
+    </row>
+    <row r="179" spans="2:27" x14ac:dyDescent="0.3">
       <c r="B179" s="8"/>
-    </row>
-    <row r="180" spans="2:2" x14ac:dyDescent="0.3">
+      <c r="C179" s="8"/>
+      <c r="D179" s="8"/>
+      <c r="E179" s="8"/>
+      <c r="F179" s="8"/>
+      <c r="G179" s="8"/>
+      <c r="H179" s="8"/>
+      <c r="I179" s="8"/>
+      <c r="J179" s="8"/>
+      <c r="K179" s="8"/>
+      <c r="L179" s="8"/>
+      <c r="M179" s="8"/>
+      <c r="N179" s="8"/>
+      <c r="O179" s="8"/>
+      <c r="P179" s="8"/>
+      <c r="Q179" s="8"/>
+      <c r="R179" s="8"/>
+      <c r="S179" s="8"/>
+      <c r="T179" s="8"/>
+      <c r="U179" s="8"/>
+      <c r="V179" s="8"/>
+      <c r="W179" s="8"/>
+      <c r="X179" s="8"/>
+      <c r="Y179" s="8"/>
+      <c r="Z179" s="8"/>
+      <c r="AA179" s="8"/>
+    </row>
+    <row r="180" spans="2:27" x14ac:dyDescent="0.3">
       <c r="B180" s="8"/>
-    </row>
-    <row r="181" spans="2:2" x14ac:dyDescent="0.3">
+      <c r="C180" s="8"/>
+      <c r="D180" s="8"/>
+      <c r="E180" s="8"/>
+      <c r="F180" s="8"/>
+      <c r="G180" s="8"/>
+      <c r="H180" s="8"/>
+      <c r="I180" s="8"/>
+      <c r="J180" s="8"/>
+      <c r="K180" s="8"/>
+      <c r="L180" s="8"/>
+      <c r="M180" s="8"/>
+      <c r="N180" s="8"/>
+      <c r="O180" s="8"/>
+      <c r="P180" s="8"/>
+      <c r="Q180" s="8"/>
+      <c r="R180" s="8"/>
+      <c r="S180" s="8"/>
+      <c r="T180" s="8"/>
+      <c r="U180" s="8"/>
+      <c r="V180" s="8"/>
+      <c r="W180" s="8"/>
+      <c r="X180" s="8"/>
+      <c r="Y180" s="8"/>
+      <c r="Z180" s="8"/>
+      <c r="AA180" s="8"/>
+    </row>
+    <row r="181" spans="2:27" x14ac:dyDescent="0.3">
       <c r="B181" s="8"/>
     </row>
-    <row r="182" spans="2:2" x14ac:dyDescent="0.3">
+    <row r="182" spans="2:27" x14ac:dyDescent="0.3">
       <c r="B182" s="8"/>
     </row>
-    <row r="183" spans="2:2" x14ac:dyDescent="0.3">
+    <row r="183" spans="2:27" x14ac:dyDescent="0.3">
       <c r="B183" s="8"/>
+    </row>
+    <row r="184" spans="2:27" x14ac:dyDescent="0.3">
+      <c r="B184" s="8"/>
+    </row>
+    <row r="185" spans="2:27" x14ac:dyDescent="0.3">
+      <c r="B185" s="8"/>
+    </row>
+    <row r="186" spans="2:27" x14ac:dyDescent="0.3">
+      <c r="B186" s="8"/>
+    </row>
+    <row r="187" spans="2:27" x14ac:dyDescent="0.3">
+      <c r="B187" s="8"/>
     </row>
   </sheetData>
   <mergeCells count="10">
     <mergeCell ref="A5:AA5"/>
     <mergeCell ref="A6:A7"/>
     <mergeCell ref="B6:B7"/>
     <mergeCell ref="C6:AA6"/>
-    <mergeCell ref="A79:AA79"/>
-[...4 lines deleted...]
-    <mergeCell ref="C80:AA80"/>
+    <mergeCell ref="A81:AA81"/>
+    <mergeCell ref="A162:P162"/>
+    <mergeCell ref="A158:P161"/>
+    <mergeCell ref="A82:A83"/>
+    <mergeCell ref="B82:B83"/>
+    <mergeCell ref="C82:AA82"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="4294967293" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Аркуші</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="4" baseType="lpstr">
       <vt:lpstr>Disclaimer</vt:lpstr>
       <vt:lpstr>Part 1. Stock of loans</vt:lpstr>