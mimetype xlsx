--- v0 (2025-10-26)
+++ v1 (2025-12-14)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="d:\UsersNBU\012685\Desktop\Звітність\Серпень 2025\Таблиці на сайт на 01.09.2025\Англ\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="d:\UsersNBU\012685\Desktop\Звітність\Вересень 2025\Таблиці на сайт на 01.10.2025\Англ\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="20736" windowHeight="11160"/>
   </bookViews>
   <sheets>
     <sheet name="overall data" sheetId="2" r:id="rId1"/>
     <sheet name="breakdown by payment systems" sheetId="3" r:id="rId2"/>
   </sheets>
   <calcPr calcId="162913"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="254" uniqueCount="46">
   <si>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="204"/>
       </rPr>
       <t>Total</t>
     </r>
@@ -602,78 +602,78 @@
     </xf>
     <xf numFmtId="164" fontId="2" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="2" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="11" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="12" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="13" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="8" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
@@ -1002,196 +1002,196 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:U76"/>
+  <dimension ref="A1:U77"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane ySplit="4" topLeftCell="A62" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A72" sqref="A72:T72"/>
+      <selection pane="bottomLeft" activeCell="A73" sqref="A73:T73"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="14.5546875" customWidth="1"/>
     <col min="2" max="2" width="12.5546875" customWidth="1"/>
     <col min="3" max="3" width="11.6640625" customWidth="1"/>
     <col min="4" max="4" width="10.88671875" customWidth="1"/>
     <col min="5" max="5" width="11.88671875" customWidth="1"/>
     <col min="6" max="6" width="20.33203125" customWidth="1"/>
     <col min="7" max="7" width="26.109375" customWidth="1"/>
     <col min="8" max="8" width="10.6640625" customWidth="1"/>
     <col min="9" max="9" width="11.33203125" customWidth="1"/>
     <col min="10" max="10" width="11.88671875" customWidth="1"/>
     <col min="11" max="11" width="11.109375" customWidth="1"/>
     <col min="12" max="12" width="10.33203125" customWidth="1"/>
     <col min="13" max="13" width="11.44140625" customWidth="1"/>
     <col min="14" max="16" width="12.5546875" customWidth="1"/>
     <col min="17" max="17" width="10.109375" customWidth="1"/>
     <col min="18" max="18" width="11.88671875" customWidth="1"/>
     <col min="19" max="19" width="11.6640625" customWidth="1"/>
     <col min="20" max="20" width="13.44140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20" ht="13.8" x14ac:dyDescent="0.25">
-      <c r="A1" s="24" t="s">
+      <c r="A1" s="25" t="s">
         <v>21</v>
       </c>
-      <c r="B1" s="25"/>
-[...17 lines deleted...]
-      <c r="T1" s="26"/>
+      <c r="B1" s="26"/>
+      <c r="C1" s="26"/>
+      <c r="D1" s="26"/>
+      <c r="E1" s="26"/>
+      <c r="F1" s="26"/>
+      <c r="G1" s="26"/>
+      <c r="H1" s="26"/>
+      <c r="I1" s="26"/>
+      <c r="J1" s="26"/>
+      <c r="K1" s="26"/>
+      <c r="L1" s="26"/>
+      <c r="M1" s="26"/>
+      <c r="N1" s="26"/>
+      <c r="O1" s="26"/>
+      <c r="P1" s="26"/>
+      <c r="Q1" s="26"/>
+      <c r="R1" s="26"/>
+      <c r="S1" s="26"/>
+      <c r="T1" s="27"/>
     </row>
     <row r="2" spans="1:20" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="30" t="s">
+      <c r="A2" s="31" t="s">
         <v>24</v>
       </c>
-      <c r="B2" s="28" t="s">
+      <c r="B2" s="29" t="s">
         <v>6</v>
       </c>
       <c r="C2" s="38" t="s">
         <v>7</v>
       </c>
       <c r="D2" s="39"/>
       <c r="E2" s="40"/>
       <c r="F2" s="35" t="s">
         <v>38</v>
       </c>
-      <c r="G2" s="30" t="s">
+      <c r="G2" s="31" t="s">
         <v>26</v>
       </c>
-      <c r="H2" s="33" t="s">
+      <c r="H2" s="24" t="s">
         <v>40</v>
       </c>
-      <c r="I2" s="33"/>
-[...2 lines deleted...]
-      <c r="L2" s="33" t="s">
+      <c r="I2" s="24"/>
+      <c r="J2" s="24"/>
+      <c r="K2" s="24"/>
+      <c r="L2" s="24" t="s">
         <v>11</v>
       </c>
-      <c r="M2" s="33"/>
-[...5 lines deleted...]
-      <c r="S2" s="33" t="s">
+      <c r="M2" s="24"/>
+      <c r="N2" s="24"/>
+      <c r="O2" s="24"/>
+      <c r="P2" s="24"/>
+      <c r="Q2" s="24"/>
+      <c r="R2" s="24"/>
+      <c r="S2" s="24" t="s">
         <v>27</v>
       </c>
-      <c r="T2" s="33"/>
+      <c r="T2" s="24"/>
     </row>
     <row r="3" spans="1:20" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="31"/>
+      <c r="A3" s="32"/>
       <c r="B3" s="34"/>
       <c r="C3" s="41"/>
       <c r="D3" s="42"/>
       <c r="E3" s="43"/>
       <c r="F3" s="36"/>
-      <c r="G3" s="31"/>
-      <c r="H3" s="28" t="s">
+      <c r="G3" s="32"/>
+      <c r="H3" s="29" t="s">
         <v>5</v>
       </c>
-      <c r="I3" s="28" t="s">
+      <c r="I3" s="29" t="s">
         <v>8</v>
       </c>
-      <c r="J3" s="28" t="s">
+      <c r="J3" s="29" t="s">
         <v>9</v>
       </c>
-      <c r="K3" s="28" t="s">
+      <c r="K3" s="29" t="s">
         <v>10</v>
       </c>
-      <c r="L3" s="33" t="s">
+      <c r="L3" s="24" t="s">
         <v>0</v>
       </c>
-      <c r="M3" s="24" t="s">
+      <c r="M3" s="25" t="s">
         <v>12</v>
       </c>
-      <c r="N3" s="25"/>
-[...2 lines deleted...]
-      <c r="Q3" s="33" t="s">
+      <c r="N3" s="26"/>
+      <c r="O3" s="26"/>
+      <c r="P3" s="27"/>
+      <c r="Q3" s="24" t="s">
         <v>25</v>
       </c>
-      <c r="R3" s="33"/>
-[...1 lines deleted...]
-      <c r="T3" s="33"/>
+      <c r="R3" s="24"/>
+      <c r="S3" s="24"/>
+      <c r="T3" s="24"/>
     </row>
     <row r="4" spans="1:20" ht="65.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="32"/>
-      <c r="B4" s="29"/>
+      <c r="A4" s="33"/>
+      <c r="B4" s="30"/>
       <c r="C4" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>1</v>
       </c>
       <c r="E4" s="2" t="s">
         <v>2</v>
       </c>
       <c r="F4" s="37"/>
-      <c r="G4" s="32"/>
-[...4 lines deleted...]
-      <c r="L4" s="33"/>
+      <c r="G4" s="33"/>
+      <c r="H4" s="30"/>
+      <c r="I4" s="30"/>
+      <c r="J4" s="30"/>
+      <c r="K4" s="30"/>
+      <c r="L4" s="24"/>
       <c r="M4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="N4" s="2" t="s">
         <v>3</v>
       </c>
       <c r="O4" s="22" t="s">
         <v>45</v>
       </c>
       <c r="P4" s="22" t="s">
         <v>42</v>
       </c>
       <c r="Q4" s="2" t="s">
         <v>15</v>
       </c>
       <c r="R4" s="2" t="s">
         <v>16</v>
       </c>
       <c r="S4" s="2" t="s">
         <v>17</v>
       </c>
       <c r="T4" s="2" t="s">
         <v>4</v>
       </c>
     </row>
@@ -5406,212 +5406,275 @@
         <v>545439</v>
       </c>
       <c r="N72" s="17">
         <v>472599</v>
       </c>
       <c r="O72" s="17">
         <v>55382</v>
       </c>
       <c r="P72" s="17">
         <v>307440</v>
       </c>
       <c r="Q72" s="17">
         <v>39560</v>
       </c>
       <c r="R72" s="17">
         <v>36372</v>
       </c>
       <c r="S72" s="17">
         <v>586635</v>
       </c>
       <c r="T72" s="17">
         <v>88358</v>
       </c>
       <c r="U72" s="20"/>
     </row>
-    <row r="74" spans="1:21" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A74" s="27" t="s">
+    <row r="73" spans="1:21" s="19" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A73" s="16">
+        <v>45931</v>
+      </c>
+      <c r="B73" s="17">
+        <v>57</v>
+      </c>
+      <c r="C73" s="17">
+        <v>75411.25</v>
+      </c>
+      <c r="D73" s="17">
+        <v>1440.8009999999999</v>
+      </c>
+      <c r="E73" s="17">
+        <v>73970.448999999993</v>
+      </c>
+      <c r="F73" s="17">
+        <v>143511.96799999999</v>
+      </c>
+      <c r="G73" s="17">
+        <v>59038.976999999999</v>
+      </c>
+      <c r="H73" s="17">
+        <v>34961</v>
+      </c>
+      <c r="I73" s="17">
+        <v>15620</v>
+      </c>
+      <c r="J73" s="17">
+        <v>2709</v>
+      </c>
+      <c r="K73" s="17">
+        <v>19341</v>
+      </c>
+      <c r="L73" s="17">
+        <v>590756</v>
+      </c>
+      <c r="M73" s="17">
+        <v>548712</v>
+      </c>
+      <c r="N73" s="17">
+        <v>475225</v>
+      </c>
+      <c r="O73" s="17">
+        <v>56607</v>
+      </c>
+      <c r="P73" s="17">
+        <v>309277</v>
+      </c>
+      <c r="Q73" s="17">
+        <v>42044</v>
+      </c>
+      <c r="R73" s="17">
+        <v>38852</v>
+      </c>
+      <c r="S73" s="17">
+        <v>592536</v>
+      </c>
+      <c r="T73" s="17">
+        <v>91014</v>
+      </c>
+      <c r="U73" s="20"/>
+    </row>
+    <row r="75" spans="1:21" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A75" s="28" t="s">
         <v>35</v>
       </c>
-      <c r="B74" s="27"/>
-[...22 lines deleted...]
-      </c>
+      <c r="B75" s="28"/>
+      <c r="C75" s="28"/>
+      <c r="D75" s="28"/>
+      <c r="E75" s="28"/>
+      <c r="F75" s="28"/>
+      <c r="G75" s="28"/>
+      <c r="H75" s="28"/>
+      <c r="I75" s="28"/>
+      <c r="J75" s="28"/>
+      <c r="K75" s="28"/>
+      <c r="L75" s="28"/>
+      <c r="M75" s="28"/>
+      <c r="N75" s="28"/>
+      <c r="O75" s="28"/>
+      <c r="P75" s="28"/>
+      <c r="Q75" s="28"/>
+      <c r="R75" s="28"/>
+      <c r="S75" s="28"/>
+      <c r="T75" s="28"/>
     </row>
     <row r="76" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A76" s="23" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="77" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A77" s="23" t="s">
         <v>43</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="17">
-    <mergeCell ref="H2:K2"/>
-[...3 lines deleted...]
-    <mergeCell ref="G2:G4"/>
     <mergeCell ref="A1:T1"/>
     <mergeCell ref="L2:R2"/>
     <mergeCell ref="B2:B4"/>
     <mergeCell ref="J3:J4"/>
     <mergeCell ref="K3:K4"/>
     <mergeCell ref="F2:F4"/>
     <mergeCell ref="A2:A4"/>
     <mergeCell ref="C2:E3"/>
     <mergeCell ref="L3:L4"/>
     <mergeCell ref="Q3:R3"/>
     <mergeCell ref="S2:T3"/>
     <mergeCell ref="I3:I4"/>
+    <mergeCell ref="H2:K2"/>
+    <mergeCell ref="M3:P3"/>
+    <mergeCell ref="A75:T75"/>
+    <mergeCell ref="H3:H4"/>
+    <mergeCell ref="G2:G4"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="61" orientation="landscape" horizontalDpi="4294967293" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:EQ79"/>
+  <dimension ref="A1:EQ80"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="4" topLeftCell="A56" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="I73" sqref="I73"/>
+      <selection pane="bottomLeft" activeCell="A73" sqref="A73:K73"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="14.5546875" customWidth="1"/>
     <col min="2" max="2" width="11.5546875" customWidth="1"/>
     <col min="3" max="3" width="13.109375" customWidth="1"/>
     <col min="4" max="4" width="10.44140625" customWidth="1"/>
     <col min="5" max="5" width="10.88671875" customWidth="1"/>
     <col min="6" max="6" width="9.5546875" customWidth="1"/>
     <col min="7" max="7" width="15.109375" customWidth="1"/>
     <col min="8" max="8" width="12.5546875" customWidth="1"/>
     <col min="9" max="9" width="11.33203125" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12" customWidth="1"/>
     <col min="11" max="11" width="9.88671875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" ht="13.8" x14ac:dyDescent="0.25">
       <c r="A1" s="45" t="s">
         <v>39</v>
       </c>
       <c r="B1" s="45"/>
       <c r="C1" s="45"/>
       <c r="D1" s="45"/>
       <c r="E1" s="45"/>
       <c r="F1" s="45"/>
       <c r="G1" s="45"/>
       <c r="H1" s="45"/>
       <c r="I1" s="45"/>
       <c r="J1" s="45"/>
       <c r="K1" s="45"/>
     </row>
     <row r="2" spans="1:11" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="30" t="s">
+      <c r="A2" s="31" t="s">
         <v>24</v>
       </c>
       <c r="B2" s="49" t="s">
         <v>38</v>
       </c>
       <c r="C2" s="49"/>
       <c r="D2" s="49"/>
       <c r="E2" s="49"/>
       <c r="F2" s="49"/>
       <c r="G2" s="46" t="s">
         <v>26</v>
       </c>
       <c r="H2" s="47"/>
       <c r="I2" s="47"/>
       <c r="J2" s="47"/>
       <c r="K2" s="48"/>
     </row>
     <row r="3" spans="1:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="31"/>
-      <c r="B3" s="33" t="s">
+      <c r="A3" s="32"/>
+      <c r="B3" s="24" t="s">
         <v>0</v>
       </c>
-      <c r="C3" s="33" t="s">
+      <c r="C3" s="24" t="s">
         <v>20</v>
       </c>
-      <c r="D3" s="33" t="s">
+      <c r="D3" s="24" t="s">
         <v>19</v>
       </c>
-      <c r="E3" s="33" t="s">
+      <c r="E3" s="24" t="s">
         <v>18</v>
       </c>
-      <c r="F3" s="33" t="s">
+      <c r="F3" s="24" t="s">
         <v>23</v>
       </c>
-      <c r="G3" s="28" t="s">
+      <c r="G3" s="29" t="s">
         <v>0</v>
       </c>
-      <c r="H3" s="28" t="s">
+      <c r="H3" s="29" t="s">
         <v>20</v>
       </c>
-      <c r="I3" s="28" t="s">
+      <c r="I3" s="29" t="s">
         <v>19</v>
       </c>
-      <c r="J3" s="28" t="s">
+      <c r="J3" s="29" t="s">
         <v>18</v>
       </c>
-      <c r="K3" s="28" t="s">
+      <c r="K3" s="29" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="4" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="32"/>
-[...9 lines deleted...]
-      <c r="K4" s="29"/>
+      <c r="A4" s="33"/>
+      <c r="B4" s="24"/>
+      <c r="C4" s="24"/>
+      <c r="D4" s="24"/>
+      <c r="E4" s="24"/>
+      <c r="F4" s="24"/>
+      <c r="G4" s="30"/>
+      <c r="H4" s="30"/>
+      <c r="I4" s="30"/>
+      <c r="J4" s="30"/>
+      <c r="K4" s="30"/>
     </row>
     <row r="5" spans="1:11" ht="13.8" x14ac:dyDescent="0.25">
       <c r="A5" s="5">
         <v>43862</v>
       </c>
       <c r="B5" s="6">
         <v>68296.264999999999</v>
       </c>
       <c r="C5" s="7">
         <v>46524.377</v>
       </c>
       <c r="D5" s="7">
         <v>21186.257000000001</v>
       </c>
       <c r="E5" s="7">
         <v>560.07399999999996</v>
       </c>
       <c r="F5" s="7">
         <v>25.556999999999999</v>
       </c>
       <c r="G5" s="7">
         <v>36345.349000000002</v>
       </c>
       <c r="H5" s="7">
         <v>24616.232</v>
@@ -8102,115 +8165,151 @@
         <v>73481.876000000004</v>
       </c>
       <c r="E72" s="18">
         <v>488.71899999999999</v>
       </c>
       <c r="F72" s="18">
         <v>25.844999999999999</v>
       </c>
       <c r="G72" s="18">
         <v>58735.925000000003</v>
       </c>
       <c r="H72" s="18">
         <v>28189.082999999999</v>
       </c>
       <c r="I72" s="18">
         <v>30352.302</v>
       </c>
       <c r="J72" s="18">
         <v>192.274</v>
       </c>
       <c r="K72" s="18">
         <v>2.266</v>
       </c>
       <c r="L72" s="21"/>
     </row>
-    <row r="73" spans="1:12" ht="13.8" x14ac:dyDescent="0.25">
-[...13 lines deleted...]
-      <c r="A74" s="44" t="s">
+    <row r="73" spans="1:12" s="19" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A73" s="16">
+        <v>45931</v>
+      </c>
+      <c r="B73" s="18">
+        <v>143511.96799999999</v>
+      </c>
+      <c r="C73" s="18">
+        <v>68634.861999999994</v>
+      </c>
+      <c r="D73" s="18">
+        <v>74350.513000000006</v>
+      </c>
+      <c r="E73" s="18">
+        <v>502.25</v>
+      </c>
+      <c r="F73" s="18">
+        <v>24.343</v>
+      </c>
+      <c r="G73" s="18">
+        <v>59038.976999999999</v>
+      </c>
+      <c r="H73" s="18">
+        <v>28193.391</v>
+      </c>
+      <c r="I73" s="18">
+        <v>30649.040000000001</v>
+      </c>
+      <c r="J73" s="18">
+        <v>194.27600000000001</v>
+      </c>
+      <c r="K73" s="18">
+        <v>2.27</v>
+      </c>
+      <c r="L73" s="21"/>
+    </row>
+    <row r="74" spans="1:12" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A74" s="11"/>
+      <c r="B74" s="8"/>
+      <c r="C74" s="8"/>
+      <c r="D74" s="8"/>
+      <c r="E74" s="8"/>
+      <c r="F74" s="8"/>
+      <c r="G74" s="8"/>
+      <c r="H74" s="8"/>
+      <c r="I74" s="8"/>
+      <c r="J74" s="8"/>
+      <c r="K74" s="8"/>
+    </row>
+    <row r="75" spans="1:12" s="3" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A75" s="44" t="s">
         <v>37</v>
       </c>
-      <c r="B74" s="44"/>
-[...11 lines deleted...]
-      <c r="A75" s="27" t="s">
+      <c r="B75" s="44"/>
+      <c r="C75" s="44"/>
+      <c r="D75" s="44"/>
+      <c r="E75" s="44"/>
+      <c r="F75" s="44"/>
+      <c r="G75" s="44"/>
+      <c r="H75" s="44"/>
+      <c r="I75" s="44"/>
+      <c r="J75" s="44"/>
+      <c r="K75" s="44"/>
+    </row>
+    <row r="76" spans="1:12" ht="24.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A76" s="28" t="s">
         <v>36</v>
       </c>
-      <c r="B75" s="27"/>
-[...24 lines deleted...]
-      <c r="C79" t="s">
+      <c r="B76" s="28"/>
+      <c r="C76" s="28"/>
+      <c r="D76" s="28"/>
+      <c r="E76" s="28"/>
+      <c r="F76" s="28"/>
+      <c r="G76" s="28"/>
+      <c r="H76" s="28"/>
+      <c r="I76" s="28"/>
+      <c r="J76" s="28"/>
+      <c r="K76" s="28"/>
+    </row>
+    <row r="77" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A77" s="4"/>
+      <c r="B77" s="4"/>
+      <c r="C77" s="4"/>
+      <c r="D77" s="4"/>
+      <c r="E77" s="4"/>
+      <c r="F77" s="4"/>
+      <c r="G77" s="4"/>
+      <c r="H77" s="4"/>
+      <c r="I77" s="4"/>
+      <c r="J77" s="4"/>
+      <c r="K77" s="4"/>
+    </row>
+    <row r="80" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="C80" t="s">
         <v>22</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="16">
+    <mergeCell ref="A76:K76"/>
     <mergeCell ref="A75:K75"/>
-    <mergeCell ref="A74:K74"/>
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:A4"/>
     <mergeCell ref="D3:D4"/>
     <mergeCell ref="E3:E4"/>
     <mergeCell ref="F3:F4"/>
     <mergeCell ref="G2:K2"/>
     <mergeCell ref="G3:G4"/>
     <mergeCell ref="H3:H4"/>
     <mergeCell ref="I3:I4"/>
     <mergeCell ref="B2:F2"/>
     <mergeCell ref="B3:B4"/>
     <mergeCell ref="C3:C4"/>
     <mergeCell ref="J3:J4"/>
     <mergeCell ref="K3:K4"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="67" orientation="portrait" horizontalDpi="4294967293" r:id="rId1"/>
   <colBreaks count="1" manualBreakCount="1">
     <brk id="11" max="1048575" man="1"/>
   </colBreaks>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">