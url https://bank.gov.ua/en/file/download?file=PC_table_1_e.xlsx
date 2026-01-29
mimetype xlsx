--- v1 (2025-12-14)
+++ v2 (2026-01-29)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="d:\UsersNBU\012685\Desktop\Звітність\Вересень 2025\Таблиці на сайт на 01.10.2025\Англ\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="d:\UsersNBU\012685\Desktop\Звітність\Листопад 2025\Таблиці на сайт на 01.12.2025\Англ\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="20736" windowHeight="11160"/>
   </bookViews>
   <sheets>
     <sheet name="overall data" sheetId="2" r:id="rId1"/>
     <sheet name="breakdown by payment systems" sheetId="3" r:id="rId2"/>
   </sheets>
   <calcPr calcId="162913"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="254" uniqueCount="46">
   <si>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="204"/>
       </rPr>
       <t>Total</t>
     </r>
@@ -602,78 +602,78 @@
     </xf>
     <xf numFmtId="164" fontId="2" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="2" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...10 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="11" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="12" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="13" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="8" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
@@ -1002,196 +1002,196 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:U77"/>
+  <dimension ref="A1:U79"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane ySplit="4" topLeftCell="A62" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A73" sqref="A73:T73"/>
+      <selection pane="bottomLeft" activeCell="A75" sqref="A75:T75"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="14.5546875" customWidth="1"/>
     <col min="2" max="2" width="12.5546875" customWidth="1"/>
     <col min="3" max="3" width="11.6640625" customWidth="1"/>
     <col min="4" max="4" width="10.88671875" customWidth="1"/>
     <col min="5" max="5" width="11.88671875" customWidth="1"/>
     <col min="6" max="6" width="20.33203125" customWidth="1"/>
     <col min="7" max="7" width="26.109375" customWidth="1"/>
     <col min="8" max="8" width="10.6640625" customWidth="1"/>
     <col min="9" max="9" width="11.33203125" customWidth="1"/>
     <col min="10" max="10" width="11.88671875" customWidth="1"/>
     <col min="11" max="11" width="11.109375" customWidth="1"/>
     <col min="12" max="12" width="10.33203125" customWidth="1"/>
     <col min="13" max="13" width="11.44140625" customWidth="1"/>
     <col min="14" max="16" width="12.5546875" customWidth="1"/>
     <col min="17" max="17" width="10.109375" customWidth="1"/>
     <col min="18" max="18" width="11.88671875" customWidth="1"/>
     <col min="19" max="19" width="11.6640625" customWidth="1"/>
     <col min="20" max="20" width="13.44140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20" ht="13.8" x14ac:dyDescent="0.25">
-      <c r="A1" s="25" t="s">
+      <c r="A1" s="30" t="s">
         <v>21</v>
       </c>
-      <c r="B1" s="26"/>
-[...17 lines deleted...]
-      <c r="T1" s="27"/>
+      <c r="B1" s="31"/>
+      <c r="C1" s="31"/>
+      <c r="D1" s="31"/>
+      <c r="E1" s="31"/>
+      <c r="F1" s="31"/>
+      <c r="G1" s="31"/>
+      <c r="H1" s="31"/>
+      <c r="I1" s="31"/>
+      <c r="J1" s="31"/>
+      <c r="K1" s="31"/>
+      <c r="L1" s="31"/>
+      <c r="M1" s="31"/>
+      <c r="N1" s="31"/>
+      <c r="O1" s="31"/>
+      <c r="P1" s="31"/>
+      <c r="Q1" s="31"/>
+      <c r="R1" s="31"/>
+      <c r="S1" s="31"/>
+      <c r="T1" s="32"/>
     </row>
     <row r="2" spans="1:20" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="31" t="s">
+      <c r="A2" s="27" t="s">
         <v>24</v>
       </c>
-      <c r="B2" s="29" t="s">
+      <c r="B2" s="25" t="s">
         <v>6</v>
       </c>
       <c r="C2" s="38" t="s">
         <v>7</v>
       </c>
       <c r="D2" s="39"/>
       <c r="E2" s="40"/>
       <c r="F2" s="35" t="s">
         <v>38</v>
       </c>
-      <c r="G2" s="31" t="s">
+      <c r="G2" s="27" t="s">
         <v>26</v>
       </c>
-      <c r="H2" s="24" t="s">
+      <c r="H2" s="33" t="s">
         <v>40</v>
       </c>
-      <c r="I2" s="24"/>
-[...2 lines deleted...]
-      <c r="L2" s="24" t="s">
+      <c r="I2" s="33"/>
+      <c r="J2" s="33"/>
+      <c r="K2" s="33"/>
+      <c r="L2" s="33" t="s">
         <v>11</v>
       </c>
-      <c r="M2" s="24"/>
-[...5 lines deleted...]
-      <c r="S2" s="24" t="s">
+      <c r="M2" s="33"/>
+      <c r="N2" s="33"/>
+      <c r="O2" s="33"/>
+      <c r="P2" s="33"/>
+      <c r="Q2" s="33"/>
+      <c r="R2" s="33"/>
+      <c r="S2" s="33" t="s">
         <v>27</v>
       </c>
-      <c r="T2" s="24"/>
+      <c r="T2" s="33"/>
     </row>
     <row r="3" spans="1:20" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="32"/>
+      <c r="A3" s="28"/>
       <c r="B3" s="34"/>
       <c r="C3" s="41"/>
       <c r="D3" s="42"/>
       <c r="E3" s="43"/>
       <c r="F3" s="36"/>
-      <c r="G3" s="32"/>
-      <c r="H3" s="29" t="s">
+      <c r="G3" s="28"/>
+      <c r="H3" s="25" t="s">
         <v>5</v>
       </c>
-      <c r="I3" s="29" t="s">
+      <c r="I3" s="25" t="s">
         <v>8</v>
       </c>
-      <c r="J3" s="29" t="s">
+      <c r="J3" s="25" t="s">
         <v>9</v>
       </c>
-      <c r="K3" s="29" t="s">
+      <c r="K3" s="25" t="s">
         <v>10</v>
       </c>
-      <c r="L3" s="24" t="s">
+      <c r="L3" s="33" t="s">
         <v>0</v>
       </c>
-      <c r="M3" s="25" t="s">
+      <c r="M3" s="30" t="s">
         <v>12</v>
       </c>
-      <c r="N3" s="26"/>
-[...2 lines deleted...]
-      <c r="Q3" s="24" t="s">
+      <c r="N3" s="31"/>
+      <c r="O3" s="31"/>
+      <c r="P3" s="32"/>
+      <c r="Q3" s="33" t="s">
         <v>25</v>
       </c>
-      <c r="R3" s="24"/>
-[...1 lines deleted...]
-      <c r="T3" s="24"/>
+      <c r="R3" s="33"/>
+      <c r="S3" s="33"/>
+      <c r="T3" s="33"/>
     </row>
     <row r="4" spans="1:20" ht="65.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="33"/>
-      <c r="B4" s="30"/>
+      <c r="A4" s="29"/>
+      <c r="B4" s="26"/>
       <c r="C4" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>1</v>
       </c>
       <c r="E4" s="2" t="s">
         <v>2</v>
       </c>
       <c r="F4" s="37"/>
-      <c r="G4" s="33"/>
-[...4 lines deleted...]
-      <c r="L4" s="24"/>
+      <c r="G4" s="29"/>
+      <c r="H4" s="26"/>
+      <c r="I4" s="26"/>
+      <c r="J4" s="26"/>
+      <c r="K4" s="26"/>
+      <c r="L4" s="33"/>
       <c r="M4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="N4" s="2" t="s">
         <v>3</v>
       </c>
       <c r="O4" s="22" t="s">
         <v>45</v>
       </c>
       <c r="P4" s="22" t="s">
         <v>42</v>
       </c>
       <c r="Q4" s="2" t="s">
         <v>15</v>
       </c>
       <c r="R4" s="2" t="s">
         <v>16</v>
       </c>
       <c r="S4" s="2" t="s">
         <v>17</v>
       </c>
       <c r="T4" s="2" t="s">
         <v>4</v>
       </c>
     </row>
@@ -5469,212 +5469,338 @@
         <v>548712</v>
       </c>
       <c r="N73" s="17">
         <v>475225</v>
       </c>
       <c r="O73" s="17">
         <v>56607</v>
       </c>
       <c r="P73" s="17">
         <v>309277</v>
       </c>
       <c r="Q73" s="17">
         <v>42044</v>
       </c>
       <c r="R73" s="17">
         <v>38852</v>
       </c>
       <c r="S73" s="17">
         <v>592536</v>
       </c>
       <c r="T73" s="17">
         <v>91014</v>
       </c>
       <c r="U73" s="20"/>
     </row>
-    <row r="75" spans="1:21" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A75" s="28" t="s">
+    <row r="74" spans="1:21" s="19" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A74" s="16">
+        <v>45962</v>
+      </c>
+      <c r="B74" s="17">
+        <v>57</v>
+      </c>
+      <c r="C74" s="17">
+        <v>74724.964999999997</v>
+      </c>
+      <c r="D74" s="17">
+        <v>1440.64</v>
+      </c>
+      <c r="E74" s="17">
+        <v>73284.324999999997</v>
+      </c>
+      <c r="F74" s="17">
+        <v>142732.342</v>
+      </c>
+      <c r="G74" s="17">
+        <v>58853.659</v>
+      </c>
+      <c r="H74" s="17">
+        <v>36316</v>
+      </c>
+      <c r="I74" s="17">
+        <v>15655</v>
+      </c>
+      <c r="J74" s="17">
+        <v>2708</v>
+      </c>
+      <c r="K74" s="17">
+        <v>20661</v>
+      </c>
+      <c r="L74" s="17">
+        <v>592690</v>
+      </c>
+      <c r="M74" s="17">
+        <v>547677</v>
+      </c>
+      <c r="N74" s="17">
+        <v>474071</v>
+      </c>
+      <c r="O74" s="17">
+        <v>57623</v>
+      </c>
+      <c r="P74" s="17">
+        <v>309291</v>
+      </c>
+      <c r="Q74" s="17">
+        <v>45013</v>
+      </c>
+      <c r="R74" s="17">
+        <v>41836</v>
+      </c>
+      <c r="S74" s="17">
+        <v>593493</v>
+      </c>
+      <c r="T74" s="17">
+        <v>86726</v>
+      </c>
+      <c r="U74" s="20"/>
+    </row>
+    <row r="75" spans="1:21" s="19" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A75" s="16">
+        <v>45992</v>
+      </c>
+      <c r="B75" s="17">
+        <v>57</v>
+      </c>
+      <c r="C75" s="17">
+        <v>75618.930999999997</v>
+      </c>
+      <c r="D75" s="17">
+        <v>1438.396</v>
+      </c>
+      <c r="E75" s="17">
+        <v>74180.535000000003</v>
+      </c>
+      <c r="F75" s="17">
+        <v>147042.81899999999</v>
+      </c>
+      <c r="G75" s="17">
+        <v>59837.745999999999</v>
+      </c>
+      <c r="H75" s="17">
+        <v>36790</v>
+      </c>
+      <c r="I75" s="17">
+        <v>15686</v>
+      </c>
+      <c r="J75" s="17">
+        <v>2710</v>
+      </c>
+      <c r="K75" s="17">
+        <v>21104</v>
+      </c>
+      <c r="L75" s="17">
+        <v>597034</v>
+      </c>
+      <c r="M75" s="17">
+        <v>551239</v>
+      </c>
+      <c r="N75" s="17">
+        <v>473544</v>
+      </c>
+      <c r="O75" s="17">
+        <v>59369</v>
+      </c>
+      <c r="P75" s="17">
+        <v>310441</v>
+      </c>
+      <c r="Q75" s="17">
+        <v>45795</v>
+      </c>
+      <c r="R75" s="17">
+        <v>42627</v>
+      </c>
+      <c r="S75" s="17">
+        <v>602997</v>
+      </c>
+      <c r="T75" s="17">
+        <v>89393</v>
+      </c>
+      <c r="U75" s="20"/>
+    </row>
+    <row r="77" spans="1:21" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A77" s="24" t="s">
         <v>35</v>
       </c>
-      <c r="B75" s="28"/>
-[...20 lines deleted...]
-      <c r="A76" s="23" t="s">
+      <c r="B77" s="24"/>
+      <c r="C77" s="24"/>
+      <c r="D77" s="24"/>
+      <c r="E77" s="24"/>
+      <c r="F77" s="24"/>
+      <c r="G77" s="24"/>
+      <c r="H77" s="24"/>
+      <c r="I77" s="24"/>
+      <c r="J77" s="24"/>
+      <c r="K77" s="24"/>
+      <c r="L77" s="24"/>
+      <c r="M77" s="24"/>
+      <c r="N77" s="24"/>
+      <c r="O77" s="24"/>
+      <c r="P77" s="24"/>
+      <c r="Q77" s="24"/>
+      <c r="R77" s="24"/>
+      <c r="S77" s="24"/>
+      <c r="T77" s="24"/>
+    </row>
+    <row r="78" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A78" s="23" t="s">
         <v>44</v>
       </c>
     </row>
-    <row r="77" spans="1:21" x14ac:dyDescent="0.25">
-      <c r="A77" s="23" t="s">
+    <row r="79" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A79" s="23" t="s">
         <v>43</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="17">
+    <mergeCell ref="M3:P3"/>
+    <mergeCell ref="A77:T77"/>
+    <mergeCell ref="H3:H4"/>
+    <mergeCell ref="G2:G4"/>
     <mergeCell ref="A1:T1"/>
     <mergeCell ref="L2:R2"/>
     <mergeCell ref="B2:B4"/>
     <mergeCell ref="J3:J4"/>
     <mergeCell ref="K3:K4"/>
     <mergeCell ref="F2:F4"/>
     <mergeCell ref="A2:A4"/>
     <mergeCell ref="C2:E3"/>
     <mergeCell ref="L3:L4"/>
     <mergeCell ref="Q3:R3"/>
     <mergeCell ref="S2:T3"/>
     <mergeCell ref="I3:I4"/>
     <mergeCell ref="H2:K2"/>
-    <mergeCell ref="M3:P3"/>
-[...2 lines deleted...]
-    <mergeCell ref="G2:G4"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="61" orientation="landscape" horizontalDpi="4294967293" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:EQ80"/>
+  <dimension ref="A1:EQ82"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <pane ySplit="4" topLeftCell="A56" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A73" sqref="A73:K73"/>
+      <pane ySplit="4" topLeftCell="A65" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="A75" sqref="A75:K75"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="14.5546875" customWidth="1"/>
     <col min="2" max="2" width="11.5546875" customWidth="1"/>
     <col min="3" max="3" width="13.109375" customWidth="1"/>
     <col min="4" max="4" width="10.44140625" customWidth="1"/>
     <col min="5" max="5" width="10.88671875" customWidth="1"/>
     <col min="6" max="6" width="9.5546875" customWidth="1"/>
     <col min="7" max="7" width="15.109375" customWidth="1"/>
     <col min="8" max="8" width="12.5546875" customWidth="1"/>
     <col min="9" max="9" width="11.33203125" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12" customWidth="1"/>
     <col min="11" max="11" width="9.88671875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" ht="13.8" x14ac:dyDescent="0.25">
       <c r="A1" s="45" t="s">
         <v>39</v>
       </c>
       <c r="B1" s="45"/>
       <c r="C1" s="45"/>
       <c r="D1" s="45"/>
       <c r="E1" s="45"/>
       <c r="F1" s="45"/>
       <c r="G1" s="45"/>
       <c r="H1" s="45"/>
       <c r="I1" s="45"/>
       <c r="J1" s="45"/>
       <c r="K1" s="45"/>
     </row>
     <row r="2" spans="1:11" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="31" t="s">
+      <c r="A2" s="27" t="s">
         <v>24</v>
       </c>
       <c r="B2" s="49" t="s">
         <v>38</v>
       </c>
       <c r="C2" s="49"/>
       <c r="D2" s="49"/>
       <c r="E2" s="49"/>
       <c r="F2" s="49"/>
       <c r="G2" s="46" t="s">
         <v>26</v>
       </c>
       <c r="H2" s="47"/>
       <c r="I2" s="47"/>
       <c r="J2" s="47"/>
       <c r="K2" s="48"/>
     </row>
     <row r="3" spans="1:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="32"/>
-      <c r="B3" s="24" t="s">
+      <c r="A3" s="28"/>
+      <c r="B3" s="33" t="s">
         <v>0</v>
       </c>
-      <c r="C3" s="24" t="s">
+      <c r="C3" s="33" t="s">
         <v>20</v>
       </c>
-      <c r="D3" s="24" t="s">
+      <c r="D3" s="33" t="s">
         <v>19</v>
       </c>
-      <c r="E3" s="24" t="s">
+      <c r="E3" s="33" t="s">
         <v>18</v>
       </c>
-      <c r="F3" s="24" t="s">
+      <c r="F3" s="33" t="s">
         <v>23</v>
       </c>
-      <c r="G3" s="29" t="s">
+      <c r="G3" s="25" t="s">
         <v>0</v>
       </c>
-      <c r="H3" s="29" t="s">
+      <c r="H3" s="25" t="s">
         <v>20</v>
       </c>
-      <c r="I3" s="29" t="s">
+      <c r="I3" s="25" t="s">
         <v>19</v>
       </c>
-      <c r="J3" s="29" t="s">
+      <c r="J3" s="25" t="s">
         <v>18</v>
       </c>
-      <c r="K3" s="29" t="s">
+      <c r="K3" s="25" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="4" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="33"/>
-[...9 lines deleted...]
-      <c r="K4" s="30"/>
+      <c r="A4" s="29"/>
+      <c r="B4" s="33"/>
+      <c r="C4" s="33"/>
+      <c r="D4" s="33"/>
+      <c r="E4" s="33"/>
+      <c r="F4" s="33"/>
+      <c r="G4" s="26"/>
+      <c r="H4" s="26"/>
+      <c r="I4" s="26"/>
+      <c r="J4" s="26"/>
+      <c r="K4" s="26"/>
     </row>
     <row r="5" spans="1:11" ht="13.8" x14ac:dyDescent="0.25">
       <c r="A5" s="5">
         <v>43862</v>
       </c>
       <c r="B5" s="6">
         <v>68296.264999999999</v>
       </c>
       <c r="C5" s="7">
         <v>46524.377</v>
       </c>
       <c r="D5" s="7">
         <v>21186.257000000001</v>
       </c>
       <c r="E5" s="7">
         <v>560.07399999999996</v>
       </c>
       <c r="F5" s="7">
         <v>25.556999999999999</v>
       </c>
       <c r="G5" s="7">
         <v>36345.349000000002</v>
       </c>
       <c r="H5" s="7">
         <v>24616.232</v>
@@ -8201,115 +8327,187 @@
         <v>74350.513000000006</v>
       </c>
       <c r="E73" s="18">
         <v>502.25</v>
       </c>
       <c r="F73" s="18">
         <v>24.343</v>
       </c>
       <c r="G73" s="18">
         <v>59038.976999999999</v>
       </c>
       <c r="H73" s="18">
         <v>28193.391</v>
       </c>
       <c r="I73" s="18">
         <v>30649.040000000001</v>
       </c>
       <c r="J73" s="18">
         <v>194.27600000000001</v>
       </c>
       <c r="K73" s="18">
         <v>2.27</v>
       </c>
       <c r="L73" s="21"/>
     </row>
-    <row r="74" spans="1:12" ht="13.8" x14ac:dyDescent="0.25">
-[...13 lines deleted...]
-      <c r="A75" s="44" t="s">
+    <row r="74" spans="1:12" s="19" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A74" s="16">
+        <v>45962</v>
+      </c>
+      <c r="B74" s="18">
+        <v>142732.342</v>
+      </c>
+      <c r="C74" s="18">
+        <v>66611.851999999999</v>
+      </c>
+      <c r="D74" s="18">
+        <v>75588.486000000004</v>
+      </c>
+      <c r="E74" s="18">
+        <v>507.86599999999999</v>
+      </c>
+      <c r="F74" s="18">
+        <v>24.138000000000002</v>
+      </c>
+      <c r="G74" s="18">
+        <v>58853.659</v>
+      </c>
+      <c r="H74" s="18">
+        <v>27516.241000000002</v>
+      </c>
+      <c r="I74" s="18">
+        <v>31132.642</v>
+      </c>
+      <c r="J74" s="18">
+        <v>202.52</v>
+      </c>
+      <c r="K74" s="18">
+        <v>2.2559999999999998</v>
+      </c>
+      <c r="L74" s="21"/>
+    </row>
+    <row r="75" spans="1:12" s="19" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A75" s="16">
+        <v>45992</v>
+      </c>
+      <c r="B75" s="18">
+        <v>147042.81899999999</v>
+      </c>
+      <c r="C75" s="18">
+        <v>68322.323000000004</v>
+      </c>
+      <c r="D75" s="18">
+        <v>78184.732999999993</v>
+      </c>
+      <c r="E75" s="18">
+        <v>511.49099999999999</v>
+      </c>
+      <c r="F75" s="18">
+        <v>24.271999999999998</v>
+      </c>
+      <c r="G75" s="18">
+        <v>59837.745999999999</v>
+      </c>
+      <c r="H75" s="18">
+        <v>28071.234</v>
+      </c>
+      <c r="I75" s="18">
+        <v>31554.065999999999</v>
+      </c>
+      <c r="J75" s="18">
+        <v>210.15199999999999</v>
+      </c>
+      <c r="K75" s="18">
+        <v>2.294</v>
+      </c>
+      <c r="L75" s="21"/>
+    </row>
+    <row r="76" spans="1:12" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A76" s="11"/>
+      <c r="B76" s="8"/>
+      <c r="C76" s="8"/>
+      <c r="D76" s="8"/>
+      <c r="E76" s="8"/>
+      <c r="F76" s="8"/>
+      <c r="G76" s="8"/>
+      <c r="H76" s="8"/>
+      <c r="I76" s="8"/>
+      <c r="J76" s="8"/>
+      <c r="K76" s="8"/>
+    </row>
+    <row r="77" spans="1:12" s="3" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A77" s="44" t="s">
         <v>37</v>
       </c>
-      <c r="B75" s="44"/>
-[...11 lines deleted...]
-      <c r="A76" s="28" t="s">
+      <c r="B77" s="44"/>
+      <c r="C77" s="44"/>
+      <c r="D77" s="44"/>
+      <c r="E77" s="44"/>
+      <c r="F77" s="44"/>
+      <c r="G77" s="44"/>
+      <c r="H77" s="44"/>
+      <c r="I77" s="44"/>
+      <c r="J77" s="44"/>
+      <c r="K77" s="44"/>
+    </row>
+    <row r="78" spans="1:12" ht="24.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A78" s="24" t="s">
         <v>36</v>
       </c>
-      <c r="B76" s="28"/>
-[...24 lines deleted...]
-      <c r="C80" t="s">
+      <c r="B78" s="24"/>
+      <c r="C78" s="24"/>
+      <c r="D78" s="24"/>
+      <c r="E78" s="24"/>
+      <c r="F78" s="24"/>
+      <c r="G78" s="24"/>
+      <c r="H78" s="24"/>
+      <c r="I78" s="24"/>
+      <c r="J78" s="24"/>
+      <c r="K78" s="24"/>
+    </row>
+    <row r="79" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A79" s="4"/>
+      <c r="B79" s="4"/>
+      <c r="C79" s="4"/>
+      <c r="D79" s="4"/>
+      <c r="E79" s="4"/>
+      <c r="F79" s="4"/>
+      <c r="G79" s="4"/>
+      <c r="H79" s="4"/>
+      <c r="I79" s="4"/>
+      <c r="J79" s="4"/>
+      <c r="K79" s="4"/>
+    </row>
+    <row r="82" spans="3:3" x14ac:dyDescent="0.25">
+      <c r="C82" t="s">
         <v>22</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="16">
-    <mergeCell ref="A76:K76"/>
-    <mergeCell ref="A75:K75"/>
+    <mergeCell ref="A78:K78"/>
+    <mergeCell ref="A77:K77"/>
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:A4"/>
     <mergeCell ref="D3:D4"/>
     <mergeCell ref="E3:E4"/>
     <mergeCell ref="F3:F4"/>
     <mergeCell ref="G2:K2"/>
     <mergeCell ref="G3:G4"/>
     <mergeCell ref="H3:H4"/>
     <mergeCell ref="I3:I4"/>
     <mergeCell ref="B2:F2"/>
     <mergeCell ref="B3:B4"/>
     <mergeCell ref="C3:C4"/>
     <mergeCell ref="J3:J4"/>
     <mergeCell ref="K3:K4"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="67" orientation="portrait" horizontalDpi="4294967293" r:id="rId1"/>
   <colBreaks count="1" manualBreakCount="1">
     <brk id="11" max="1048575" man="1"/>
   </colBreaks>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">