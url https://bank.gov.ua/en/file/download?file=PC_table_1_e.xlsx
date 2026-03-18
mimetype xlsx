--- v2 (2026-01-29)
+++ v3 (2026-03-18)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="d:\UsersNBU\012685\Desktop\Звітність\Листопад 2025\Таблиці на сайт на 01.12.2025\Англ\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="d:\UsersNBU\012685\Desktop\Звітність\Січень 2026\Таблиці на сайт на 01.02.2026\Англ\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="20736" windowHeight="11160"/>
   </bookViews>
   <sheets>
     <sheet name="overall data" sheetId="2" r:id="rId1"/>
     <sheet name="breakdown by payment systems" sheetId="3" r:id="rId2"/>
   </sheets>
   <calcPr calcId="162913"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="254" uniqueCount="46">
   <si>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="204"/>
       </rPr>
       <t>Total</t>
     </r>
@@ -602,78 +602,78 @@
     </xf>
     <xf numFmtId="164" fontId="2" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="2" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="11" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="12" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="13" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
-[...10 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="8" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
@@ -1002,196 +1002,196 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:U79"/>
+  <dimension ref="A1:U81"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane ySplit="4" topLeftCell="A62" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A75" sqref="A75:T75"/>
+      <selection pane="bottomLeft" activeCell="A77" sqref="A77:T77"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="14.5546875" customWidth="1"/>
     <col min="2" max="2" width="12.5546875" customWidth="1"/>
     <col min="3" max="3" width="11.6640625" customWidth="1"/>
     <col min="4" max="4" width="10.88671875" customWidth="1"/>
     <col min="5" max="5" width="11.88671875" customWidth="1"/>
     <col min="6" max="6" width="20.33203125" customWidth="1"/>
     <col min="7" max="7" width="26.109375" customWidth="1"/>
     <col min="8" max="8" width="10.6640625" customWidth="1"/>
     <col min="9" max="9" width="11.33203125" customWidth="1"/>
     <col min="10" max="10" width="11.88671875" customWidth="1"/>
     <col min="11" max="11" width="11.109375" customWidth="1"/>
     <col min="12" max="12" width="10.33203125" customWidth="1"/>
     <col min="13" max="13" width="11.44140625" customWidth="1"/>
     <col min="14" max="16" width="12.5546875" customWidth="1"/>
     <col min="17" max="17" width="10.109375" customWidth="1"/>
     <col min="18" max="18" width="11.88671875" customWidth="1"/>
     <col min="19" max="19" width="11.6640625" customWidth="1"/>
     <col min="20" max="20" width="13.44140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20" ht="13.8" x14ac:dyDescent="0.25">
-      <c r="A1" s="30" t="s">
+      <c r="A1" s="25" t="s">
         <v>21</v>
       </c>
-      <c r="B1" s="31"/>
-[...17 lines deleted...]
-      <c r="T1" s="32"/>
+      <c r="B1" s="26"/>
+      <c r="C1" s="26"/>
+      <c r="D1" s="26"/>
+      <c r="E1" s="26"/>
+      <c r="F1" s="26"/>
+      <c r="G1" s="26"/>
+      <c r="H1" s="26"/>
+      <c r="I1" s="26"/>
+      <c r="J1" s="26"/>
+      <c r="K1" s="26"/>
+      <c r="L1" s="26"/>
+      <c r="M1" s="26"/>
+      <c r="N1" s="26"/>
+      <c r="O1" s="26"/>
+      <c r="P1" s="26"/>
+      <c r="Q1" s="26"/>
+      <c r="R1" s="26"/>
+      <c r="S1" s="26"/>
+      <c r="T1" s="27"/>
     </row>
     <row r="2" spans="1:20" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="27" t="s">
+      <c r="A2" s="31" t="s">
         <v>24</v>
       </c>
-      <c r="B2" s="25" t="s">
+      <c r="B2" s="29" t="s">
         <v>6</v>
       </c>
       <c r="C2" s="38" t="s">
         <v>7</v>
       </c>
       <c r="D2" s="39"/>
       <c r="E2" s="40"/>
       <c r="F2" s="35" t="s">
         <v>38</v>
       </c>
-      <c r="G2" s="27" t="s">
+      <c r="G2" s="31" t="s">
         <v>26</v>
       </c>
-      <c r="H2" s="33" t="s">
+      <c r="H2" s="24" t="s">
         <v>40</v>
       </c>
-      <c r="I2" s="33"/>
-[...2 lines deleted...]
-      <c r="L2" s="33" t="s">
+      <c r="I2" s="24"/>
+      <c r="J2" s="24"/>
+      <c r="K2" s="24"/>
+      <c r="L2" s="24" t="s">
         <v>11</v>
       </c>
-      <c r="M2" s="33"/>
-[...5 lines deleted...]
-      <c r="S2" s="33" t="s">
+      <c r="M2" s="24"/>
+      <c r="N2" s="24"/>
+      <c r="O2" s="24"/>
+      <c r="P2" s="24"/>
+      <c r="Q2" s="24"/>
+      <c r="R2" s="24"/>
+      <c r="S2" s="24" t="s">
         <v>27</v>
       </c>
-      <c r="T2" s="33"/>
+      <c r="T2" s="24"/>
     </row>
     <row r="3" spans="1:20" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="28"/>
+      <c r="A3" s="32"/>
       <c r="B3" s="34"/>
       <c r="C3" s="41"/>
       <c r="D3" s="42"/>
       <c r="E3" s="43"/>
       <c r="F3" s="36"/>
-      <c r="G3" s="28"/>
-      <c r="H3" s="25" t="s">
+      <c r="G3" s="32"/>
+      <c r="H3" s="29" t="s">
         <v>5</v>
       </c>
-      <c r="I3" s="25" t="s">
+      <c r="I3" s="29" t="s">
         <v>8</v>
       </c>
-      <c r="J3" s="25" t="s">
+      <c r="J3" s="29" t="s">
         <v>9</v>
       </c>
-      <c r="K3" s="25" t="s">
+      <c r="K3" s="29" t="s">
         <v>10</v>
       </c>
-      <c r="L3" s="33" t="s">
+      <c r="L3" s="24" t="s">
         <v>0</v>
       </c>
-      <c r="M3" s="30" t="s">
+      <c r="M3" s="25" t="s">
         <v>12</v>
       </c>
-      <c r="N3" s="31"/>
-[...2 lines deleted...]
-      <c r="Q3" s="33" t="s">
+      <c r="N3" s="26"/>
+      <c r="O3" s="26"/>
+      <c r="P3" s="27"/>
+      <c r="Q3" s="24" t="s">
         <v>25</v>
       </c>
-      <c r="R3" s="33"/>
-[...1 lines deleted...]
-      <c r="T3" s="33"/>
+      <c r="R3" s="24"/>
+      <c r="S3" s="24"/>
+      <c r="T3" s="24"/>
     </row>
     <row r="4" spans="1:20" ht="65.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="29"/>
-      <c r="B4" s="26"/>
+      <c r="A4" s="33"/>
+      <c r="B4" s="30"/>
       <c r="C4" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>1</v>
       </c>
       <c r="E4" s="2" t="s">
         <v>2</v>
       </c>
       <c r="F4" s="37"/>
-      <c r="G4" s="29"/>
-[...4 lines deleted...]
-      <c r="L4" s="33"/>
+      <c r="G4" s="33"/>
+      <c r="H4" s="30"/>
+      <c r="I4" s="30"/>
+      <c r="J4" s="30"/>
+      <c r="K4" s="30"/>
+      <c r="L4" s="24"/>
       <c r="M4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="N4" s="2" t="s">
         <v>3</v>
       </c>
       <c r="O4" s="22" t="s">
         <v>45</v>
       </c>
       <c r="P4" s="22" t="s">
         <v>42</v>
       </c>
       <c r="Q4" s="2" t="s">
         <v>15</v>
       </c>
       <c r="R4" s="2" t="s">
         <v>16</v>
       </c>
       <c r="S4" s="2" t="s">
         <v>17</v>
       </c>
       <c r="T4" s="2" t="s">
         <v>4</v>
       </c>
     </row>
@@ -5595,212 +5595,338 @@
         <v>551239</v>
       </c>
       <c r="N75" s="17">
         <v>473544</v>
       </c>
       <c r="O75" s="17">
         <v>59369</v>
       </c>
       <c r="P75" s="17">
         <v>310441</v>
       </c>
       <c r="Q75" s="17">
         <v>45795</v>
       </c>
       <c r="R75" s="17">
         <v>42627</v>
       </c>
       <c r="S75" s="17">
         <v>602997</v>
       </c>
       <c r="T75" s="17">
         <v>89393</v>
       </c>
       <c r="U75" s="20"/>
     </row>
-    <row r="77" spans="1:21" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A77" s="24" t="s">
+    <row r="76" spans="1:21" s="19" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A76" s="16">
+        <v>46023</v>
+      </c>
+      <c r="B76" s="17">
+        <v>58</v>
+      </c>
+      <c r="C76" s="17">
+        <v>76110.698999999993</v>
+      </c>
+      <c r="D76" s="17">
+        <v>1436.1030000000001</v>
+      </c>
+      <c r="E76" s="17">
+        <v>74674.596000000005</v>
+      </c>
+      <c r="F76" s="17">
+        <v>148721.361</v>
+      </c>
+      <c r="G76" s="17">
+        <v>65429.088000000003</v>
+      </c>
+      <c r="H76" s="17">
+        <v>38109</v>
+      </c>
+      <c r="I76" s="17">
+        <v>15733</v>
+      </c>
+      <c r="J76" s="17">
+        <v>2727</v>
+      </c>
+      <c r="K76" s="17">
+        <v>22376</v>
+      </c>
+      <c r="L76" s="17">
+        <v>605122</v>
+      </c>
+      <c r="M76" s="17">
+        <v>558602</v>
+      </c>
+      <c r="N76" s="17">
+        <v>473848</v>
+      </c>
+      <c r="O76" s="17">
+        <v>63589</v>
+      </c>
+      <c r="P76" s="17">
+        <v>311588</v>
+      </c>
+      <c r="Q76" s="17">
+        <v>46520</v>
+      </c>
+      <c r="R76" s="17">
+        <v>43364</v>
+      </c>
+      <c r="S76" s="17">
+        <v>614054</v>
+      </c>
+      <c r="T76" s="17">
+        <v>90527</v>
+      </c>
+      <c r="U76" s="20"/>
+    </row>
+    <row r="77" spans="1:21" s="19" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A77" s="16">
+        <v>46054</v>
+      </c>
+      <c r="B77" s="17">
+        <v>57</v>
+      </c>
+      <c r="C77" s="17">
+        <v>76256.394</v>
+      </c>
+      <c r="D77" s="17">
+        <v>1427.502</v>
+      </c>
+      <c r="E77" s="17">
+        <v>74828.892000000007</v>
+      </c>
+      <c r="F77" s="17">
+        <v>149786.88099999999</v>
+      </c>
+      <c r="G77" s="17">
+        <v>61467.067000000003</v>
+      </c>
+      <c r="H77" s="17">
+        <v>37925</v>
+      </c>
+      <c r="I77" s="17">
+        <v>15640</v>
+      </c>
+      <c r="J77" s="17">
+        <v>2760</v>
+      </c>
+      <c r="K77" s="17">
+        <v>22285</v>
+      </c>
+      <c r="L77" s="17">
+        <v>599698</v>
+      </c>
+      <c r="M77" s="17">
+        <v>554170</v>
+      </c>
+      <c r="N77" s="17">
+        <v>488241</v>
+      </c>
+      <c r="O77" s="17">
+        <v>62050</v>
+      </c>
+      <c r="P77" s="17">
+        <v>309706</v>
+      </c>
+      <c r="Q77" s="17">
+        <v>45528</v>
+      </c>
+      <c r="R77" s="17">
+        <v>42449</v>
+      </c>
+      <c r="S77" s="17">
+        <v>626533</v>
+      </c>
+      <c r="T77" s="17">
+        <v>96540</v>
+      </c>
+      <c r="U77" s="20"/>
+    </row>
+    <row r="79" spans="1:21" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A79" s="28" t="s">
         <v>35</v>
       </c>
-      <c r="B77" s="24"/>
-[...20 lines deleted...]
-      <c r="A78" s="23" t="s">
+      <c r="B79" s="28"/>
+      <c r="C79" s="28"/>
+      <c r="D79" s="28"/>
+      <c r="E79" s="28"/>
+      <c r="F79" s="28"/>
+      <c r="G79" s="28"/>
+      <c r="H79" s="28"/>
+      <c r="I79" s="28"/>
+      <c r="J79" s="28"/>
+      <c r="K79" s="28"/>
+      <c r="L79" s="28"/>
+      <c r="M79" s="28"/>
+      <c r="N79" s="28"/>
+      <c r="O79" s="28"/>
+      <c r="P79" s="28"/>
+      <c r="Q79" s="28"/>
+      <c r="R79" s="28"/>
+      <c r="S79" s="28"/>
+      <c r="T79" s="28"/>
+    </row>
+    <row r="80" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A80" s="23" t="s">
         <v>44</v>
       </c>
     </row>
-    <row r="79" spans="1:21" x14ac:dyDescent="0.25">
-      <c r="A79" s="23" t="s">
+    <row r="81" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A81" s="23" t="s">
         <v>43</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="17">
-    <mergeCell ref="M3:P3"/>
-[...2 lines deleted...]
-    <mergeCell ref="G2:G4"/>
     <mergeCell ref="A1:T1"/>
     <mergeCell ref="L2:R2"/>
     <mergeCell ref="B2:B4"/>
     <mergeCell ref="J3:J4"/>
     <mergeCell ref="K3:K4"/>
     <mergeCell ref="F2:F4"/>
     <mergeCell ref="A2:A4"/>
     <mergeCell ref="C2:E3"/>
     <mergeCell ref="L3:L4"/>
     <mergeCell ref="Q3:R3"/>
     <mergeCell ref="S2:T3"/>
     <mergeCell ref="I3:I4"/>
     <mergeCell ref="H2:K2"/>
+    <mergeCell ref="M3:P3"/>
+    <mergeCell ref="A79:T79"/>
+    <mergeCell ref="H3:H4"/>
+    <mergeCell ref="G2:G4"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="61" orientation="landscape" horizontalDpi="4294967293" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:EQ82"/>
+  <dimension ref="A1:EQ84"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="4" topLeftCell="A65" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A75" sqref="A75:K75"/>
+      <selection pane="bottomLeft" activeCell="A77" sqref="A77:K77"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="14.5546875" customWidth="1"/>
     <col min="2" max="2" width="11.5546875" customWidth="1"/>
     <col min="3" max="3" width="13.109375" customWidth="1"/>
     <col min="4" max="4" width="10.44140625" customWidth="1"/>
     <col min="5" max="5" width="10.88671875" customWidth="1"/>
     <col min="6" max="6" width="9.5546875" customWidth="1"/>
     <col min="7" max="7" width="15.109375" customWidth="1"/>
     <col min="8" max="8" width="12.5546875" customWidth="1"/>
     <col min="9" max="9" width="11.33203125" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12" customWidth="1"/>
     <col min="11" max="11" width="9.88671875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" ht="13.8" x14ac:dyDescent="0.25">
       <c r="A1" s="45" t="s">
         <v>39</v>
       </c>
       <c r="B1" s="45"/>
       <c r="C1" s="45"/>
       <c r="D1" s="45"/>
       <c r="E1" s="45"/>
       <c r="F1" s="45"/>
       <c r="G1" s="45"/>
       <c r="H1" s="45"/>
       <c r="I1" s="45"/>
       <c r="J1" s="45"/>
       <c r="K1" s="45"/>
     </row>
     <row r="2" spans="1:11" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="27" t="s">
+      <c r="A2" s="31" t="s">
         <v>24</v>
       </c>
       <c r="B2" s="49" t="s">
         <v>38</v>
       </c>
       <c r="C2" s="49"/>
       <c r="D2" s="49"/>
       <c r="E2" s="49"/>
       <c r="F2" s="49"/>
       <c r="G2" s="46" t="s">
         <v>26</v>
       </c>
       <c r="H2" s="47"/>
       <c r="I2" s="47"/>
       <c r="J2" s="47"/>
       <c r="K2" s="48"/>
     </row>
     <row r="3" spans="1:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="28"/>
-      <c r="B3" s="33" t="s">
+      <c r="A3" s="32"/>
+      <c r="B3" s="24" t="s">
         <v>0</v>
       </c>
-      <c r="C3" s="33" t="s">
+      <c r="C3" s="24" t="s">
         <v>20</v>
       </c>
-      <c r="D3" s="33" t="s">
+      <c r="D3" s="24" t="s">
         <v>19</v>
       </c>
-      <c r="E3" s="33" t="s">
+      <c r="E3" s="24" t="s">
         <v>18</v>
       </c>
-      <c r="F3" s="33" t="s">
+      <c r="F3" s="24" t="s">
         <v>23</v>
       </c>
-      <c r="G3" s="25" t="s">
+      <c r="G3" s="29" t="s">
         <v>0</v>
       </c>
-      <c r="H3" s="25" t="s">
+      <c r="H3" s="29" t="s">
         <v>20</v>
       </c>
-      <c r="I3" s="25" t="s">
+      <c r="I3" s="29" t="s">
         <v>19</v>
       </c>
-      <c r="J3" s="25" t="s">
+      <c r="J3" s="29" t="s">
         <v>18</v>
       </c>
-      <c r="K3" s="25" t="s">
+      <c r="K3" s="29" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="4" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="29"/>
-[...9 lines deleted...]
-      <c r="K4" s="26"/>
+      <c r="A4" s="33"/>
+      <c r="B4" s="24"/>
+      <c r="C4" s="24"/>
+      <c r="D4" s="24"/>
+      <c r="E4" s="24"/>
+      <c r="F4" s="24"/>
+      <c r="G4" s="30"/>
+      <c r="H4" s="30"/>
+      <c r="I4" s="30"/>
+      <c r="J4" s="30"/>
+      <c r="K4" s="30"/>
     </row>
     <row r="5" spans="1:11" ht="13.8" x14ac:dyDescent="0.25">
       <c r="A5" s="5">
         <v>43862</v>
       </c>
       <c r="B5" s="6">
         <v>68296.264999999999</v>
       </c>
       <c r="C5" s="7">
         <v>46524.377</v>
       </c>
       <c r="D5" s="7">
         <v>21186.257000000001</v>
       </c>
       <c r="E5" s="7">
         <v>560.07399999999996</v>
       </c>
       <c r="F5" s="7">
         <v>25.556999999999999</v>
       </c>
       <c r="G5" s="7">
         <v>36345.349000000002</v>
       </c>
       <c r="H5" s="7">
         <v>24616.232</v>
@@ -8399,115 +8525,187 @@
         <v>78184.732999999993</v>
       </c>
       <c r="E75" s="18">
         <v>511.49099999999999</v>
       </c>
       <c r="F75" s="18">
         <v>24.271999999999998</v>
       </c>
       <c r="G75" s="18">
         <v>59837.745999999999</v>
       </c>
       <c r="H75" s="18">
         <v>28071.234</v>
       </c>
       <c r="I75" s="18">
         <v>31554.065999999999</v>
       </c>
       <c r="J75" s="18">
         <v>210.15199999999999</v>
       </c>
       <c r="K75" s="18">
         <v>2.294</v>
       </c>
       <c r="L75" s="21"/>
     </row>
-    <row r="76" spans="1:12" ht="13.8" x14ac:dyDescent="0.25">
-[...13 lines deleted...]
-      <c r="A77" s="44" t="s">
+    <row r="76" spans="1:12" s="19" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A76" s="16">
+        <v>46023</v>
+      </c>
+      <c r="B76" s="18">
+        <v>148721.361</v>
+      </c>
+      <c r="C76" s="18">
+        <v>68465.456000000006</v>
+      </c>
+      <c r="D76" s="18">
+        <v>79717.33</v>
+      </c>
+      <c r="E76" s="18">
+        <v>514.35199999999998</v>
+      </c>
+      <c r="F76" s="18">
+        <v>24.222999999999999</v>
+      </c>
+      <c r="G76" s="18">
+        <v>65429.088000000003</v>
+      </c>
+      <c r="H76" s="18">
+        <v>32033.925999999999</v>
+      </c>
+      <c r="I76" s="18">
+        <v>33178.211000000003</v>
+      </c>
+      <c r="J76" s="18">
+        <v>214.392</v>
+      </c>
+      <c r="K76" s="18">
+        <v>2.5590000000000002</v>
+      </c>
+      <c r="L76" s="21"/>
+    </row>
+    <row r="77" spans="1:12" s="19" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A77" s="16">
+        <v>46054</v>
+      </c>
+      <c r="B77" s="18">
+        <v>149786.88099999999</v>
+      </c>
+      <c r="C77" s="18">
+        <v>68131.528999999995</v>
+      </c>
+      <c r="D77" s="18">
+        <v>81111.861999999994</v>
+      </c>
+      <c r="E77" s="18">
+        <v>519.21600000000001</v>
+      </c>
+      <c r="F77" s="18">
+        <v>24.274000000000001</v>
+      </c>
+      <c r="G77" s="18">
+        <v>61467.067000000003</v>
+      </c>
+      <c r="H77" s="18">
+        <v>29052.242999999999</v>
+      </c>
+      <c r="I77" s="18">
+        <v>32232.989000000001</v>
+      </c>
+      <c r="J77" s="18">
+        <v>179.49299999999999</v>
+      </c>
+      <c r="K77" s="18">
+        <v>2.3420000000000001</v>
+      </c>
+      <c r="L77" s="21"/>
+    </row>
+    <row r="78" spans="1:12" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A78" s="11"/>
+      <c r="B78" s="8"/>
+      <c r="C78" s="8"/>
+      <c r="D78" s="8"/>
+      <c r="E78" s="8"/>
+      <c r="F78" s="8"/>
+      <c r="G78" s="8"/>
+      <c r="H78" s="8"/>
+      <c r="I78" s="8"/>
+      <c r="J78" s="8"/>
+      <c r="K78" s="8"/>
+    </row>
+    <row r="79" spans="1:12" s="3" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A79" s="44" t="s">
         <v>37</v>
       </c>
-      <c r="B77" s="44"/>
-[...11 lines deleted...]
-      <c r="A78" s="24" t="s">
+      <c r="B79" s="44"/>
+      <c r="C79" s="44"/>
+      <c r="D79" s="44"/>
+      <c r="E79" s="44"/>
+      <c r="F79" s="44"/>
+      <c r="G79" s="44"/>
+      <c r="H79" s="44"/>
+      <c r="I79" s="44"/>
+      <c r="J79" s="44"/>
+      <c r="K79" s="44"/>
+    </row>
+    <row r="80" spans="1:12" ht="24.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A80" s="28" t="s">
         <v>36</v>
       </c>
-      <c r="B78" s="24"/>
-[...24 lines deleted...]
-      <c r="C82" t="s">
+      <c r="B80" s="28"/>
+      <c r="C80" s="28"/>
+      <c r="D80" s="28"/>
+      <c r="E80" s="28"/>
+      <c r="F80" s="28"/>
+      <c r="G80" s="28"/>
+      <c r="H80" s="28"/>
+      <c r="I80" s="28"/>
+      <c r="J80" s="28"/>
+      <c r="K80" s="28"/>
+    </row>
+    <row r="81" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A81" s="4"/>
+      <c r="B81" s="4"/>
+      <c r="C81" s="4"/>
+      <c r="D81" s="4"/>
+      <c r="E81" s="4"/>
+      <c r="F81" s="4"/>
+      <c r="G81" s="4"/>
+      <c r="H81" s="4"/>
+      <c r="I81" s="4"/>
+      <c r="J81" s="4"/>
+      <c r="K81" s="4"/>
+    </row>
+    <row r="84" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="C84" t="s">
         <v>22</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="16">
-    <mergeCell ref="A78:K78"/>
-    <mergeCell ref="A77:K77"/>
+    <mergeCell ref="A80:K80"/>
+    <mergeCell ref="A79:K79"/>
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:A4"/>
     <mergeCell ref="D3:D4"/>
     <mergeCell ref="E3:E4"/>
     <mergeCell ref="F3:F4"/>
     <mergeCell ref="G2:K2"/>
     <mergeCell ref="G3:G4"/>
     <mergeCell ref="H3:H4"/>
     <mergeCell ref="I3:I4"/>
     <mergeCell ref="B2:F2"/>
     <mergeCell ref="B3:B4"/>
     <mergeCell ref="C3:C4"/>
     <mergeCell ref="J3:J4"/>
     <mergeCell ref="K3:K4"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="67" orientation="portrait" horizontalDpi="4294967293" r:id="rId1"/>
   <colBreaks count="1" manualBreakCount="1">
     <brk id="11" max="1048575" man="1"/>
   </colBreaks>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">