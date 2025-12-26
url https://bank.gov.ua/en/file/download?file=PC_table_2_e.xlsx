--- v0 (2025-11-05)
+++ v1 (2025-12-26)
@@ -4,70 +4,70 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="d:\UsersNBU\012685\Desktop\Звітність\Серпень 2025\Таблиці на сайт на 01.09.2025\Англ\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="d:\UsersNBU\012685\Desktop\Звітність\Жовтень 2025\Таблиці на сайт на 01.11.2025\Англ\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="20736" windowHeight="11160"/>
   </bookViews>
   <sheets>
     <sheet name="overall data" sheetId="1" r:id="rId1"/>
     <sheet name="detailed data" sheetId="2" r:id="rId2"/>
     <sheet name="non-cash payments breakdown" sheetId="3" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'overall data'!$A$1:$G$3</definedName>
   </definedNames>
   <calcPr calcId="162913"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="426" uniqueCount="109">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="432" uniqueCount="111">
   <si>
     <t>Cash withdrawals</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Reporting period</t>
   </si>
   <si>
     <t>Volume of transactions (million, UAH)</t>
   </si>
   <si>
     <t>Non-cash payments</t>
   </si>
   <si>
     <t>Number of transactions (millions)</t>
   </si>
   <si>
     <t>Volume and number of transactions with a breakdown by payment systems and networks using payment card systems</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
@@ -353,50 +353,56 @@
 using payment cards issued by nonresident issuers</t>
   </si>
   <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>April 2025</t>
   </si>
   <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>June 2025</t>
   </si>
   <si>
     <t>April 2023</t>
   </si>
   <si>
     <t>July 2025</t>
   </si>
   <si>
     <t>August 2025</t>
+  </si>
+  <si>
+    <t>September 2025</t>
+  </si>
+  <si>
+    <t>October 2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0;\(#,##0\)"/>
   </numFmts>
   <fonts count="11" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial Cyr"/>
       <charset val="204"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial Cyr"/>
       <charset val="204"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="204"/>
@@ -1595,55 +1601,55 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:H74"/>
+  <dimension ref="A1:H76"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="115" zoomScaleNormal="115" workbookViewId="0">
-      <pane ySplit="3" topLeftCell="A55" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A71" sqref="A71"/>
+      <pane ySplit="3" topLeftCell="A61" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="A73" sqref="A73"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="20.6640625" customWidth="1"/>
     <col min="2" max="7" width="15.6640625" customWidth="1"/>
     <col min="8" max="8" width="11" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="13.8" x14ac:dyDescent="0.25">
       <c r="A1" s="102" t="s">
         <v>68</v>
       </c>
       <c r="B1" s="102"/>
       <c r="C1" s="102"/>
       <c r="D1" s="102"/>
       <c r="E1" s="102"/>
       <c r="F1" s="102"/>
       <c r="G1" s="102"/>
     </row>
     <row r="2" spans="1:7" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="99" t="s">
         <v>2</v>
       </c>
       <c r="B2" s="100" t="s">
@@ -3221,100 +3227,146 @@
       </c>
     </row>
     <row r="71" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A71" s="5" t="s">
         <v>108</v>
       </c>
       <c r="B71" s="7">
         <v>404022.92835280998</v>
       </c>
       <c r="C71" s="7">
         <v>209980.57042498002</v>
       </c>
       <c r="D71" s="7">
         <v>614003.49877779</v>
       </c>
       <c r="E71" s="7">
         <v>794.60367299999996</v>
       </c>
       <c r="F71" s="7">
         <v>36.144354</v>
       </c>
       <c r="G71" s="7">
         <v>830.74802699999998</v>
       </c>
     </row>
-    <row r="73" spans="1:7" ht="39.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A73" s="98" t="s">
+    <row r="72" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A72" s="5" t="s">
+        <v>109</v>
+      </c>
+      <c r="B72" s="7">
+        <v>392764.43292265997</v>
+      </c>
+      <c r="C72" s="7">
+        <v>206349.56484973998</v>
+      </c>
+      <c r="D72" s="7">
+        <v>599113.99777240003</v>
+      </c>
+      <c r="E72" s="7">
+        <v>780.21547499999997</v>
+      </c>
+      <c r="F72" s="7">
+        <v>34.675587999999998</v>
+      </c>
+      <c r="G72" s="7">
+        <v>814.89106300000003</v>
+      </c>
+    </row>
+    <row r="73" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A73" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="B73" s="7">
+        <v>409794.81604315998</v>
+      </c>
+      <c r="C73" s="7">
+        <v>220756.63723200001</v>
+      </c>
+      <c r="D73" s="7">
+        <v>630551.45327516005</v>
+      </c>
+      <c r="E73" s="7">
+        <v>779.15606500000001</v>
+      </c>
+      <c r="F73" s="7">
+        <v>35.604312</v>
+      </c>
+      <c r="G73" s="7">
+        <v>814.76037699999995</v>
+      </c>
+    </row>
+    <row r="75" spans="1:7" ht="39.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A75" s="98" t="s">
         <v>40</v>
       </c>
-      <c r="B73" s="98"/>
-[...4 lines deleted...]
-      <c r="G73" s="98"/>
+      <c r="B75" s="98"/>
+      <c r="C75" s="98"/>
+      <c r="D75" s="98"/>
+      <c r="E75" s="98"/>
+      <c r="F75" s="98"/>
+      <c r="G75" s="98"/>
     </row>
-    <row r="74" spans="1:7" ht="54.6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A74" s="98" t="s">
+    <row r="76" spans="1:7" ht="54.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A76" s="98" t="s">
         <v>53</v>
       </c>
-      <c r="B74" s="98"/>
-[...4 lines deleted...]
-      <c r="G74" s="98"/>
+      <c r="B76" s="98"/>
+      <c r="C76" s="98"/>
+      <c r="D76" s="98"/>
+      <c r="E76" s="98"/>
+      <c r="F76" s="98"/>
+      <c r="G76" s="98"/>
     </row>
   </sheetData>
   <mergeCells count="6">
-    <mergeCell ref="A74:G74"/>
+    <mergeCell ref="A76:G76"/>
     <mergeCell ref="A2:A3"/>
     <mergeCell ref="E2:G2"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A1:G1"/>
-    <mergeCell ref="A73:G73"/>
+    <mergeCell ref="A75:G75"/>
   </mergeCells>
   <phoneticPr fontId="1" type="noConversion"/>
   <pageMargins left="0.78740157480314965" right="0.39370078740157483" top="1.1811023622047245" bottom="0.78740157480314965" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" scale="78" fitToHeight="0" orientation="portrait" horizontalDpi="4294967293" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:BS48"/>
+  <dimension ref="A1:BU48"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <pane xSplit="3" ySplit="2" topLeftCell="BJ3" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="3" ySplit="2" topLeftCell="BN3" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="D1" sqref="D1"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
-      <selection pane="bottomRight" activeCell="BS2" sqref="BS2"/>
+      <selection pane="bottomRight" activeCell="BU2" sqref="BU2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="3.6640625" style="68" customWidth="1"/>
     <col min="2" max="2" width="4.33203125" style="69" customWidth="1"/>
     <col min="3" max="3" width="36.88671875" style="70" customWidth="1"/>
     <col min="4" max="4" width="13.5546875" style="8" customWidth="1"/>
     <col min="5" max="5" width="15.6640625" style="8" customWidth="1"/>
     <col min="6" max="6" width="12.44140625" style="8" customWidth="1"/>
     <col min="7" max="7" width="13.6640625" style="8" customWidth="1"/>
     <col min="8" max="8" width="11.33203125" style="8" customWidth="1"/>
     <col min="9" max="9" width="10.88671875" style="8" customWidth="1"/>
     <col min="10" max="10" width="9.109375" style="8" customWidth="1"/>
     <col min="11" max="11" width="12.5546875" style="8" customWidth="1"/>
     <col min="12" max="12" width="16.5546875" style="8" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="15.88671875" style="8" customWidth="1"/>
     <col min="14" max="14" width="15.88671875" style="8" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="16.109375" style="8" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="13.5546875" style="8" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="14.5546875" style="8" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="11.88671875" style="8" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="12" style="8" customWidth="1"/>
     <col min="20" max="20" width="8.88671875" style="8"/>
     <col min="21" max="21" width="11.109375" style="8" customWidth="1"/>
@@ -3334,84 +3386,84 @@
     <col min="36" max="36" width="16.5546875" style="8" bestFit="1" customWidth="1"/>
     <col min="37" max="37" width="15" style="8" bestFit="1" customWidth="1"/>
     <col min="38" max="38" width="15.6640625" style="8" bestFit="1" customWidth="1"/>
     <col min="39" max="39" width="16.109375" style="8" bestFit="1" customWidth="1"/>
     <col min="40" max="40" width="13.21875" style="8" bestFit="1" customWidth="1"/>
     <col min="41" max="41" width="14.109375" style="8" bestFit="1" customWidth="1"/>
     <col min="42" max="42" width="11.5546875" style="8" bestFit="1" customWidth="1"/>
     <col min="43" max="43" width="12.21875" style="8" bestFit="1" customWidth="1"/>
     <col min="44" max="44" width="9.77734375" style="8" bestFit="1" customWidth="1"/>
     <col min="45" max="45" width="10.33203125" style="8" bestFit="1" customWidth="1"/>
     <col min="46" max="46" width="9.5546875" style="8" bestFit="1" customWidth="1"/>
     <col min="47" max="47" width="12.109375" style="9" bestFit="1" customWidth="1"/>
     <col min="48" max="48" width="16.109375" style="9" bestFit="1" customWidth="1"/>
     <col min="49" max="49" width="13.21875" style="9" bestFit="1" customWidth="1"/>
     <col min="50" max="50" width="15.21875" style="9" bestFit="1" customWidth="1"/>
     <col min="51" max="51" width="16.109375" style="9" bestFit="1" customWidth="1"/>
     <col min="52" max="52" width="16.109375" style="71" bestFit="1" customWidth="1"/>
     <col min="53" max="53" width="14.109375" style="8" bestFit="1" customWidth="1"/>
     <col min="54" max="59" width="16.109375" style="71" bestFit="1" customWidth="1"/>
     <col min="60" max="60" width="15.77734375" style="71" bestFit="1" customWidth="1"/>
     <col min="61" max="65" width="16.109375" style="71" bestFit="1" customWidth="1"/>
     <col min="66" max="66" width="11.5546875" style="71" bestFit="1" customWidth="1"/>
     <col min="67" max="67" width="16.109375" style="71" bestFit="1" customWidth="1"/>
     <col min="68" max="68" width="14.33203125" style="71" customWidth="1"/>
     <col min="69" max="69" width="10.33203125" style="71" bestFit="1" customWidth="1"/>
-    <col min="70" max="71" width="16.109375" style="71" bestFit="1" customWidth="1"/>
-    <col min="72" max="16384" width="8.88671875" style="8"/>
+    <col min="70" max="73" width="16.109375" style="71" bestFit="1" customWidth="1"/>
+    <col min="74" max="16384" width="8.88671875" style="8"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:71" ht="40.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:73" ht="40.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="105" t="s">
         <v>6</v>
       </c>
       <c r="B1" s="106"/>
       <c r="C1" s="106"/>
       <c r="D1" s="106"/>
       <c r="E1" s="106"/>
       <c r="F1" s="106"/>
       <c r="G1" s="106"/>
       <c r="H1" s="106"/>
       <c r="I1" s="106"/>
       <c r="J1" s="106"/>
       <c r="K1" s="106"/>
       <c r="L1" s="106"/>
       <c r="M1" s="106"/>
       <c r="N1" s="106"/>
       <c r="O1" s="106"/>
       <c r="P1" s="106"/>
       <c r="Q1" s="106"/>
       <c r="R1" s="106"/>
       <c r="S1" s="106"/>
       <c r="T1" s="106"/>
       <c r="U1" s="106"/>
       <c r="V1" s="106"/>
       <c r="W1" s="106"/>
       <c r="X1" s="106"/>
       <c r="Y1" s="106"/>
     </row>
-    <row r="2" spans="1:71" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:73" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A2" s="119" t="s">
         <v>2</v>
       </c>
       <c r="B2" s="120"/>
       <c r="C2" s="120"/>
       <c r="D2" s="10" t="s">
         <v>7</v>
       </c>
       <c r="E2" s="10" t="s">
         <v>8</v>
       </c>
       <c r="F2" s="10" t="s">
         <v>9</v>
       </c>
       <c r="G2" s="10" t="s">
         <v>10</v>
       </c>
       <c r="H2" s="11" t="s">
         <v>11</v>
       </c>
       <c r="I2" s="11" t="s">
         <v>12</v>
       </c>
       <c r="J2" s="11" t="s">
         <v>13</v>
@@ -3577,52 +3629,58 @@
       </c>
       <c r="BL2" s="80" t="s">
         <v>89</v>
       </c>
       <c r="BM2" s="80" t="s">
         <v>101</v>
       </c>
       <c r="BN2" s="80" t="s">
         <v>102</v>
       </c>
       <c r="BO2" s="80" t="s">
         <v>103</v>
       </c>
       <c r="BP2" s="80" t="s">
         <v>104</v>
       </c>
       <c r="BQ2" s="80" t="s">
         <v>105</v>
       </c>
       <c r="BR2" s="80" t="s">
         <v>107</v>
       </c>
       <c r="BS2" s="80" t="s">
         <v>108</v>
       </c>
+      <c r="BT2" s="80" t="s">
+        <v>109</v>
+      </c>
+      <c r="BU2" s="80" t="s">
+        <v>110</v>
+      </c>
     </row>
-    <row r="3" spans="1:71" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:73" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A3" s="116" t="s">
         <v>3</v>
       </c>
       <c r="B3" s="108" t="s">
         <v>4</v>
       </c>
       <c r="C3" s="14" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="15">
         <v>158640.44</v>
       </c>
       <c r="E3" s="15">
         <v>168287.61</v>
       </c>
       <c r="F3" s="15">
         <v>176088.1</v>
       </c>
       <c r="G3" s="16">
         <v>154082.06</v>
       </c>
       <c r="H3" s="16">
         <v>157367.88</v>
       </c>
       <c r="I3" s="17">
@@ -3792,52 +3850,58 @@
       </c>
       <c r="BL3" s="72">
         <v>351328.62897621002</v>
       </c>
       <c r="BM3" s="72">
         <v>338780.21974034997</v>
       </c>
       <c r="BN3" s="72">
         <v>383390.38376081001</v>
       </c>
       <c r="BO3" s="72">
         <v>368977.27797924</v>
       </c>
       <c r="BP3" s="72">
         <v>391380.05704381003</v>
       </c>
       <c r="BQ3" s="72">
         <v>384510.17086850002</v>
       </c>
       <c r="BR3" s="72">
         <v>399072.18334122997</v>
       </c>
       <c r="BS3" s="72">
         <v>404022.92835280998</v>
       </c>
+      <c r="BT3" s="72">
+        <v>392764.43292265997</v>
+      </c>
+      <c r="BU3" s="72">
+        <v>409794.81604315998</v>
+      </c>
     </row>
-    <row r="4" spans="1:71" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:73" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A4" s="117"/>
       <c r="B4" s="109"/>
       <c r="C4" s="22" t="s">
         <v>69</v>
       </c>
       <c r="D4" s="23">
         <v>9116</v>
       </c>
       <c r="E4" s="23">
         <v>9220</v>
       </c>
       <c r="F4" s="23">
         <v>9603</v>
       </c>
       <c r="G4" s="24">
         <v>7798</v>
       </c>
       <c r="H4" s="25">
         <v>8162</v>
       </c>
       <c r="I4" s="25">
         <v>9507</v>
       </c>
       <c r="J4" s="25">
         <v>10970</v>
@@ -4003,52 +4067,58 @@
       </c>
       <c r="BL4" s="73">
         <v>5373.7741054899998</v>
       </c>
       <c r="BM4" s="73">
         <v>5112.7321184100001</v>
       </c>
       <c r="BN4" s="73">
         <v>5747.0816612799999</v>
       </c>
       <c r="BO4" s="73">
         <v>5750.7510892399996</v>
       </c>
       <c r="BP4" s="73">
         <v>6166.5511121</v>
       </c>
       <c r="BQ4" s="73">
         <v>6209.0206934300004</v>
       </c>
       <c r="BR4" s="73">
         <v>6687.5089006600001</v>
       </c>
       <c r="BS4" s="73">
         <v>6790.0199611600001</v>
       </c>
+      <c r="BT4" s="73">
+        <v>6796.3805704699998</v>
+      </c>
+      <c r="BU4" s="73">
+        <v>7223.5569429200004</v>
+      </c>
     </row>
-    <row r="5" spans="1:71" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:73" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A5" s="117"/>
       <c r="B5" s="109"/>
       <c r="C5" s="30" t="s">
         <v>70</v>
       </c>
       <c r="D5" s="31">
         <v>148524</v>
       </c>
       <c r="E5" s="31">
         <v>159066</v>
       </c>
       <c r="F5" s="31">
         <v>166484</v>
       </c>
       <c r="G5" s="32">
         <v>146284</v>
       </c>
       <c r="H5" s="32">
         <v>149206</v>
       </c>
       <c r="I5" s="33">
         <v>158886</v>
       </c>
       <c r="J5" s="25">
         <v>175122</v>
@@ -4214,52 +4284,58 @@
       </c>
       <c r="BL5" s="74">
         <v>345954.85487071995</v>
       </c>
       <c r="BM5" s="74">
         <v>333667.48762193997</v>
       </c>
       <c r="BN5" s="74">
         <v>377643.30209953</v>
       </c>
       <c r="BO5" s="74">
         <v>363226.52688999998</v>
       </c>
       <c r="BP5" s="74">
         <v>385213.50593171001</v>
       </c>
       <c r="BQ5" s="74">
         <v>378301.15017506998</v>
       </c>
       <c r="BR5" s="74">
         <v>392384.67444057</v>
       </c>
       <c r="BS5" s="74">
         <v>397232.90839165001</v>
       </c>
+      <c r="BT5" s="74">
+        <v>385968.05235219002</v>
+      </c>
+      <c r="BU5" s="74">
+        <v>402571.25910024001</v>
+      </c>
     </row>
-    <row r="6" spans="1:71" ht="13.8" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:73" ht="13.8" x14ac:dyDescent="0.25">
       <c r="A6" s="117"/>
       <c r="B6" s="109"/>
       <c r="C6" s="36" t="s">
         <v>71</v>
       </c>
       <c r="D6" s="37">
         <v>104059.02</v>
       </c>
       <c r="E6" s="37">
         <v>110653.85</v>
       </c>
       <c r="F6" s="37">
         <v>114089.18</v>
       </c>
       <c r="G6" s="38">
         <v>101211.26</v>
       </c>
       <c r="H6" s="26">
         <v>103023.27</v>
       </c>
       <c r="I6" s="25">
         <v>110280.57</v>
       </c>
       <c r="J6" s="25">
         <v>120982.24832481</v>
@@ -4425,52 +4501,58 @@
       </c>
       <c r="BL6" s="75">
         <v>172997.44794928</v>
       </c>
       <c r="BM6" s="75">
         <v>165833.53115104997</v>
       </c>
       <c r="BN6" s="75">
         <v>183941.81537254999</v>
       </c>
       <c r="BO6" s="75">
         <v>175396.96909100001</v>
       </c>
       <c r="BP6" s="75">
         <v>184530.94238045998</v>
       </c>
       <c r="BQ6" s="75">
         <v>178903.43420860998</v>
       </c>
       <c r="BR6" s="75">
         <v>184380.31963017999</v>
       </c>
       <c r="BS6" s="75">
         <v>184852.67838199</v>
       </c>
+      <c r="BT6" s="75">
+        <v>177863.53358059001</v>
+      </c>
+      <c r="BU6" s="75">
+        <v>184410.84782707001</v>
+      </c>
     </row>
-    <row r="7" spans="1:71" ht="13.8" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:73" ht="13.8" x14ac:dyDescent="0.25">
       <c r="A7" s="117"/>
       <c r="B7" s="109"/>
       <c r="C7" s="40" t="s">
         <v>72</v>
       </c>
       <c r="D7" s="41">
         <v>54463.77</v>
       </c>
       <c r="E7" s="41">
         <v>57489.8</v>
       </c>
       <c r="F7" s="41">
         <v>61827.42</v>
       </c>
       <c r="G7" s="33">
         <v>52662.07</v>
       </c>
       <c r="H7" s="33">
         <v>54121.89</v>
       </c>
       <c r="I7" s="42">
         <v>57843.78</v>
       </c>
       <c r="J7" s="42">
         <v>64698.011109289997</v>
@@ -4636,52 +4718,58 @@
       </c>
       <c r="BL7" s="73">
         <v>176903.09292129998</v>
       </c>
       <c r="BM7" s="73">
         <v>171562.73561559001</v>
       </c>
       <c r="BN7" s="73">
         <v>198012.80470629002</v>
       </c>
       <c r="BO7" s="73">
         <v>192185.96433243999</v>
       </c>
       <c r="BP7" s="73">
         <v>205432.39484649</v>
       </c>
       <c r="BQ7" s="73">
         <v>204312.60960563002</v>
       </c>
       <c r="BR7" s="73">
         <v>213293.99703169</v>
       </c>
       <c r="BS7" s="73">
         <v>217756.35848854002</v>
       </c>
+      <c r="BT7" s="73">
+        <v>213553.4229531</v>
+      </c>
+      <c r="BU7" s="73">
+        <v>223952.26182414999</v>
+      </c>
     </row>
-    <row r="8" spans="1:71" ht="13.8" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:73" ht="13.8" x14ac:dyDescent="0.25">
       <c r="A8" s="117"/>
       <c r="B8" s="109"/>
       <c r="C8" s="40" t="s">
         <v>73</v>
       </c>
       <c r="D8" s="41">
         <v>117.64</v>
       </c>
       <c r="E8" s="41">
         <v>143.93</v>
       </c>
       <c r="F8" s="41">
         <v>171.49</v>
       </c>
       <c r="G8" s="42">
         <v>208.72</v>
       </c>
       <c r="H8" s="33">
         <v>222.72</v>
       </c>
       <c r="I8" s="33">
         <v>267.66000000000003</v>
       </c>
       <c r="J8" s="33">
         <v>411.75634733999999</v>
@@ -4847,52 +4935,58 @@
       </c>
       <c r="BL8" s="76">
         <v>1418.21605576</v>
       </c>
       <c r="BM8" s="76">
         <v>1375.3152174300001</v>
       </c>
       <c r="BN8" s="76">
         <v>1426.7772314000001</v>
       </c>
       <c r="BO8" s="76">
         <v>1384.9412388599999</v>
       </c>
       <c r="BP8" s="76">
         <v>1407.7024456500001</v>
       </c>
       <c r="BQ8" s="76">
         <v>1285.2242407000001</v>
       </c>
       <c r="BR8" s="76">
         <v>1388.4801492500001</v>
       </c>
       <c r="BS8" s="76">
         <v>1402.9260040199999</v>
       </c>
+      <c r="BT8" s="76">
+        <v>1335.3179114700001</v>
+      </c>
+      <c r="BU8" s="76">
+        <v>1418.3486558</v>
+      </c>
     </row>
-    <row r="9" spans="1:71" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:73" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A9" s="117"/>
       <c r="B9" s="109"/>
       <c r="C9" s="45" t="s">
         <v>74</v>
       </c>
       <c r="D9" s="46">
         <v>0.01</v>
       </c>
       <c r="E9" s="46">
         <v>0.03</v>
       </c>
       <c r="F9" s="46">
         <v>0.01</v>
       </c>
       <c r="G9" s="47">
         <v>0.01</v>
       </c>
       <c r="H9" s="48">
         <v>0</v>
       </c>
       <c r="I9" s="32">
         <v>0</v>
       </c>
       <c r="J9" s="32">
         <v>0</v>
@@ -5058,52 +5152,58 @@
       </c>
       <c r="BL9" s="74">
         <v>9.8720498700000014</v>
       </c>
       <c r="BM9" s="74">
         <v>8.6377562799999996</v>
       </c>
       <c r="BN9" s="74">
         <v>8.9864505700000006</v>
       </c>
       <c r="BO9" s="74">
         <v>9.4033169399999998</v>
       </c>
       <c r="BP9" s="74">
         <v>9.0173712100000003</v>
       </c>
       <c r="BQ9" s="74">
         <v>8.9028135599999985</v>
       </c>
       <c r="BR9" s="74">
         <v>9.3865301099999989</v>
       </c>
       <c r="BS9" s="74">
         <v>10.965478259999999</v>
       </c>
+      <c r="BT9" s="74">
+        <v>12.1584775</v>
+      </c>
+      <c r="BU9" s="74">
+        <v>13.35773614</v>
+      </c>
     </row>
-    <row r="10" spans="1:71" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:73" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A10" s="117"/>
       <c r="B10" s="109"/>
       <c r="C10" s="36" t="s">
         <v>65</v>
       </c>
       <c r="D10" s="23">
         <v>107892.03</v>
       </c>
       <c r="E10" s="23">
         <v>114073.61</v>
       </c>
       <c r="F10" s="23">
         <v>121214.33</v>
       </c>
       <c r="G10" s="23">
         <v>107844.49</v>
       </c>
       <c r="H10" s="25">
         <v>108889.55</v>
       </c>
       <c r="I10" s="25">
         <v>114854.87</v>
       </c>
       <c r="J10" s="25">
         <v>128651.93577029</v>
@@ -5269,52 +5369,58 @@
       </c>
       <c r="BL10" s="75">
         <v>155065.27605692999</v>
       </c>
       <c r="BM10" s="75">
         <v>152464.92817028001</v>
       </c>
       <c r="BN10" s="75">
         <v>167081.28456542001</v>
       </c>
       <c r="BO10" s="75">
         <v>159529.54120084</v>
       </c>
       <c r="BP10" s="75">
         <v>167404.87116616001</v>
       </c>
       <c r="BQ10" s="75">
         <v>160843.93309194001</v>
       </c>
       <c r="BR10" s="75">
         <v>165215.60724136999</v>
       </c>
       <c r="BS10" s="75">
         <v>167172.08504576999</v>
       </c>
+      <c r="BT10" s="75">
+        <v>163687.25628942999</v>
+      </c>
+      <c r="BU10" s="75">
+        <v>170415.58069782</v>
+      </c>
     </row>
-    <row r="11" spans="1:71" ht="13.8" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:73" ht="13.8" x14ac:dyDescent="0.25">
       <c r="A11" s="117"/>
       <c r="B11" s="109"/>
       <c r="C11" s="40" t="s">
         <v>66</v>
       </c>
       <c r="D11" s="23">
         <v>37630.53</v>
       </c>
       <c r="E11" s="41">
         <v>42498.82</v>
       </c>
       <c r="F11" s="41">
         <v>44720.77</v>
       </c>
       <c r="G11" s="41">
         <v>38778.93</v>
       </c>
       <c r="H11" s="42">
         <v>41669.339999999997</v>
       </c>
       <c r="I11" s="42">
         <v>46255</v>
       </c>
       <c r="J11" s="42">
         <v>49092.9975548</v>
@@ -5480,52 +5586,58 @@
       </c>
       <c r="BL11" s="76">
         <v>148749.56848640001</v>
       </c>
       <c r="BM11" s="76">
         <v>142951.78603451001</v>
       </c>
       <c r="BN11" s="76">
         <v>165925.80999903</v>
       </c>
       <c r="BO11" s="76">
         <v>160852.42496594001</v>
       </c>
       <c r="BP11" s="76">
         <v>171414.86288803001</v>
       </c>
       <c r="BQ11" s="76">
         <v>169295.50202334</v>
       </c>
       <c r="BR11" s="76">
         <v>174736.64212154</v>
       </c>
       <c r="BS11" s="76">
         <v>179227.40513897</v>
       </c>
+      <c r="BT11" s="76">
+        <v>173001.04925004</v>
+      </c>
+      <c r="BU11" s="76">
+        <v>181500.05324183</v>
+      </c>
     </row>
-    <row r="12" spans="1:71" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:73" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A12" s="117"/>
       <c r="B12" s="110"/>
       <c r="C12" s="45" t="s">
         <v>67</v>
       </c>
       <c r="D12" s="31">
         <v>13117.88</v>
       </c>
       <c r="E12" s="31">
         <v>11715.17</v>
       </c>
       <c r="F12" s="31">
         <v>10153</v>
       </c>
       <c r="G12" s="31">
         <v>7458.64</v>
       </c>
       <c r="H12" s="32">
         <v>6808.99</v>
       </c>
       <c r="I12" s="32">
         <v>7282.13</v>
       </c>
       <c r="J12" s="32">
         <v>8347.2868309099995</v>
@@ -5691,52 +5803,58 @@
       </c>
       <c r="BL12" s="73">
         <v>47513.784432879998</v>
       </c>
       <c r="BM12" s="73">
         <v>43363.505535559998</v>
       </c>
       <c r="BN12" s="73">
         <v>50383.289196359998</v>
       </c>
       <c r="BO12" s="73">
         <v>48595.311812460001</v>
       </c>
       <c r="BP12" s="73">
         <v>52560.322989619999</v>
       </c>
       <c r="BQ12" s="73">
         <v>54370.735753220004</v>
       </c>
       <c r="BR12" s="73">
         <v>59119.933978319998</v>
       </c>
       <c r="BS12" s="73">
         <v>57623.438168070003</v>
       </c>
+      <c r="BT12" s="73">
+        <v>56076.127383190003</v>
+      </c>
+      <c r="BU12" s="73">
+        <v>57879.18210351</v>
+      </c>
     </row>
-    <row r="13" spans="1:71" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="13" spans="1:73" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A13" s="121"/>
       <c r="B13" s="123" t="s">
         <v>0</v>
       </c>
       <c r="C13" s="49" t="s">
         <v>1</v>
       </c>
       <c r="D13" s="50">
         <v>130834.38</v>
       </c>
       <c r="E13" s="50">
         <v>139749.41</v>
       </c>
       <c r="F13" s="50">
         <v>146902.84</v>
       </c>
       <c r="G13" s="16">
         <v>119498.13</v>
       </c>
       <c r="H13" s="51">
         <v>126241.07</v>
       </c>
       <c r="I13" s="17">
         <v>138327.32</v>
       </c>
@@ -5904,52 +6022,58 @@
       </c>
       <c r="BL13" s="72">
         <v>183588.5529299</v>
       </c>
       <c r="BM13" s="72">
         <v>183671.37205455999</v>
       </c>
       <c r="BN13" s="72">
         <v>205769.60918232999</v>
       </c>
       <c r="BO13" s="72">
         <v>197951.62718641001</v>
       </c>
       <c r="BP13" s="72">
         <v>208351.00786157002</v>
       </c>
       <c r="BQ13" s="72">
         <v>202008.30596679001</v>
       </c>
       <c r="BR13" s="72">
         <v>205706.05647122001</v>
       </c>
       <c r="BS13" s="72">
         <v>209980.57042498002</v>
       </c>
+      <c r="BT13" s="72">
+        <v>206349.56484973998</v>
+      </c>
+      <c r="BU13" s="72">
+        <v>220756.63723200001</v>
+      </c>
     </row>
-    <row r="14" spans="1:71" ht="13.8" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:73" ht="13.8" x14ac:dyDescent="0.25">
       <c r="A14" s="121"/>
       <c r="B14" s="124"/>
       <c r="C14" s="36" t="s">
         <v>69</v>
       </c>
       <c r="D14" s="23">
         <v>16710.650000000001</v>
       </c>
       <c r="E14" s="23">
         <v>16691.009999999998</v>
       </c>
       <c r="F14" s="23">
         <v>18200.53</v>
       </c>
       <c r="G14" s="42">
         <v>14422.6</v>
       </c>
       <c r="H14" s="42">
         <v>15168.09</v>
       </c>
       <c r="I14" s="42">
         <v>17348.66</v>
       </c>
       <c r="J14" s="42">
         <v>20953.830000000002</v>
@@ -6115,52 +6239,58 @@
       </c>
       <c r="BL14" s="73">
         <v>28436.11945486</v>
       </c>
       <c r="BM14" s="73">
         <v>26280.917885849998</v>
       </c>
       <c r="BN14" s="73">
         <v>29612.47888527</v>
       </c>
       <c r="BO14" s="73">
         <v>29546.14967391</v>
       </c>
       <c r="BP14" s="73">
         <v>30577.836456590001</v>
       </c>
       <c r="BQ14" s="73">
         <v>30762.307538740002</v>
       </c>
       <c r="BR14" s="73">
         <v>33125.284361340004</v>
       </c>
       <c r="BS14" s="73">
         <v>33370.885467319997</v>
       </c>
+      <c r="BT14" s="73">
+        <v>34534.500223540002</v>
+      </c>
+      <c r="BU14" s="73">
+        <v>36780.031926809999</v>
+      </c>
     </row>
-    <row r="15" spans="1:71" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="15" spans="1:73" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A15" s="121"/>
       <c r="B15" s="124"/>
       <c r="C15" s="45" t="s">
         <v>70</v>
       </c>
       <c r="D15" s="31">
         <v>114123.72</v>
       </c>
       <c r="E15" s="31">
         <v>123058.4</v>
       </c>
       <c r="F15" s="31">
         <v>128702.3</v>
       </c>
       <c r="G15" s="47">
         <v>105075.53</v>
       </c>
       <c r="H15" s="32">
         <v>111072.98</v>
       </c>
       <c r="I15" s="32">
         <v>120978.66</v>
       </c>
       <c r="J15" s="26">
         <v>134605.75</v>
@@ -6326,52 +6456,58 @@
       </c>
       <c r="BL15" s="74">
         <v>155152.43347504002</v>
       </c>
       <c r="BM15" s="74">
         <v>157390.45416870998</v>
       </c>
       <c r="BN15" s="74">
         <v>176157.13029706001</v>
       </c>
       <c r="BO15" s="74">
         <v>168405.47751249999</v>
       </c>
       <c r="BP15" s="74">
         <v>177773.17140498001</v>
       </c>
       <c r="BQ15" s="74">
         <v>171245.99842804999</v>
       </c>
       <c r="BR15" s="74">
         <v>172580.77210988</v>
       </c>
       <c r="BS15" s="74">
         <v>176609.68495766001</v>
       </c>
+      <c r="BT15" s="74">
+        <v>171815.06462620001</v>
+      </c>
+      <c r="BU15" s="74">
+        <v>183976.60530518999</v>
+      </c>
     </row>
-    <row r="16" spans="1:71" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="16" spans="1:73" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A16" s="121"/>
       <c r="B16" s="124"/>
       <c r="C16" s="36" t="s">
         <v>71</v>
       </c>
       <c r="D16" s="37">
         <v>88215.44</v>
       </c>
       <c r="E16" s="37">
         <v>93739.47</v>
       </c>
       <c r="F16" s="37">
         <v>98944.87</v>
       </c>
       <c r="G16" s="24">
         <v>80972.36</v>
       </c>
       <c r="H16" s="24">
         <v>84646.61</v>
       </c>
       <c r="I16" s="24">
         <v>92194.58</v>
       </c>
       <c r="J16" s="24">
         <v>102300.86053575001</v>
@@ -6537,52 +6673,58 @@
       </c>
       <c r="BL16" s="76">
         <v>102405.67975760001</v>
       </c>
       <c r="BM16" s="76">
         <v>102380.10985521</v>
       </c>
       <c r="BN16" s="76">
         <v>114096.4629977</v>
       </c>
       <c r="BO16" s="76">
         <v>109160.97736114</v>
       </c>
       <c r="BP16" s="76">
         <v>114010.47647892</v>
       </c>
       <c r="BQ16" s="76">
         <v>109840.93702971001</v>
       </c>
       <c r="BR16" s="76">
         <v>110451.57135516001</v>
       </c>
       <c r="BS16" s="76">
         <v>111552.77558875999</v>
       </c>
+      <c r="BT16" s="76">
+        <v>109349.58913971001</v>
+      </c>
+      <c r="BU16" s="76">
+        <v>115946.21712492</v>
+      </c>
     </row>
-    <row r="17" spans="1:71" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="17" spans="1:73" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A17" s="121"/>
       <c r="B17" s="124"/>
       <c r="C17" s="40" t="s">
         <v>72</v>
       </c>
       <c r="D17" s="41">
         <v>40679.58</v>
       </c>
       <c r="E17" s="41">
         <v>43996.44</v>
       </c>
       <c r="F17" s="41">
         <v>46419.48</v>
       </c>
       <c r="G17" s="33">
         <v>37643.629999999997</v>
       </c>
       <c r="H17" s="33">
         <v>40686.35</v>
       </c>
       <c r="I17" s="33">
         <v>45042.84</v>
       </c>
       <c r="J17" s="24">
         <v>51076.366484689999</v>
@@ -6748,52 +6890,58 @@
       </c>
       <c r="BL17" s="76">
         <v>80456.80065325</v>
       </c>
       <c r="BM17" s="76">
         <v>80590.285886960002</v>
       </c>
       <c r="BN17" s="76">
         <v>90892.301909000002</v>
       </c>
       <c r="BO17" s="76">
         <v>88024.214448949991</v>
       </c>
       <c r="BP17" s="76">
         <v>93575.864664600012</v>
       </c>
       <c r="BQ17" s="76">
         <v>91468.455705560002</v>
       </c>
       <c r="BR17" s="76">
         <v>94582.863958550006</v>
       </c>
       <c r="BS17" s="76">
         <v>97767.523103970001</v>
       </c>
+      <c r="BT17" s="76">
+        <v>96300.881797059992</v>
+      </c>
+      <c r="BU17" s="76">
+        <v>104001.49612639999</v>
+      </c>
     </row>
-    <row r="18" spans="1:71" ht="13.8" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:73" ht="13.8" x14ac:dyDescent="0.25">
       <c r="A18" s="121"/>
       <c r="B18" s="124"/>
       <c r="C18" s="40" t="s">
         <v>73</v>
       </c>
       <c r="D18" s="41">
         <v>1908.52</v>
       </c>
       <c r="E18" s="41">
         <v>1991.49</v>
       </c>
       <c r="F18" s="41">
         <v>1516.47</v>
       </c>
       <c r="G18" s="33">
         <v>842.93</v>
       </c>
       <c r="H18" s="33">
         <v>883.27</v>
       </c>
       <c r="I18" s="33">
         <v>1064.8900000000001</v>
       </c>
       <c r="J18" s="24">
         <v>2162.0991444400001</v>
@@ -6959,52 +7107,58 @@
       </c>
       <c r="BL18" s="76">
         <v>705.70064396000009</v>
       </c>
       <c r="BM18" s="76">
         <v>684.02931086000001</v>
       </c>
       <c r="BN18" s="76">
         <v>762.27032988999997</v>
       </c>
       <c r="BO18" s="76">
         <v>749.41581430999997</v>
       </c>
       <c r="BP18" s="76">
         <v>746.65616254999998</v>
       </c>
       <c r="BQ18" s="76">
         <v>680.71135477999997</v>
       </c>
       <c r="BR18" s="76">
         <v>649.97940389999997</v>
       </c>
       <c r="BS18" s="76">
         <v>639.90262294000001</v>
       </c>
+      <c r="BT18" s="76">
+        <v>680.18114119000006</v>
+      </c>
+      <c r="BU18" s="76">
+        <v>788.57388714000001</v>
+      </c>
     </row>
-    <row r="19" spans="1:71" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="19" spans="1:73" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A19" s="121"/>
       <c r="B19" s="124"/>
       <c r="C19" s="45" t="s">
         <v>74</v>
       </c>
       <c r="D19" s="46">
         <v>30.84</v>
       </c>
       <c r="E19" s="46">
         <v>22.02</v>
       </c>
       <c r="F19" s="46">
         <v>22.02</v>
       </c>
       <c r="G19" s="33">
         <v>39.21</v>
       </c>
       <c r="H19" s="33">
         <v>24.84</v>
       </c>
       <c r="I19" s="32">
         <v>25.01</v>
       </c>
       <c r="J19" s="32">
         <v>20.246121850000002</v>
@@ -7170,52 +7324,58 @@
       </c>
       <c r="BL19" s="76">
         <v>20.37187509</v>
       </c>
       <c r="BM19" s="76">
         <v>16.947001529999998</v>
       </c>
       <c r="BN19" s="76">
         <v>18.573945739999999</v>
       </c>
       <c r="BO19" s="76">
         <v>17.019562010000001</v>
       </c>
       <c r="BP19" s="76">
         <v>18.010555499999999</v>
       </c>
       <c r="BQ19" s="76">
         <v>18.201876739999999</v>
       </c>
       <c r="BR19" s="76">
         <v>21.641753609999999</v>
       </c>
       <c r="BS19" s="76">
         <v>20.369109309999999</v>
       </c>
+      <c r="BT19" s="76">
+        <v>18.91277178</v>
+      </c>
+      <c r="BU19" s="76">
+        <v>20.35009354</v>
+      </c>
     </row>
-    <row r="20" spans="1:71" ht="13.8" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:73" ht="13.8" x14ac:dyDescent="0.25">
       <c r="A20" s="121"/>
       <c r="B20" s="124"/>
       <c r="C20" s="36" t="s">
         <v>65</v>
       </c>
       <c r="D20" s="23">
         <v>115329.8</v>
       </c>
       <c r="E20" s="23">
         <v>122938.47</v>
       </c>
       <c r="F20" s="23">
         <v>129852.7</v>
       </c>
       <c r="G20" s="23">
         <v>105617.28</v>
       </c>
       <c r="H20" s="25">
         <v>111000.61</v>
       </c>
       <c r="I20" s="25">
         <v>121530.25</v>
       </c>
       <c r="J20" s="25">
         <v>137655.51914846999</v>
@@ -7381,52 +7541,58 @@
       </c>
       <c r="BL20" s="75">
         <v>146575.54470842998</v>
       </c>
       <c r="BM20" s="75">
         <v>146775.53192210998</v>
       </c>
       <c r="BN20" s="75">
         <v>163929.58576064001</v>
       </c>
       <c r="BO20" s="75">
         <v>157613.88794126999</v>
       </c>
       <c r="BP20" s="75">
         <v>165794.30961573002</v>
       </c>
       <c r="BQ20" s="75">
         <v>159385.58394623999</v>
       </c>
       <c r="BR20" s="75">
         <v>162586.43476161998</v>
       </c>
       <c r="BS20" s="75">
         <v>165466.99641766</v>
       </c>
+      <c r="BT20" s="75">
+        <v>162805.62002042</v>
+      </c>
+      <c r="BU20" s="75">
+        <v>174205.94670285998</v>
+      </c>
     </row>
-    <row r="21" spans="1:71" ht="13.8" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:73" ht="13.8" x14ac:dyDescent="0.25">
       <c r="A21" s="121"/>
       <c r="B21" s="124"/>
       <c r="C21" s="40" t="s">
         <v>66</v>
       </c>
       <c r="D21" s="41">
         <v>14460.86</v>
       </c>
       <c r="E21" s="41">
         <v>15781.46</v>
       </c>
       <c r="F21" s="41">
         <v>15925.49</v>
       </c>
       <c r="G21" s="41">
         <v>13161.15</v>
       </c>
       <c r="H21" s="42">
         <v>14466.68</v>
       </c>
       <c r="I21" s="42">
         <v>15904.48</v>
       </c>
       <c r="J21" s="42">
         <v>16844.841239879999</v>
@@ -7592,52 +7758,58 @@
       </c>
       <c r="BL21" s="76">
         <v>31431.91154049</v>
       </c>
       <c r="BM21" s="76">
         <v>31600.408528659998</v>
       </c>
       <c r="BN21" s="76">
         <v>36053.684187769999</v>
       </c>
       <c r="BO21" s="76">
         <v>35047.414865160004</v>
       </c>
       <c r="BP21" s="76">
         <v>37097.977862269996</v>
       </c>
       <c r="BQ21" s="76">
         <v>37405.556129330005</v>
       </c>
       <c r="BR21" s="76">
         <v>37751.073655449996</v>
       </c>
       <c r="BS21" s="76">
         <v>39499.596155650004</v>
       </c>
+      <c r="BT21" s="76">
+        <v>38489.450936949994</v>
+      </c>
+      <c r="BU21" s="76">
+        <v>41345.68679996</v>
+      </c>
     </row>
-    <row r="22" spans="1:71" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="22" spans="1:73" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A22" s="121"/>
       <c r="B22" s="125"/>
       <c r="C22" s="45" t="s">
         <v>67</v>
       </c>
       <c r="D22" s="31">
         <v>1043.72</v>
       </c>
       <c r="E22" s="31">
         <v>1029.48</v>
       </c>
       <c r="F22" s="31">
         <v>1124.6400000000001</v>
       </c>
       <c r="G22" s="31">
         <v>719.7</v>
       </c>
       <c r="H22" s="32">
         <v>773.78</v>
       </c>
       <c r="I22" s="32">
         <v>892.6</v>
       </c>
       <c r="J22" s="32">
         <v>1059.2118983800001</v>
@@ -7803,52 +7975,58 @@
       </c>
       <c r="BL22" s="76">
         <v>5581.0966809799993</v>
       </c>
       <c r="BM22" s="76">
         <v>5295.4316037899998</v>
       </c>
       <c r="BN22" s="76">
         <v>5786.33923392</v>
       </c>
       <c r="BO22" s="76">
         <v>5290.3243799799993</v>
       </c>
       <c r="BP22" s="76">
         <v>5458.7203835699993</v>
       </c>
       <c r="BQ22" s="76">
         <v>5217.16589122</v>
       </c>
       <c r="BR22" s="76">
         <v>5368.5480541499992</v>
       </c>
       <c r="BS22" s="76">
         <v>5013.9778516699998</v>
       </c>
+      <c r="BT22" s="76">
+        <v>5054.4938923700001</v>
+      </c>
+      <c r="BU22" s="76">
+        <v>5205.0037291799999</v>
+      </c>
     </row>
-    <row r="23" spans="1:71" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="23" spans="1:73" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A23" s="122"/>
       <c r="B23" s="126" t="s">
         <v>75</v>
       </c>
       <c r="C23" s="127"/>
       <c r="D23" s="50">
         <v>289474.82</v>
       </c>
       <c r="E23" s="50">
         <v>308037.02</v>
       </c>
       <c r="F23" s="50">
         <v>322990.94</v>
       </c>
       <c r="G23" s="18">
         <v>273580.18</v>
       </c>
       <c r="H23" s="16">
         <v>283608.95</v>
       </c>
       <c r="I23" s="17">
         <v>306719.33</v>
       </c>
       <c r="J23" s="17">
         <v>341651.79244272999</v>
@@ -8014,52 +8192,58 @@
       </c>
       <c r="BL23" s="72">
         <v>534917.18190611003</v>
       </c>
       <c r="BM23" s="72">
         <v>522451.59179490997</v>
       </c>
       <c r="BN23" s="72">
         <v>589159.99294313998</v>
       </c>
       <c r="BO23" s="72">
         <v>566928.90516565007</v>
       </c>
       <c r="BP23" s="72">
         <v>599731.06490538002</v>
       </c>
       <c r="BQ23" s="72">
         <v>586518.47683529009</v>
       </c>
       <c r="BR23" s="72">
         <v>604778.2398124499</v>
       </c>
       <c r="BS23" s="72">
         <v>614003.49877779</v>
       </c>
+      <c r="BT23" s="72">
+        <v>599113.99777240003</v>
+      </c>
+      <c r="BU23" s="72">
+        <v>630551.45327516005</v>
+      </c>
     </row>
-    <row r="24" spans="1:71" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="24" spans="1:73" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A24" s="116" t="s">
         <v>76</v>
       </c>
       <c r="B24" s="108" t="s">
         <v>4</v>
       </c>
       <c r="C24" s="49" t="s">
         <v>1</v>
       </c>
       <c r="D24" s="15">
         <v>380.38356299999998</v>
       </c>
       <c r="E24" s="15">
         <v>400.69841200000002</v>
       </c>
       <c r="F24" s="15">
         <v>402.13013899999999</v>
       </c>
       <c r="G24" s="18">
         <v>361.02922899999999</v>
       </c>
       <c r="H24" s="55">
         <v>395.474537</v>
       </c>
       <c r="I24" s="55">
@@ -8229,52 +8413,58 @@
       </c>
       <c r="BL24" s="72">
         <v>683.72793999999999</v>
       </c>
       <c r="BM24" s="72">
         <v>647.27431999999999</v>
       </c>
       <c r="BN24" s="72">
         <v>755.38533199999995</v>
       </c>
       <c r="BO24" s="72">
         <v>737.23068999999998</v>
       </c>
       <c r="BP24" s="72">
         <v>784.10102199999994</v>
       </c>
       <c r="BQ24" s="72">
         <v>771.749415</v>
       </c>
       <c r="BR24" s="72">
         <v>791.44021899999996</v>
       </c>
       <c r="BS24" s="72">
         <v>794.60367299999996</v>
       </c>
+      <c r="BT24" s="72">
+        <v>780.21547499999997</v>
+      </c>
+      <c r="BU24" s="72">
+        <v>779.15606500000001</v>
+      </c>
     </row>
-    <row r="25" spans="1:71" ht="13.8" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:73" ht="13.8" x14ac:dyDescent="0.25">
       <c r="A25" s="117"/>
       <c r="B25" s="109"/>
       <c r="C25" s="36" t="s">
         <v>69</v>
       </c>
       <c r="D25" s="37">
         <v>3.9345319999999999</v>
       </c>
       <c r="E25" s="37">
         <v>3.9650379999999998</v>
       </c>
       <c r="F25" s="37">
         <v>3.9006639999999999</v>
       </c>
       <c r="G25" s="56">
         <v>3.0656949999999998</v>
       </c>
       <c r="H25" s="38">
         <v>3.5974059999999999</v>
       </c>
       <c r="I25" s="38">
         <v>4.181</v>
       </c>
       <c r="J25" s="38">
         <v>4.6562060000000001</v>
@@ -8440,52 +8630,58 @@
       </c>
       <c r="BL25" s="75">
         <v>3.4650300000000001</v>
       </c>
       <c r="BM25" s="75">
         <v>3.2399770000000001</v>
       </c>
       <c r="BN25" s="75">
         <v>3.6945220000000001</v>
       </c>
       <c r="BO25" s="75">
         <v>3.6859950000000001</v>
       </c>
       <c r="BP25" s="75">
         <v>4.0024050000000004</v>
       </c>
       <c r="BQ25" s="75">
         <v>3.9972599999999998</v>
       </c>
       <c r="BR25" s="75">
         <v>4.1919389999999996</v>
       </c>
       <c r="BS25" s="75">
         <v>4.3060429999999998</v>
       </c>
+      <c r="BT25" s="75">
+        <v>4.233708</v>
+      </c>
+      <c r="BU25" s="75">
+        <v>4.336843</v>
+      </c>
     </row>
-    <row r="26" spans="1:71" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="26" spans="1:73" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A26" s="117"/>
       <c r="B26" s="109"/>
       <c r="C26" s="45" t="s">
         <v>70</v>
       </c>
       <c r="D26" s="46">
         <v>376.44903099999999</v>
       </c>
       <c r="E26" s="46">
         <v>396.73337400000003</v>
       </c>
       <c r="F26" s="46">
         <v>398.22947499999998</v>
       </c>
       <c r="G26" s="46">
         <v>357.96353399999998</v>
       </c>
       <c r="H26" s="33">
         <v>391.87713100000002</v>
       </c>
       <c r="I26" s="32">
         <v>416.698621</v>
       </c>
       <c r="J26" s="32">
         <v>443.361043</v>
@@ -8651,52 +8847,58 @@
       </c>
       <c r="BL26" s="77">
         <v>680.26291000000003</v>
       </c>
       <c r="BM26" s="77">
         <v>644.03434300000004</v>
       </c>
       <c r="BN26" s="77">
         <v>751.69081000000006</v>
       </c>
       <c r="BO26" s="77">
         <v>733.54469500000005</v>
       </c>
       <c r="BP26" s="77">
         <v>780.09861699999999</v>
       </c>
       <c r="BQ26" s="77">
         <v>767.75215500000002</v>
       </c>
       <c r="BR26" s="77">
         <v>787.24828000000002</v>
       </c>
       <c r="BS26" s="77">
         <v>790.29763000000003</v>
       </c>
+      <c r="BT26" s="77">
+        <v>775.98176699999999</v>
+      </c>
+      <c r="BU26" s="77">
+        <v>774.81922199999997</v>
+      </c>
     </row>
-    <row r="27" spans="1:71" ht="13.8" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:73" ht="13.8" x14ac:dyDescent="0.25">
       <c r="A27" s="117"/>
       <c r="B27" s="109"/>
       <c r="C27" s="36" t="s">
         <v>71</v>
       </c>
       <c r="D27" s="23">
         <v>251.75404700000001</v>
       </c>
       <c r="E27" s="23">
         <v>262.27346699999998</v>
       </c>
       <c r="F27" s="23">
         <v>260.97240399999998</v>
       </c>
       <c r="G27" s="23">
         <v>233.06849399999999</v>
       </c>
       <c r="H27" s="25">
         <v>253.43481</v>
       </c>
       <c r="I27" s="25">
         <v>269.29584999999997</v>
       </c>
       <c r="J27" s="25">
         <v>284.28262599999999</v>
@@ -8862,52 +9064,58 @@
       </c>
       <c r="BL27" s="75">
         <v>321.13325200000003</v>
       </c>
       <c r="BM27" s="75">
         <v>301.764792</v>
       </c>
       <c r="BN27" s="75">
         <v>345.97414400000002</v>
       </c>
       <c r="BO27" s="75">
         <v>335.08290199999999</v>
       </c>
       <c r="BP27" s="75">
         <v>354.52989600000001</v>
       </c>
       <c r="BQ27" s="75">
         <v>344.90678200000002</v>
       </c>
       <c r="BR27" s="75">
         <v>351.24527899999998</v>
       </c>
       <c r="BS27" s="75">
         <v>349.32667099999998</v>
       </c>
+      <c r="BT27" s="75">
+        <v>339.35857600000003</v>
+      </c>
+      <c r="BU27" s="75">
+        <v>337.31428299999999</v>
+      </c>
     </row>
-    <row r="28" spans="1:71" ht="13.8" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:73" ht="13.8" x14ac:dyDescent="0.25">
       <c r="A28" s="117"/>
       <c r="B28" s="109"/>
       <c r="C28" s="40" t="s">
         <v>72</v>
       </c>
       <c r="D28" s="41">
         <v>128.29587100000001</v>
       </c>
       <c r="E28" s="41">
         <v>138.094539</v>
       </c>
       <c r="F28" s="41">
         <v>140.81770599999999</v>
       </c>
       <c r="G28" s="41">
         <v>127.617108</v>
       </c>
       <c r="H28" s="42">
         <v>141.683459</v>
       </c>
       <c r="I28" s="42">
         <v>151.201008</v>
       </c>
       <c r="J28" s="42">
         <v>163.30956</v>
@@ -9073,52 +9281,58 @@
       </c>
       <c r="BL28" s="76">
         <v>361.99793099999999</v>
       </c>
       <c r="BM28" s="76">
         <v>344.92986200000001</v>
       </c>
       <c r="BN28" s="76">
         <v>408.767044</v>
       </c>
       <c r="BO28" s="76">
         <v>401.52463</v>
       </c>
       <c r="BP28" s="76">
         <v>428.94100500000002</v>
       </c>
       <c r="BQ28" s="76">
         <v>426.23838499999999</v>
       </c>
       <c r="BR28" s="76">
         <v>439.56675999999999</v>
       </c>
       <c r="BS28" s="76">
         <v>444.65426500000001</v>
       </c>
+      <c r="BT28" s="76">
+        <v>440.21811700000001</v>
+      </c>
+      <c r="BU28" s="76">
+        <v>441.12172500000003</v>
+      </c>
     </row>
-    <row r="29" spans="1:71" ht="13.8" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:73" ht="13.8" x14ac:dyDescent="0.25">
       <c r="A29" s="117"/>
       <c r="B29" s="109"/>
       <c r="C29" s="40" t="s">
         <v>73</v>
       </c>
       <c r="D29" s="41">
         <v>0.33363599999999999</v>
       </c>
       <c r="E29" s="41">
         <v>0.33038299999999998</v>
       </c>
       <c r="F29" s="41">
         <v>0.34001300000000001</v>
       </c>
       <c r="G29" s="41">
         <v>0.34361900000000001</v>
       </c>
       <c r="H29" s="42">
         <v>0.35625800000000002</v>
       </c>
       <c r="I29" s="42">
         <v>0.38275799999999999</v>
       </c>
       <c r="J29" s="26">
         <v>0.42499300000000001</v>
@@ -9284,52 +9498,58 @@
       </c>
       <c r="BL29" s="76">
         <v>0.58478699999999995</v>
       </c>
       <c r="BM29" s="76">
         <v>0.569608</v>
       </c>
       <c r="BN29" s="76">
         <v>0.63362499999999999</v>
       </c>
       <c r="BO29" s="76">
         <v>0.61235700000000004</v>
       </c>
       <c r="BP29" s="76">
         <v>0.61932500000000001</v>
       </c>
       <c r="BQ29" s="76">
         <v>0.59404199999999996</v>
       </c>
       <c r="BR29" s="76">
         <v>0.61756999999999995</v>
       </c>
       <c r="BS29" s="76">
         <v>0.61321000000000003</v>
       </c>
+      <c r="BT29" s="76">
+        <v>0.62804499999999996</v>
+      </c>
+      <c r="BU29" s="76">
+        <v>0.70969000000000004</v>
+      </c>
     </row>
-    <row r="30" spans="1:71" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="30" spans="1:73" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A30" s="117"/>
       <c r="B30" s="109"/>
       <c r="C30" s="45" t="s">
         <v>74</v>
       </c>
       <c r="D30" s="31">
         <v>9.0000000000000002E-6</v>
       </c>
       <c r="E30" s="31">
         <v>2.3E-5</v>
       </c>
       <c r="F30" s="31">
         <v>1.5999999999999999E-5</v>
       </c>
       <c r="G30" s="31">
         <v>7.9999999999999996E-6</v>
       </c>
       <c r="H30" s="32">
         <v>1.0000000000000001E-5</v>
       </c>
       <c r="I30" s="32">
         <v>5.0000000000000002E-5</v>
       </c>
       <c r="J30" s="32">
         <v>6.9999999999999994E-5</v>
@@ -9495,52 +9715,58 @@
       </c>
       <c r="BL30" s="74">
         <v>1.197E-2</v>
       </c>
       <c r="BM30" s="74">
         <v>1.0057999999999999E-2</v>
       </c>
       <c r="BN30" s="74">
         <v>1.0519000000000001E-2</v>
       </c>
       <c r="BO30" s="74">
         <v>1.0801E-2</v>
       </c>
       <c r="BP30" s="74">
         <v>1.0796E-2</v>
       </c>
       <c r="BQ30" s="74">
         <v>1.0206E-2</v>
       </c>
       <c r="BR30" s="74">
         <v>1.061E-2</v>
       </c>
       <c r="BS30" s="74">
         <v>9.5270000000000007E-3</v>
       </c>
+      <c r="BT30" s="74">
+        <v>1.0737E-2</v>
+      </c>
+      <c r="BU30" s="74">
+        <v>1.0366999999999999E-2</v>
+      </c>
     </row>
-    <row r="31" spans="1:71" ht="13.8" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:73" ht="13.8" x14ac:dyDescent="0.25">
       <c r="A31" s="117"/>
       <c r="B31" s="109"/>
       <c r="C31" s="36" t="s">
         <v>65</v>
       </c>
       <c r="D31" s="37">
         <v>214.694829</v>
       </c>
       <c r="E31" s="37">
         <v>228.31451999999999</v>
       </c>
       <c r="F31" s="37">
         <v>230.433639</v>
       </c>
       <c r="G31" s="26">
         <v>215.65253000000001</v>
       </c>
       <c r="H31" s="26">
         <v>233.36779999999999</v>
       </c>
       <c r="I31" s="24">
         <v>239.028379</v>
       </c>
       <c r="J31" s="24">
         <v>252.77123399999999</v>
@@ -9706,52 +9932,58 @@
       </c>
       <c r="BL31" s="78">
         <v>234.742178</v>
       </c>
       <c r="BM31" s="78">
         <v>223.40277499999999</v>
       </c>
       <c r="BN31" s="78">
         <v>258.33528699999999</v>
       </c>
       <c r="BO31" s="78">
         <v>250.24111300000001</v>
       </c>
       <c r="BP31" s="78">
         <v>265.153775</v>
       </c>
       <c r="BQ31" s="78">
         <v>258.34872000000001</v>
       </c>
       <c r="BR31" s="78">
         <v>262.29096199999998</v>
       </c>
       <c r="BS31" s="78">
         <v>262.32820700000002</v>
       </c>
+      <c r="BT31" s="78">
+        <v>257.73930899999999</v>
+      </c>
+      <c r="BU31" s="78">
+        <v>256.66683699999999</v>
+      </c>
     </row>
-    <row r="32" spans="1:71" ht="13.8" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:73" ht="13.8" x14ac:dyDescent="0.25">
       <c r="A32" s="117"/>
       <c r="B32" s="109"/>
       <c r="C32" s="40" t="s">
         <v>66</v>
       </c>
       <c r="D32" s="41">
         <v>147.06402700000001</v>
       </c>
       <c r="E32" s="41">
         <v>155.038532</v>
       </c>
       <c r="F32" s="41">
         <v>155.32067599999999</v>
       </c>
       <c r="G32" s="33">
         <v>132.099885</v>
       </c>
       <c r="H32" s="33">
         <v>147.19462100000001</v>
       </c>
       <c r="I32" s="33">
         <v>167.04089099999999</v>
       </c>
       <c r="J32" s="33">
         <v>179.759807</v>
@@ -9917,52 +10149,58 @@
       </c>
       <c r="BL32" s="76">
         <v>388.19027599999998</v>
       </c>
       <c r="BM32" s="76">
         <v>368.14919400000002</v>
       </c>
       <c r="BN32" s="76">
         <v>431.92168299999997</v>
       </c>
       <c r="BO32" s="76">
         <v>426.10438099999999</v>
       </c>
       <c r="BP32" s="76">
         <v>454.23952600000001</v>
       </c>
       <c r="BQ32" s="76">
         <v>447.54976199999999</v>
       </c>
       <c r="BR32" s="76">
         <v>459.62154800000002</v>
       </c>
       <c r="BS32" s="76">
         <v>463.48649599999999</v>
       </c>
+      <c r="BT32" s="76">
+        <v>455.12181299999997</v>
+      </c>
+      <c r="BU32" s="76">
+        <v>451.88360899999998</v>
+      </c>
     </row>
-    <row r="33" spans="1:71" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="33" spans="1:73" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A33" s="117"/>
       <c r="B33" s="110"/>
       <c r="C33" s="45" t="s">
         <v>67</v>
       </c>
       <c r="D33" s="46">
         <v>18.624707000000001</v>
       </c>
       <c r="E33" s="46">
         <v>17.345359999999999</v>
       </c>
       <c r="F33" s="46">
         <v>16.375824000000001</v>
       </c>
       <c r="G33" s="33">
         <v>13.276814</v>
       </c>
       <c r="H33" s="33">
         <v>14.912115999999999</v>
       </c>
       <c r="I33" s="32">
         <v>14.810351000000001</v>
       </c>
       <c r="J33" s="32">
         <v>15.486208</v>
@@ -10128,52 +10366,58 @@
       </c>
       <c r="BL33" s="79">
         <v>60.795485999999997</v>
       </c>
       <c r="BM33" s="79">
         <v>55.722351000000003</v>
       </c>
       <c r="BN33" s="79">
         <v>65.128361999999996</v>
       </c>
       <c r="BO33" s="79">
         <v>60.885196000000001</v>
       </c>
       <c r="BP33" s="79">
         <v>64.707721000000006</v>
       </c>
       <c r="BQ33" s="79">
         <v>65.850932999999998</v>
       </c>
       <c r="BR33" s="79">
         <v>69.527709000000002</v>
       </c>
       <c r="BS33" s="79">
         <v>68.788970000000006</v>
       </c>
+      <c r="BT33" s="79">
+        <v>67.354353000000003</v>
+      </c>
+      <c r="BU33" s="79">
+        <v>70.605619000000004</v>
+      </c>
     </row>
-    <row r="34" spans="1:71" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="34" spans="1:73" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A34" s="117"/>
       <c r="B34" s="111" t="s">
         <v>0</v>
       </c>
       <c r="C34" s="49" t="s">
         <v>1</v>
       </c>
       <c r="D34" s="65">
         <v>66.143376000000004</v>
       </c>
       <c r="E34" s="15">
         <v>69.874522999999996</v>
       </c>
       <c r="F34" s="15">
         <v>66.106234000000001</v>
       </c>
       <c r="G34" s="17">
         <v>53.556745999999997</v>
       </c>
       <c r="H34" s="18">
         <v>60.004168999999997</v>
       </c>
       <c r="I34" s="18">
         <v>66.607716999999994</v>
       </c>
@@ -10341,52 +10585,58 @@
       </c>
       <c r="BL34" s="72">
         <v>33.927110999999996</v>
       </c>
       <c r="BM34" s="72">
         <v>32.994283000000003</v>
       </c>
       <c r="BN34" s="72">
         <v>38.013708999999999</v>
       </c>
       <c r="BO34" s="72">
         <v>36.655785999999999</v>
       </c>
       <c r="BP34" s="72">
         <v>38.376534999999997</v>
       </c>
       <c r="BQ34" s="72">
         <v>36.743164</v>
       </c>
       <c r="BR34" s="72">
         <v>36.113124999999997</v>
       </c>
       <c r="BS34" s="72">
         <v>36.144354</v>
       </c>
+      <c r="BT34" s="72">
+        <v>34.675587999999998</v>
+      </c>
+      <c r="BU34" s="72">
+        <v>35.604312</v>
+      </c>
     </row>
-    <row r="35" spans="1:71" ht="13.8" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:73" ht="13.8" x14ac:dyDescent="0.25">
       <c r="A35" s="117"/>
       <c r="B35" s="112"/>
       <c r="C35" s="36" t="s">
         <v>69</v>
       </c>
       <c r="D35" s="66">
         <v>1.6168709999999999</v>
       </c>
       <c r="E35" s="37">
         <v>1.664871</v>
       </c>
       <c r="F35" s="37">
         <v>1.736985</v>
       </c>
       <c r="G35" s="25">
         <v>1.39262</v>
       </c>
       <c r="H35" s="24">
         <v>1.516081</v>
       </c>
       <c r="I35" s="24">
         <v>1.702426</v>
       </c>
       <c r="J35" s="26">
         <v>1.918426</v>
@@ -10552,52 +10802,58 @@
       </c>
       <c r="BL35" s="73">
         <v>1.3838539999999999</v>
       </c>
       <c r="BM35" s="73">
         <v>1.3125690000000001</v>
       </c>
       <c r="BN35" s="73">
         <v>1.5046820000000001</v>
       </c>
       <c r="BO35" s="73">
         <v>1.4859709999999999</v>
       </c>
       <c r="BP35" s="73">
         <v>1.5673589999999999</v>
       </c>
       <c r="BQ35" s="73">
         <v>1.5408729999999999</v>
       </c>
       <c r="BR35" s="73">
         <v>1.618188</v>
       </c>
       <c r="BS35" s="73">
         <v>1.626153</v>
       </c>
+      <c r="BT35" s="73">
+        <v>1.626212</v>
+      </c>
+      <c r="BU35" s="73">
+        <v>1.7019</v>
+      </c>
     </row>
-    <row r="36" spans="1:71" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="36" spans="1:73" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A36" s="117"/>
       <c r="B36" s="112"/>
       <c r="C36" s="45" t="s">
         <v>70</v>
       </c>
       <c r="D36" s="67">
         <v>64.526505</v>
       </c>
       <c r="E36" s="46">
         <v>68.209652000000006</v>
       </c>
       <c r="F36" s="46">
         <v>64.369248999999996</v>
       </c>
       <c r="G36" s="32">
         <v>52.164126000000003</v>
       </c>
       <c r="H36" s="32">
         <v>58.488087999999998</v>
       </c>
       <c r="I36" s="32">
         <v>64.905291000000005</v>
       </c>
       <c r="J36" s="26">
         <v>67.895313000000002</v>
@@ -10763,52 +11019,58 @@
       </c>
       <c r="BL36" s="74">
         <v>32.543256999999997</v>
       </c>
       <c r="BM36" s="74">
         <v>31.681713999999999</v>
       </c>
       <c r="BN36" s="74">
         <v>36.509027000000003</v>
       </c>
       <c r="BO36" s="74">
         <v>35.169815</v>
       </c>
       <c r="BP36" s="74">
         <v>36.809176000000001</v>
       </c>
       <c r="BQ36" s="74">
         <v>35.202291000000002</v>
       </c>
       <c r="BR36" s="74">
         <v>34.494937</v>
       </c>
       <c r="BS36" s="74">
         <v>34.518200999999998</v>
       </c>
+      <c r="BT36" s="74">
+        <v>33.049376000000002</v>
+      </c>
+      <c r="BU36" s="74">
+        <v>33.902411999999998</v>
+      </c>
     </row>
-    <row r="37" spans="1:71" ht="13.8" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:73" ht="13.8" x14ac:dyDescent="0.25">
       <c r="A37" s="117"/>
       <c r="B37" s="112"/>
       <c r="C37" s="36" t="s">
         <v>71</v>
       </c>
       <c r="D37" s="23">
         <v>44.766373000000002</v>
       </c>
       <c r="E37" s="23">
         <v>46.852153000000001</v>
       </c>
       <c r="F37" s="23">
         <v>44.416443000000001</v>
       </c>
       <c r="G37" s="37">
         <v>36.193246000000002</v>
       </c>
       <c r="H37" s="25">
         <v>39.960672000000002</v>
       </c>
       <c r="I37" s="25">
         <v>44.232951999999997</v>
       </c>
       <c r="J37" s="25">
         <v>45.938864000000002</v>
@@ -10974,52 +11236,58 @@
       </c>
       <c r="BL37" s="75">
         <v>19.011617999999999</v>
       </c>
       <c r="BM37" s="75">
         <v>18.507062000000001</v>
       </c>
       <c r="BN37" s="75">
         <v>21.222355</v>
       </c>
       <c r="BO37" s="75">
         <v>20.411183999999999</v>
       </c>
       <c r="BP37" s="75">
         <v>21.288150000000002</v>
       </c>
       <c r="BQ37" s="75">
         <v>20.242229999999999</v>
       </c>
       <c r="BR37" s="75">
         <v>19.726174</v>
       </c>
       <c r="BS37" s="75">
         <v>19.640632</v>
       </c>
+      <c r="BT37" s="75">
+        <v>18.803722</v>
+      </c>
+      <c r="BU37" s="75">
+        <v>19.219145999999999</v>
+      </c>
     </row>
-    <row r="38" spans="1:71" ht="13.8" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:73" ht="13.8" x14ac:dyDescent="0.25">
       <c r="A38" s="117"/>
       <c r="B38" s="112"/>
       <c r="C38" s="40" t="s">
         <v>72</v>
       </c>
       <c r="D38" s="41">
         <v>20.761627000000001</v>
       </c>
       <c r="E38" s="41">
         <v>22.397994000000001</v>
       </c>
       <c r="F38" s="41">
         <v>21.197607999999999</v>
       </c>
       <c r="G38" s="41">
         <v>17.019469999999998</v>
       </c>
       <c r="H38" s="42">
         <v>19.722781000000001</v>
       </c>
       <c r="I38" s="42">
         <v>22.014168000000002</v>
       </c>
       <c r="J38" s="42">
         <v>23.33333</v>
@@ -11185,52 +11453,58 @@
       </c>
       <c r="BL38" s="76">
         <v>14.753560999999999</v>
       </c>
       <c r="BM38" s="76">
         <v>14.333183999999999</v>
       </c>
       <c r="BN38" s="76">
         <v>16.622115999999998</v>
       </c>
       <c r="BO38" s="76">
         <v>16.080158000000001</v>
       </c>
       <c r="BP38" s="76">
         <v>16.921018</v>
       </c>
       <c r="BQ38" s="76">
         <v>16.344382</v>
       </c>
       <c r="BR38" s="76">
         <v>16.237748</v>
       </c>
       <c r="BS38" s="76">
         <v>16.357544999999998</v>
       </c>
+      <c r="BT38" s="76">
+        <v>15.725372999999999</v>
+      </c>
+      <c r="BU38" s="76">
+        <v>16.225467999999999</v>
+      </c>
     </row>
-    <row r="39" spans="1:71" ht="13.8" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:73" ht="13.8" x14ac:dyDescent="0.25">
       <c r="A39" s="117"/>
       <c r="B39" s="112"/>
       <c r="C39" s="40" t="s">
         <v>73</v>
       </c>
       <c r="D39" s="41">
         <v>0.60447899999999999</v>
       </c>
       <c r="E39" s="41">
         <v>0.61477599999999999</v>
       </c>
       <c r="F39" s="41">
         <v>0.48258299999999998</v>
       </c>
       <c r="G39" s="41">
         <v>0.33410400000000001</v>
       </c>
       <c r="H39" s="42">
         <v>0.31189800000000001</v>
       </c>
       <c r="I39" s="42">
         <v>0.35066399999999998</v>
       </c>
       <c r="J39" s="26">
         <v>0.53020999999999996</v>
@@ -11396,52 +11670,58 @@
       </c>
       <c r="BL39" s="76">
         <v>0.156582</v>
       </c>
       <c r="BM39" s="76">
         <v>0.14974199999999999</v>
       </c>
       <c r="BN39" s="76">
         <v>0.16504099999999999</v>
       </c>
       <c r="BO39" s="76">
         <v>0.16020100000000001</v>
       </c>
       <c r="BP39" s="76">
         <v>0.163026</v>
       </c>
       <c r="BQ39" s="76">
         <v>0.15253700000000001</v>
       </c>
       <c r="BR39" s="76">
         <v>0.14533199999999999</v>
       </c>
       <c r="BS39" s="76">
         <v>0.14235</v>
       </c>
+      <c r="BT39" s="76">
+        <v>0.14294000000000001</v>
+      </c>
+      <c r="BU39" s="76">
+        <v>0.155971</v>
+      </c>
     </row>
-    <row r="40" spans="1:71" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="40" spans="1:73" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A40" s="117"/>
       <c r="B40" s="112"/>
       <c r="C40" s="45" t="s">
         <v>74</v>
       </c>
       <c r="D40" s="31">
         <v>1.0897E-2</v>
       </c>
       <c r="E40" s="31">
         <v>9.5999999999999992E-3</v>
       </c>
       <c r="F40" s="31">
         <v>9.5999999999999992E-3</v>
       </c>
       <c r="G40" s="31">
         <v>9.9260000000000008E-3</v>
       </c>
       <c r="H40" s="32">
         <v>8.8179999999999994E-3</v>
       </c>
       <c r="I40" s="32">
         <v>9.9330000000000009E-3</v>
       </c>
       <c r="J40" s="32">
         <v>1.1335E-2</v>
@@ -11607,52 +11887,58 @@
       </c>
       <c r="BL40" s="74">
         <v>5.3499999999999997E-3</v>
       </c>
       <c r="BM40" s="74">
         <v>4.2950000000000002E-3</v>
       </c>
       <c r="BN40" s="74">
         <v>4.1970000000000002E-3</v>
       </c>
       <c r="BO40" s="74">
         <v>4.2430000000000002E-3</v>
       </c>
       <c r="BP40" s="74">
         <v>4.3410000000000002E-3</v>
       </c>
       <c r="BQ40" s="74">
         <v>4.0150000000000003E-3</v>
       </c>
       <c r="BR40" s="74">
         <v>3.8709999999999999E-3</v>
       </c>
       <c r="BS40" s="74">
         <v>3.8270000000000001E-3</v>
       </c>
+      <c r="BT40" s="74">
+        <v>3.5530000000000002E-3</v>
+      </c>
+      <c r="BU40" s="74">
+        <v>3.7269999999999998E-3</v>
+      </c>
     </row>
-    <row r="41" spans="1:71" ht="13.8" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:73" ht="13.8" x14ac:dyDescent="0.25">
       <c r="A41" s="117"/>
       <c r="B41" s="112"/>
       <c r="C41" s="36" t="s">
         <v>65</v>
       </c>
       <c r="D41" s="37">
         <v>44.520254000000001</v>
       </c>
       <c r="E41" s="37">
         <v>47.322806</v>
       </c>
       <c r="F41" s="37">
         <v>44.314103000000003</v>
       </c>
       <c r="G41" s="26">
         <v>36.403021000000003</v>
       </c>
       <c r="H41" s="24">
         <v>40.562145999999998</v>
       </c>
       <c r="I41" s="24">
         <v>44.397278999999997</v>
       </c>
       <c r="J41" s="24">
         <v>46.663693000000002</v>
@@ -11818,52 +12104,58 @@
       </c>
       <c r="BL41" s="78">
         <v>23.910702000000001</v>
       </c>
       <c r="BM41" s="78">
         <v>23.232790000000001</v>
       </c>
       <c r="BN41" s="78">
         <v>26.742557999999999</v>
       </c>
       <c r="BO41" s="78">
         <v>25.712264000000001</v>
       </c>
       <c r="BP41" s="78">
         <v>26.877780000000001</v>
       </c>
       <c r="BQ41" s="78">
         <v>25.444261999999998</v>
       </c>
       <c r="BR41" s="78">
         <v>24.927745999999999</v>
       </c>
       <c r="BS41" s="78">
         <v>24.887521</v>
       </c>
+      <c r="BT41" s="78">
+        <v>23.877704000000001</v>
+      </c>
+      <c r="BU41" s="78">
+        <v>24.552793999999999</v>
+      </c>
     </row>
-    <row r="42" spans="1:71" ht="13.8" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:73" ht="13.8" x14ac:dyDescent="0.25">
       <c r="A42" s="117"/>
       <c r="B42" s="112"/>
       <c r="C42" s="40" t="s">
         <v>66</v>
       </c>
       <c r="D42" s="41">
         <v>21.393208999999999</v>
       </c>
       <c r="E42" s="41">
         <v>22.305717000000001</v>
       </c>
       <c r="F42" s="41">
         <v>21.571446999999999</v>
       </c>
       <c r="G42" s="33">
         <v>17.02412</v>
       </c>
       <c r="H42" s="33">
         <v>19.296054999999999</v>
       </c>
       <c r="I42" s="33">
         <v>22.049271000000001</v>
       </c>
       <c r="J42" s="33">
         <v>22.964079000000002</v>
@@ -12029,52 +12321,58 @@
       </c>
       <c r="BL42" s="76">
         <v>9.3732050000000005</v>
       </c>
       <c r="BM42" s="76">
         <v>9.1567600000000002</v>
       </c>
       <c r="BN42" s="76">
         <v>10.610099</v>
       </c>
       <c r="BO42" s="76">
         <v>10.338001999999999</v>
       </c>
       <c r="BP42" s="76">
         <v>10.882858000000001</v>
       </c>
       <c r="BQ42" s="76">
         <v>10.700176000000001</v>
       </c>
       <c r="BR42" s="76">
         <v>10.579564</v>
       </c>
       <c r="BS42" s="76">
         <v>10.679233</v>
       </c>
+      <c r="BT42" s="76">
+        <v>10.224893</v>
+      </c>
+      <c r="BU42" s="76">
+        <v>10.472045</v>
+      </c>
     </row>
-    <row r="43" spans="1:71" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="43" spans="1:73" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A43" s="117"/>
       <c r="B43" s="113"/>
       <c r="C43" s="45" t="s">
         <v>67</v>
       </c>
       <c r="D43" s="46">
         <v>0.23991299999999999</v>
       </c>
       <c r="E43" s="46">
         <v>0.246</v>
       </c>
       <c r="F43" s="46">
         <v>0.22068399999999999</v>
       </c>
       <c r="G43" s="33">
         <v>0.129605</v>
       </c>
       <c r="H43" s="33">
         <v>0.14596799999999999</v>
       </c>
       <c r="I43" s="33">
         <v>0.161167</v>
       </c>
       <c r="J43" s="33">
         <v>0.18596699999999999</v>
@@ -12240,52 +12538,58 @@
       </c>
       <c r="BL43" s="74">
         <v>0.643204</v>
       </c>
       <c r="BM43" s="74">
         <v>0.60473299999999997</v>
       </c>
       <c r="BN43" s="74">
         <v>0.66105199999999997</v>
       </c>
       <c r="BO43" s="74">
         <v>0.60551999999999995</v>
       </c>
       <c r="BP43" s="74">
         <v>0.61589700000000003</v>
       </c>
       <c r="BQ43" s="74">
         <v>0.59872599999999998</v>
       </c>
       <c r="BR43" s="74">
         <v>0.60581499999999999</v>
       </c>
       <c r="BS43" s="74">
         <v>0.5776</v>
       </c>
+      <c r="BT43" s="74">
+        <v>0.57299100000000003</v>
+      </c>
+      <c r="BU43" s="74">
+        <v>0.57947300000000002</v>
+      </c>
     </row>
-    <row r="44" spans="1:71" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="44" spans="1:73" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A44" s="118"/>
       <c r="B44" s="114" t="s">
         <v>90</v>
       </c>
       <c r="C44" s="115"/>
       <c r="D44" s="15">
         <v>446.52693900000003</v>
       </c>
       <c r="E44" s="15">
         <v>470.57293499999997</v>
       </c>
       <c r="F44" s="15">
         <v>468.23637300000001</v>
       </c>
       <c r="G44" s="18">
         <v>414.58597500000002</v>
       </c>
       <c r="H44" s="18">
         <v>455.47870599999999</v>
       </c>
       <c r="I44" s="18">
         <v>487.48733800000002</v>
       </c>
       <c r="J44" s="18">
         <v>517.83098800000005</v>
@@ -12451,196 +12755,202 @@
       </c>
       <c r="BL44" s="72">
         <v>717.65505099999996</v>
       </c>
       <c r="BM44" s="72">
         <v>680.26860299999998</v>
       </c>
       <c r="BN44" s="72">
         <v>793.39904100000001</v>
       </c>
       <c r="BO44" s="72">
         <v>773.88647600000002</v>
       </c>
       <c r="BP44" s="72">
         <v>822.47755700000005</v>
       </c>
       <c r="BQ44" s="72">
         <v>808.49257899999998</v>
       </c>
       <c r="BR44" s="72">
         <v>827.55334400000004</v>
       </c>
       <c r="BS44" s="72">
         <v>830.74802699999998</v>
       </c>
+      <c r="BT44" s="72">
+        <v>814.89106300000003</v>
+      </c>
+      <c r="BU44" s="72">
+        <v>814.76037699999995</v>
+      </c>
     </row>
-    <row r="46" spans="1:71" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:73" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A46" s="107" t="s">
         <v>60</v>
       </c>
       <c r="B46" s="107"/>
       <c r="C46" s="107"/>
       <c r="D46" s="107"/>
       <c r="E46" s="107"/>
       <c r="F46" s="107"/>
       <c r="G46" s="107"/>
       <c r="H46" s="107"/>
       <c r="I46" s="107"/>
       <c r="J46" s="107"/>
       <c r="K46" s="107"/>
     </row>
-    <row r="47" spans="1:71" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:73" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A47" s="104" t="s">
         <v>41</v>
       </c>
       <c r="B47" s="104"/>
       <c r="C47" s="104"/>
       <c r="D47" s="104"/>
       <c r="E47" s="104"/>
       <c r="F47" s="104"/>
       <c r="G47" s="104"/>
       <c r="H47" s="104"/>
       <c r="I47" s="104"/>
       <c r="J47" s="104"/>
       <c r="K47" s="104"/>
     </row>
-    <row r="48" spans="1:71" ht="49.8" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:73" ht="49.8" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A48" s="103" t="s">
         <v>55</v>
       </c>
       <c r="B48" s="103"/>
       <c r="C48" s="103"/>
       <c r="D48" s="103"/>
       <c r="E48" s="103"/>
       <c r="F48" s="103"/>
       <c r="G48" s="103"/>
       <c r="H48" s="103"/>
       <c r="I48" s="103"/>
       <c r="J48" s="103"/>
       <c r="K48" s="103"/>
       <c r="AU48" s="8"/>
       <c r="AV48" s="8"/>
     </row>
   </sheetData>
   <mergeCells count="13">
     <mergeCell ref="A48:K48"/>
     <mergeCell ref="A47:K47"/>
     <mergeCell ref="A1:Y1"/>
     <mergeCell ref="A46:K46"/>
     <mergeCell ref="B24:B33"/>
     <mergeCell ref="B34:B43"/>
     <mergeCell ref="B44:C44"/>
     <mergeCell ref="A24:A44"/>
     <mergeCell ref="A2:C2"/>
     <mergeCell ref="A3:A23"/>
     <mergeCell ref="B3:B12"/>
     <mergeCell ref="B13:B22"/>
     <mergeCell ref="B23:C23"/>
   </mergeCells>
   <phoneticPr fontId="1" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="71" orientation="landscape" horizontalDpi="4294967293" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:AF44"/>
+  <dimension ref="A1:AH44"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane xSplit="3" ySplit="2" topLeftCell="AA3" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="D1" sqref="D1"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
-      <selection pane="bottomRight" activeCell="AH14" sqref="AH14"/>
+      <selection pane="bottomRight" activeCell="AH2" sqref="AH2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.8" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="4.109375" style="81" customWidth="1"/>
     <col min="2" max="2" width="15.44140625" style="81" customWidth="1"/>
     <col min="3" max="3" width="51.109375" style="81" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="14.109375" style="81" customWidth="1"/>
     <col min="5" max="5" width="14.44140625" style="81" customWidth="1"/>
     <col min="6" max="6" width="17.5546875" style="81" customWidth="1"/>
     <col min="7" max="7" width="14.21875" style="81" customWidth="1"/>
     <col min="8" max="8" width="15.21875" style="81" customWidth="1"/>
     <col min="9" max="9" width="20.6640625" style="81" customWidth="1"/>
     <col min="10" max="10" width="19.88671875" style="81" customWidth="1"/>
     <col min="11" max="11" width="19" style="81" customWidth="1"/>
     <col min="12" max="12" width="16.21875" style="81" customWidth="1"/>
     <col min="13" max="13" width="17.21875" style="81" customWidth="1"/>
     <col min="14" max="14" width="15.88671875" style="81" customWidth="1"/>
     <col min="15" max="15" width="17.6640625" style="81" customWidth="1"/>
     <col min="16" max="16" width="18.21875" style="81" customWidth="1"/>
     <col min="17" max="17" width="16.6640625" style="81" customWidth="1"/>
     <col min="18" max="18" width="17.33203125" style="81" customWidth="1"/>
     <col min="19" max="19" width="17.109375" style="81" customWidth="1"/>
     <col min="20" max="20" width="17.21875" style="81" customWidth="1"/>
     <col min="21" max="21" width="16.6640625" style="81" customWidth="1"/>
     <col min="22" max="22" width="15.5546875" style="81" customWidth="1"/>
     <col min="23" max="23" width="15.6640625" style="81" customWidth="1"/>
     <col min="24" max="24" width="17.109375" style="81" customWidth="1"/>
     <col min="25" max="25" width="13.5546875" style="92" customWidth="1"/>
     <col min="26" max="26" width="17.77734375" style="92" customWidth="1"/>
-    <col min="27" max="32" width="16.109375" style="92" bestFit="1" customWidth="1"/>
-    <col min="33" max="16384" width="8.88671875" style="81"/>
+    <col min="27" max="34" width="16.109375" style="92" bestFit="1" customWidth="1"/>
+    <col min="35" max="16384" width="8.88671875" style="81"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:32" ht="22.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:34" ht="22.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="C1" s="82"/>
       <c r="D1" s="128" t="s">
         <v>97</v>
       </c>
       <c r="E1" s="128"/>
       <c r="F1" s="128"/>
       <c r="G1" s="128"/>
       <c r="H1" s="128"/>
       <c r="I1" s="128"/>
       <c r="J1" s="128"/>
       <c r="K1" s="128"/>
       <c r="L1" s="128"/>
       <c r="M1" s="128"/>
       <c r="N1" s="128"/>
       <c r="O1" s="128"/>
       <c r="P1" s="128"/>
       <c r="Q1" s="128"/>
       <c r="R1" s="128"/>
       <c r="S1" s="128"/>
       <c r="T1" s="128"/>
       <c r="U1" s="128"/>
       <c r="V1" s="128"/>
       <c r="W1" s="128"/>
       <c r="X1" s="128"/>
       <c r="Y1" s="128"/>
       <c r="Z1" s="128"/>
       <c r="AA1" s="128"/>
       <c r="AB1" s="128"/>
       <c r="AC1" s="128"/>
       <c r="AD1" s="128"/>
     </row>
-    <row r="2" spans="1:32" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:34" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A2" s="136" t="s">
         <v>2</v>
       </c>
       <c r="B2" s="137"/>
       <c r="C2" s="138"/>
       <c r="D2" s="96" t="s">
         <v>106</v>
       </c>
       <c r="E2" s="96" t="s">
         <v>56</v>
       </c>
       <c r="F2" s="96" t="s">
         <v>57</v>
       </c>
       <c r="G2" s="13" t="s">
         <v>58</v>
       </c>
       <c r="H2" s="13" t="s">
         <v>59</v>
       </c>
       <c r="I2" s="12" t="s">
         <v>61</v>
       </c>
       <c r="J2" s="13" t="s">
         <v>62</v>
@@ -12689,52 +12999,58 @@
       </c>
       <c r="Y2" s="80" t="s">
         <v>89</v>
       </c>
       <c r="Z2" s="96" t="s">
         <v>101</v>
       </c>
       <c r="AA2" s="96" t="s">
         <v>102</v>
       </c>
       <c r="AB2" s="96" t="s">
         <v>103</v>
       </c>
       <c r="AC2" s="96" t="s">
         <v>104</v>
       </c>
       <c r="AD2" s="96" t="s">
         <v>105</v>
       </c>
       <c r="AE2" s="96" t="s">
         <v>107</v>
       </c>
       <c r="AF2" s="96" t="s">
         <v>108</v>
       </c>
+      <c r="AG2" s="96" t="s">
+        <v>109</v>
+      </c>
+      <c r="AH2" s="96" t="s">
+        <v>110</v>
+      </c>
     </row>
-    <row r="3" spans="1:32" ht="13.8" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:34" ht="13.8" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="133" t="s">
         <v>3</v>
       </c>
       <c r="B3" s="129" t="s">
         <v>95</v>
       </c>
       <c r="C3" s="83" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="84">
         <v>228742.71789706001</v>
       </c>
       <c r="E3" s="84">
         <v>245645.67949697</v>
       </c>
       <c r="F3" s="84">
         <v>241673.90089888001</v>
       </c>
       <c r="G3" s="84">
         <v>251443.19181858998</v>
       </c>
       <c r="H3" s="84">
         <v>259051.80410042001</v>
       </c>
       <c r="I3" s="84">
@@ -12787,52 +13103,58 @@
       </c>
       <c r="Y3" s="84">
         <v>303814.84454332996</v>
       </c>
       <c r="Z3" s="84">
         <v>295416.71420479001</v>
       </c>
       <c r="AA3" s="84">
         <v>333007.09456445003</v>
       </c>
       <c r="AB3" s="84">
         <v>320381.96616678004</v>
       </c>
       <c r="AC3" s="84">
         <v>338819.73405418999</v>
       </c>
       <c r="AD3" s="84">
         <v>330139.43511528004</v>
       </c>
       <c r="AE3" s="84">
         <v>339952.24936291005</v>
       </c>
       <c r="AF3" s="84">
         <v>346399.49018473999</v>
       </c>
+      <c r="AG3" s="84">
+        <v>336688.30553946999</v>
+      </c>
+      <c r="AH3" s="84">
+        <v>351915.63393965003</v>
+      </c>
     </row>
-    <row r="4" spans="1:32" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A4" s="134"/>
       <c r="B4" s="130"/>
       <c r="C4" s="85" t="s">
         <v>92</v>
       </c>
       <c r="D4" s="90">
         <v>104678.62558580999</v>
       </c>
       <c r="E4" s="90">
         <v>112601.32786434</v>
       </c>
       <c r="F4" s="90">
         <v>112138.68586180999</v>
       </c>
       <c r="G4" s="90">
         <v>118182.58655535999</v>
       </c>
       <c r="H4" s="90">
         <v>121480.69410501998</v>
       </c>
       <c r="I4" s="90">
         <v>120525.73244252001</v>
       </c>
       <c r="J4" s="90">
         <v>125047.36515813999</v>
@@ -12881,52 +13203,58 @@
       </c>
       <c r="Y4" s="86">
         <v>148457.99960585998</v>
       </c>
       <c r="Z4" s="86">
         <v>144164.74231772998</v>
       </c>
       <c r="AA4" s="86">
         <v>168702.04911764001</v>
       </c>
       <c r="AB4" s="86">
         <v>163519.59757845002</v>
       </c>
       <c r="AC4" s="86">
         <v>174087.41275166001</v>
       </c>
       <c r="AD4" s="86">
         <v>175359.68143016001</v>
       </c>
       <c r="AE4" s="86">
         <v>179621.80602240001</v>
       </c>
       <c r="AF4" s="86">
         <v>185371.13739982</v>
       </c>
+      <c r="AG4" s="86">
+        <v>177201.83415616999</v>
+      </c>
+      <c r="AH4" s="86">
+        <v>184271.66904728001</v>
+      </c>
     </row>
-    <row r="5" spans="1:32" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A5" s="134"/>
       <c r="B5" s="130"/>
       <c r="C5" s="85" t="s">
         <v>91</v>
       </c>
       <c r="D5" s="90">
         <v>22523.331807639999</v>
       </c>
       <c r="E5" s="90">
         <v>22526.882829499998</v>
       </c>
       <c r="F5" s="90">
         <v>22232.978215510004</v>
       </c>
       <c r="G5" s="90">
         <v>23468.667883710001</v>
       </c>
       <c r="H5" s="90">
         <v>23244.757061959997</v>
       </c>
       <c r="I5" s="90">
         <v>23550.129918679999</v>
       </c>
       <c r="J5" s="90">
         <v>24373.745764679999</v>
@@ -12975,52 +13303,58 @@
       </c>
       <c r="Y5" s="87">
         <v>33243.112117500001</v>
       </c>
       <c r="Z5" s="87">
         <v>30615.166988339999</v>
       </c>
       <c r="AA5" s="87">
         <v>34560.304062180003</v>
       </c>
       <c r="AB5" s="87">
         <v>32264.484850599998</v>
       </c>
       <c r="AC5" s="87">
         <v>34681.754634369994</v>
       </c>
       <c r="AD5" s="87">
         <v>33998.628417380001</v>
       </c>
       <c r="AE5" s="87">
         <v>35887.804686279997</v>
       </c>
       <c r="AF5" s="87">
         <v>35646.643862900004</v>
       </c>
+      <c r="AG5" s="87">
+        <v>34538.169607609998</v>
+      </c>
+      <c r="AH5" s="87">
+        <v>36905.457983480002</v>
+      </c>
     </row>
-    <row r="6" spans="1:32" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A6" s="134"/>
       <c r="B6" s="130"/>
       <c r="C6" s="85" t="s">
         <v>93</v>
       </c>
       <c r="D6" s="90">
         <v>85732.744792149999</v>
       </c>
       <c r="E6" s="90">
         <v>91490.941647230007</v>
       </c>
       <c r="F6" s="90">
         <v>88606.569015219997</v>
       </c>
       <c r="G6" s="90">
         <v>89366.325000869998</v>
       </c>
       <c r="H6" s="90">
         <v>93308.678415779999</v>
       </c>
       <c r="I6" s="90">
         <v>95332.072642960004</v>
       </c>
       <c r="J6" s="90">
         <v>98795.490675429988</v>
@@ -13069,52 +13403,58 @@
       </c>
       <c r="Y6" s="87">
         <v>97139.054695059996</v>
       </c>
       <c r="Z6" s="87">
         <v>97145.137754879994</v>
       </c>
       <c r="AA6" s="87">
         <v>105275.36560049</v>
       </c>
       <c r="AB6" s="87">
         <v>101489.0945048</v>
       </c>
       <c r="AC6" s="87">
         <v>105749.58692363001</v>
       </c>
       <c r="AD6" s="87">
         <v>97674.839368770001</v>
       </c>
       <c r="AE6" s="87">
         <v>100070.10237438</v>
       </c>
       <c r="AF6" s="87">
         <v>100163.47159218001</v>
       </c>
+      <c r="AG6" s="87">
+        <v>99531.012098410007</v>
+      </c>
+      <c r="AH6" s="87">
+        <v>104873.30629418</v>
+      </c>
     </row>
-    <row r="7" spans="1:32" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A7" s="134"/>
       <c r="B7" s="130"/>
       <c r="C7" s="85" t="s">
         <v>94</v>
       </c>
       <c r="D7" s="90">
         <v>7970.4762699299999</v>
       </c>
       <c r="E7" s="90">
         <v>9673.6774852399994</v>
       </c>
       <c r="F7" s="90">
         <v>9431.9542538700007</v>
       </c>
       <c r="G7" s="90">
         <v>10220.805976849999</v>
       </c>
       <c r="H7" s="90">
         <v>10134.984612290002</v>
       </c>
       <c r="I7" s="90">
         <v>9974.0560193700003</v>
       </c>
       <c r="J7" s="90">
         <v>8619.43785837</v>
@@ -13163,52 +13503,58 @@
       </c>
       <c r="Y7" s="87">
         <v>11559.083231100001</v>
       </c>
       <c r="Z7" s="87">
         <v>11249.720042819999</v>
       </c>
       <c r="AA7" s="87">
         <v>10846.362916890001</v>
       </c>
       <c r="AB7" s="87">
         <v>9832.9231098600012</v>
       </c>
       <c r="AC7" s="87">
         <v>10318.60598858</v>
       </c>
       <c r="AD7" s="87">
         <v>9865.1011300099981</v>
       </c>
       <c r="AE7" s="87">
         <v>10957.109782700001</v>
       </c>
       <c r="AF7" s="87">
         <v>11226.30605476</v>
       </c>
+      <c r="AG7" s="87">
+        <v>11368.352778779999</v>
+      </c>
+      <c r="AH7" s="87">
+        <v>10910.381007200001</v>
+      </c>
     </row>
-    <row r="8" spans="1:32" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A8" s="134"/>
       <c r="B8" s="131"/>
       <c r="C8" s="93" t="s">
         <v>98</v>
       </c>
       <c r="D8" s="90">
         <v>7300.3049692900004</v>
       </c>
       <c r="E8" s="90">
         <v>8874.4045703899992</v>
       </c>
       <c r="F8" s="90">
         <v>8862.0741150899994</v>
       </c>
       <c r="G8" s="90">
         <v>9786.2957125100002</v>
       </c>
       <c r="H8" s="90">
         <v>10516.550960729999</v>
       </c>
       <c r="I8" s="90">
         <v>11159.693328379999</v>
       </c>
       <c r="J8" s="90">
         <v>12638.233170850001</v>
@@ -13257,52 +13603,58 @@
       </c>
       <c r="Y8" s="94">
         <v>12905.84384813</v>
       </c>
       <c r="Z8" s="94">
         <v>11738.485465080001</v>
       </c>
       <c r="AA8" s="94">
         <v>13075.15404693</v>
       </c>
       <c r="AB8" s="94">
         <v>12788.942458279998</v>
       </c>
       <c r="AC8" s="94">
         <v>13528.882694829999</v>
       </c>
       <c r="AD8" s="94">
         <v>12847.227132139999</v>
       </c>
       <c r="AE8" s="94">
         <v>13030.3429466</v>
       </c>
       <c r="AF8" s="94">
         <v>13582.04728149</v>
       </c>
+      <c r="AG8" s="94">
+        <v>13621.35971561</v>
+      </c>
+      <c r="AH8" s="94">
+        <v>14507.309949210001</v>
+      </c>
     </row>
-    <row r="9" spans="1:32" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:34" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A9" s="134"/>
       <c r="B9" s="132"/>
       <c r="C9" s="88" t="s">
         <v>99</v>
       </c>
       <c r="D9" s="90">
         <v>537.23447224000006</v>
       </c>
       <c r="E9" s="90">
         <v>478.44510026999995</v>
       </c>
       <c r="F9" s="90">
         <v>401.63943738</v>
       </c>
       <c r="G9" s="90">
         <v>418.51068929000002</v>
       </c>
       <c r="H9" s="90">
         <v>366.13894463999998</v>
       </c>
       <c r="I9" s="90">
         <v>362.54250146000004</v>
       </c>
       <c r="J9" s="90">
         <v>362.68976690999995</v>
@@ -13351,52 +13703,58 @@
       </c>
       <c r="Y9" s="89">
         <v>509.75104567999995</v>
       </c>
       <c r="Z9" s="89">
         <v>503.46163594000001</v>
       </c>
       <c r="AA9" s="89">
         <v>547.85882031999995</v>
       </c>
       <c r="AB9" s="89">
         <v>486.92366479000003</v>
       </c>
       <c r="AC9" s="89">
         <v>453.49106111999998</v>
       </c>
       <c r="AD9" s="89">
         <v>393.95763682</v>
       </c>
       <c r="AE9" s="89">
         <v>385.08355054999993</v>
       </c>
       <c r="AF9" s="89">
         <v>409.88399359000005</v>
       </c>
+      <c r="AG9" s="89">
+        <v>427.57718288999996</v>
+      </c>
+      <c r="AH9" s="89">
+        <v>447.50965829999996</v>
+      </c>
     </row>
-    <row r="10" spans="1:32" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A10" s="134"/>
       <c r="B10" s="129" t="s">
         <v>100</v>
       </c>
       <c r="C10" s="83" t="s">
         <v>1</v>
       </c>
       <c r="D10" s="84">
         <v>2306.90923367</v>
       </c>
       <c r="E10" s="84">
         <v>2380.7803687300006</v>
       </c>
       <c r="F10" s="84">
         <v>2539.0006621299995</v>
       </c>
       <c r="G10" s="84">
         <v>2778.5606590000002</v>
       </c>
       <c r="H10" s="84">
         <v>2972.8297325099998</v>
       </c>
       <c r="I10" s="84">
         <v>2717.5116068899993</v>
       </c>
@@ -13447,52 +13805,58 @@
       </c>
       <c r="Y10" s="84">
         <v>4552.9253220099999</v>
       </c>
       <c r="Z10" s="84">
         <v>4565.7205023099996</v>
       </c>
       <c r="AA10" s="84">
         <v>4826.9759261199997</v>
       </c>
       <c r="AB10" s="84">
         <v>4823.5557654100003</v>
       </c>
       <c r="AC10" s="84">
         <v>5127.6230094899984</v>
       </c>
       <c r="AD10" s="84">
         <v>5227.04548565</v>
       </c>
       <c r="AE10" s="84">
         <v>5814.6115513199993</v>
       </c>
       <c r="AF10" s="84">
         <v>6121.2864907599997</v>
       </c>
+      <c r="AG10" s="84">
+        <v>5574.9815775699999</v>
+      </c>
+      <c r="AH10" s="84">
+        <v>5587.465182599999</v>
+      </c>
     </row>
-    <row r="11" spans="1:32" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A11" s="134"/>
       <c r="B11" s="130"/>
       <c r="C11" s="85" t="s">
         <v>92</v>
       </c>
       <c r="D11" s="90">
         <v>1292.8070833300003</v>
       </c>
       <c r="E11" s="90">
         <v>1410.2619374100004</v>
       </c>
       <c r="F11" s="90">
         <v>1434.9788503099999</v>
       </c>
       <c r="G11" s="90">
         <v>1660.6832215600002</v>
       </c>
       <c r="H11" s="90">
         <v>1804.8189759699999</v>
       </c>
       <c r="I11" s="90">
         <v>1603.3038156799996</v>
       </c>
       <c r="J11" s="90">
         <v>1650.2049408300002</v>
@@ -13541,52 +13905,58 @@
       </c>
       <c r="Y11" s="90">
         <v>2653.0470500799997</v>
       </c>
       <c r="Z11" s="90">
         <v>2569.7918574599994</v>
       </c>
       <c r="AA11" s="90">
         <v>2481.4752514400006</v>
       </c>
       <c r="AB11" s="90">
         <v>2664.2682262899998</v>
       </c>
       <c r="AC11" s="90">
         <v>2831.1493230000005</v>
       </c>
       <c r="AD11" s="90">
         <v>2932.3793929799995</v>
       </c>
       <c r="AE11" s="90">
         <v>3295.0542207799999</v>
       </c>
       <c r="AF11" s="90">
         <v>3563.6322453599996</v>
       </c>
+      <c r="AG11" s="90">
+        <v>3068.1462851199999</v>
+      </c>
+      <c r="AH11" s="90">
+        <v>2964.2332955900001</v>
+      </c>
     </row>
-    <row r="12" spans="1:32" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A12" s="134"/>
       <c r="B12" s="130"/>
       <c r="C12" s="85" t="s">
         <v>91</v>
       </c>
       <c r="D12" s="90">
         <v>682.68130936</v>
       </c>
       <c r="E12" s="90">
         <v>613.41946136000001</v>
       </c>
       <c r="F12" s="90">
         <v>714.14009951000003</v>
       </c>
       <c r="G12" s="90">
         <v>736.55315446999998</v>
       </c>
       <c r="H12" s="90">
         <v>770.23608055999989</v>
       </c>
       <c r="I12" s="90">
         <v>716.25600663</v>
       </c>
       <c r="J12" s="90">
         <v>778.31902173000003</v>
@@ -13635,52 +14005,58 @@
       </c>
       <c r="Y12" s="90">
         <v>1137.50392188</v>
       </c>
       <c r="Z12" s="90">
         <v>1200.44572556</v>
       </c>
       <c r="AA12" s="90">
         <v>1438.50664983</v>
       </c>
       <c r="AB12" s="90">
         <v>1253.58233071</v>
       </c>
       <c r="AC12" s="90">
         <v>1371.6123729600001</v>
       </c>
       <c r="AD12" s="90">
         <v>1401.1367004000001</v>
       </c>
       <c r="AE12" s="90">
         <v>1549.1427450599999</v>
       </c>
       <c r="AF12" s="90">
         <v>1558.1115460999999</v>
       </c>
+      <c r="AG12" s="90">
+        <v>1525.89654374</v>
+      </c>
+      <c r="AH12" s="90">
+        <v>1557.2901975799998</v>
+      </c>
     </row>
-    <row r="13" spans="1:32" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A13" s="134"/>
       <c r="B13" s="130"/>
       <c r="C13" s="85" t="s">
         <v>93</v>
       </c>
       <c r="D13" s="90">
         <v>262.13311708000003</v>
       </c>
       <c r="E13" s="90">
         <v>280.67225874000002</v>
       </c>
       <c r="F13" s="90">
         <v>293.00737319999996</v>
       </c>
       <c r="G13" s="90">
         <v>299.25182937</v>
       </c>
       <c r="H13" s="90">
         <v>320.06639517000002</v>
       </c>
       <c r="I13" s="90">
         <v>320.84744927999998</v>
       </c>
       <c r="J13" s="90">
         <v>328.30951454000001</v>
@@ -13729,52 +14105,58 @@
       </c>
       <c r="Y13" s="90">
         <v>94.796323989999991</v>
       </c>
       <c r="Z13" s="90">
         <v>87.319139450000009</v>
       </c>
       <c r="AA13" s="90">
         <v>120.40240598999999</v>
       </c>
       <c r="AB13" s="90">
         <v>144.55089106</v>
       </c>
       <c r="AC13" s="90">
         <v>140.61588956999998</v>
       </c>
       <c r="AD13" s="90">
         <v>139.12695005</v>
       </c>
       <c r="AE13" s="90">
         <v>146.33393471000002</v>
       </c>
       <c r="AF13" s="90">
         <v>146.99056250999999</v>
       </c>
+      <c r="AG13" s="90">
+        <v>144.42389593999999</v>
+      </c>
+      <c r="AH13" s="90">
+        <v>147.25649178</v>
+      </c>
     </row>
-    <row r="14" spans="1:32" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A14" s="134"/>
       <c r="B14" s="130"/>
       <c r="C14" s="85" t="s">
         <v>94</v>
       </c>
       <c r="D14" s="90">
         <v>11.837361</v>
       </c>
       <c r="E14" s="90">
         <v>12.676605</v>
       </c>
       <c r="F14" s="90">
         <v>31.340695920000002</v>
       </c>
       <c r="G14" s="90">
         <v>25.109607219999997</v>
       </c>
       <c r="H14" s="90">
         <v>18.545393659999998</v>
       </c>
       <c r="I14" s="90">
         <v>20.790785800000002</v>
       </c>
       <c r="J14" s="90">
         <v>20.337</v>
@@ -13823,52 +14205,58 @@
       </c>
       <c r="Y14" s="90">
         <v>607.82113398000001</v>
       </c>
       <c r="Z14" s="90">
         <v>647.05277656999988</v>
       </c>
       <c r="AA14" s="90">
         <v>757.11796442999992</v>
       </c>
       <c r="AB14" s="90">
         <v>756.84480279999991</v>
       </c>
       <c r="AC14" s="90">
         <v>780.47250781000002</v>
       </c>
       <c r="AD14" s="90">
         <v>752.44775047999997</v>
       </c>
       <c r="AE14" s="90">
         <v>821.75607921999995</v>
       </c>
       <c r="AF14" s="90">
         <v>850.16951614000004</v>
       </c>
+      <c r="AG14" s="90">
+        <v>834.77530543</v>
+      </c>
+      <c r="AH14" s="90">
+        <v>915.2419064799999</v>
+      </c>
     </row>
-    <row r="15" spans="1:32" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A15" s="134"/>
       <c r="B15" s="131"/>
       <c r="C15" s="93" t="s">
         <v>98</v>
       </c>
       <c r="D15" s="95">
         <v>57.056240719999998</v>
       </c>
       <c r="E15" s="95">
         <v>63.548086340000005</v>
       </c>
       <c r="F15" s="95">
         <v>65.294532799999999</v>
       </c>
       <c r="G15" s="95">
         <v>56.740494119999994</v>
       </c>
       <c r="H15" s="95">
         <v>58.817522850000003</v>
       </c>
       <c r="I15" s="95">
         <v>56.288677419999999</v>
       </c>
       <c r="J15" s="95">
         <v>51.414058269999998</v>
@@ -13917,52 +14305,58 @@
       </c>
       <c r="Y15" s="95">
         <v>59.714413919999998</v>
       </c>
       <c r="Z15" s="95">
         <v>61.079634770000006</v>
       </c>
       <c r="AA15" s="95">
         <v>29.370564039999998</v>
       </c>
       <c r="AB15" s="95">
         <v>4.2486473</v>
       </c>
       <c r="AC15" s="95">
         <v>3.72353837</v>
       </c>
       <c r="AD15" s="95">
         <v>1.89935188</v>
       </c>
       <c r="AE15" s="95">
         <v>2.1921943600000002</v>
       </c>
       <c r="AF15" s="95">
         <v>2.2878493200000003</v>
       </c>
+      <c r="AG15" s="95">
+        <v>1.6861599199999999</v>
+      </c>
+      <c r="AH15" s="95">
+        <v>3.3968413100000001</v>
+      </c>
     </row>
-    <row r="16" spans="1:32" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="16" spans="1:34" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A16" s="134"/>
       <c r="B16" s="132"/>
       <c r="C16" s="88" t="s">
         <v>99</v>
       </c>
       <c r="D16" s="89">
         <v>0.39412217999999999</v>
       </c>
       <c r="E16" s="89">
         <v>0.20201988000000001</v>
       </c>
       <c r="F16" s="89">
         <v>0.23911039000000001</v>
       </c>
       <c r="G16" s="89">
         <v>0.22235226</v>
       </c>
       <c r="H16" s="89">
         <v>0.34536430000000007</v>
       </c>
       <c r="I16" s="89">
         <v>2.4872080000000001E-2</v>
       </c>
       <c r="J16" s="89">
         <v>3.4148320000000003E-2</v>
@@ -14011,52 +14405,58 @@
       </c>
       <c r="Y16" s="91">
         <v>4.2478160000000001E-2</v>
       </c>
       <c r="Z16" s="89">
         <v>3.1368500000000001E-2</v>
       </c>
       <c r="AA16" s="89">
         <v>0.10309038999999999</v>
       </c>
       <c r="AB16" s="89">
         <v>6.0867249999999998E-2</v>
       </c>
       <c r="AC16" s="89">
         <v>4.9377779999999996E-2</v>
       </c>
       <c r="AD16" s="89">
         <v>5.5339859999999998E-2</v>
       </c>
       <c r="AE16" s="89">
         <v>0.13237719000000001</v>
       </c>
       <c r="AF16" s="89">
         <v>9.4771330000000001E-2</v>
       </c>
+      <c r="AG16" s="89">
+        <v>5.3387419999999998E-2</v>
+      </c>
+      <c r="AH16" s="89">
+        <v>4.6449860000000003E-2</v>
+      </c>
     </row>
-    <row r="17" spans="1:32" ht="13.8" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:34" ht="13.8" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="134"/>
       <c r="B17" s="129" t="s">
         <v>96</v>
       </c>
       <c r="C17" s="83" t="s">
         <v>1</v>
       </c>
       <c r="D17" s="84">
         <v>37113.245497620002</v>
       </c>
       <c r="E17" s="84">
         <v>38455.234851339999</v>
       </c>
       <c r="F17" s="84">
         <v>37891.429839879995</v>
       </c>
       <c r="G17" s="84">
         <v>40521.888405739999</v>
       </c>
       <c r="H17" s="84">
         <v>40231.309513940003</v>
       </c>
       <c r="I17" s="84">
         <v>38615.15367801</v>
       </c>
@@ -14107,52 +14507,58 @@
       </c>
       <c r="Y17" s="84">
         <v>47513.784432879998</v>
       </c>
       <c r="Z17" s="84">
         <v>43363.505535559998</v>
       </c>
       <c r="AA17" s="84">
         <v>50383.289196359998</v>
       </c>
       <c r="AB17" s="84">
         <v>48595.311812460001</v>
       </c>
       <c r="AC17" s="84">
         <v>52560.322989619999</v>
       </c>
       <c r="AD17" s="84">
         <v>54370.735753220004</v>
       </c>
       <c r="AE17" s="84">
         <v>59119.933978319998</v>
       </c>
       <c r="AF17" s="84">
         <v>57623.438168070003</v>
       </c>
+      <c r="AG17" s="84">
+        <v>56076.127383190003</v>
+      </c>
+      <c r="AH17" s="84">
+        <v>57879.18210351</v>
+      </c>
     </row>
-    <row r="18" spans="1:32" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A18" s="134"/>
       <c r="B18" s="130"/>
       <c r="C18" s="85" t="s">
         <v>92</v>
       </c>
       <c r="D18" s="90">
         <v>18312.889394590002</v>
       </c>
       <c r="E18" s="90">
         <v>18806.234793919997</v>
       </c>
       <c r="F18" s="90">
         <v>18643.79250756</v>
       </c>
       <c r="G18" s="90">
         <v>20264.834445410001</v>
       </c>
       <c r="H18" s="90">
         <v>19921.748324889999</v>
       </c>
       <c r="I18" s="90">
         <v>18785.04171782</v>
       </c>
       <c r="J18" s="90">
         <v>19278.017549799999</v>
@@ -14201,52 +14607,58 @@
       </c>
       <c r="Y18" s="87">
         <v>21327.394467450002</v>
       </c>
       <c r="Z18" s="87">
         <v>18750.803072089999</v>
       </c>
       <c r="AA18" s="87">
         <v>22220.73715873</v>
       </c>
       <c r="AB18" s="87">
         <v>21594.833943869999</v>
       </c>
       <c r="AC18" s="87">
         <v>23137.260724169999</v>
       </c>
       <c r="AD18" s="87">
         <v>25280.07014018</v>
       </c>
       <c r="AE18" s="87">
         <v>28538.808428119999</v>
       </c>
       <c r="AF18" s="87">
         <v>27255.728040139998</v>
       </c>
+      <c r="AG18" s="87">
+        <v>25828.912979429999</v>
+      </c>
+      <c r="AH18" s="87">
+        <v>25956.276511249998</v>
+      </c>
     </row>
-    <row r="19" spans="1:32" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A19" s="134"/>
       <c r="B19" s="130"/>
       <c r="C19" s="85" t="s">
         <v>91</v>
       </c>
       <c r="D19" s="90">
         <v>18411.536857290001</v>
       </c>
       <c r="E19" s="90">
         <v>19221.671526959999</v>
       </c>
       <c r="F19" s="90">
         <v>18833.562309860001</v>
       </c>
       <c r="G19" s="90">
         <v>19828.833111290001</v>
       </c>
       <c r="H19" s="90">
         <v>19695.430744860001</v>
       </c>
       <c r="I19" s="90">
         <v>19183.936077480001</v>
       </c>
       <c r="J19" s="90">
         <v>19991.41918655</v>
@@ -14295,52 +14707,58 @@
       </c>
       <c r="Y19" s="87">
         <v>24969.475471909998</v>
       </c>
       <c r="Z19" s="87">
         <v>23327.11788071</v>
       </c>
       <c r="AA19" s="87">
         <v>26968.93008871</v>
       </c>
       <c r="AB19" s="87">
         <v>25931.082006380002</v>
       </c>
       <c r="AC19" s="87">
         <v>28397.93219349</v>
       </c>
       <c r="AD19" s="87">
         <v>28119.241373389999</v>
       </c>
       <c r="AE19" s="87">
         <v>29550.125227910001</v>
       </c>
       <c r="AF19" s="87">
         <v>29302.557667880003</v>
       </c>
+      <c r="AG19" s="87">
+        <v>29203.611304950002</v>
+      </c>
+      <c r="AH19" s="87">
+        <v>30796.42207457</v>
+      </c>
     </row>
-    <row r="20" spans="1:32" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A20" s="134"/>
       <c r="B20" s="130"/>
       <c r="C20" s="85" t="s">
         <v>93</v>
       </c>
       <c r="D20" s="90">
         <v>126.17516753</v>
       </c>
       <c r="E20" s="90">
         <v>146.36693663</v>
       </c>
       <c r="F20" s="90">
         <v>148.06824256000002</v>
       </c>
       <c r="G20" s="90">
         <v>145.99567121999999</v>
       </c>
       <c r="H20" s="90">
         <v>182.40280333999999</v>
       </c>
       <c r="I20" s="90">
         <v>259.71422575000003</v>
       </c>
       <c r="J20" s="90">
         <v>283.57267243000001</v>
@@ -14389,52 +14807,58 @@
       </c>
       <c r="Y20" s="87">
         <v>562.29326899</v>
       </c>
       <c r="Z20" s="87">
         <v>630.00377080999999</v>
       </c>
       <c r="AA20" s="87">
         <v>606.90441952999993</v>
       </c>
       <c r="AB20" s="87">
         <v>562.82370266999999</v>
       </c>
       <c r="AC20" s="87">
         <v>690.91913454999997</v>
       </c>
       <c r="AD20" s="87">
         <v>626.52197888000001</v>
       </c>
       <c r="AE20" s="87">
         <v>646.89164312000003</v>
       </c>
       <c r="AF20" s="87">
         <v>684.07016110000006</v>
       </c>
+      <c r="AG20" s="87">
+        <v>659.10360027000002</v>
+      </c>
+      <c r="AH20" s="87">
+        <v>724.36088892999999</v>
+      </c>
     </row>
-    <row r="21" spans="1:32" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A21" s="134"/>
       <c r="B21" s="130"/>
       <c r="C21" s="85" t="s">
         <v>94</v>
       </c>
       <c r="D21" s="90">
         <v>0</v>
       </c>
       <c r="E21" s="90">
         <v>0</v>
       </c>
       <c r="F21" s="90">
         <v>0</v>
       </c>
       <c r="G21" s="90">
         <v>0</v>
       </c>
       <c r="H21" s="90">
         <v>0</v>
       </c>
       <c r="I21" s="90">
         <v>0</v>
       </c>
       <c r="J21" s="90">
         <v>0</v>
@@ -14483,52 +14907,58 @@
       </c>
       <c r="Y21" s="87">
         <v>0</v>
       </c>
       <c r="Z21" s="87">
         <v>5.8716999999999992E-4</v>
       </c>
       <c r="AA21" s="87">
         <v>0</v>
       </c>
       <c r="AB21" s="87">
         <v>0</v>
       </c>
       <c r="AC21" s="87">
         <v>0</v>
       </c>
       <c r="AD21" s="87">
         <v>0</v>
       </c>
       <c r="AE21" s="87">
         <v>0</v>
       </c>
       <c r="AF21" s="87">
         <v>0</v>
       </c>
+      <c r="AG21" s="87">
+        <v>0</v>
+      </c>
+      <c r="AH21" s="87">
+        <v>0</v>
+      </c>
     </row>
-    <row r="22" spans="1:32" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A22" s="134"/>
       <c r="B22" s="131"/>
       <c r="C22" s="93" t="s">
         <v>98</v>
       </c>
       <c r="D22" s="90">
         <v>144.01644655000001</v>
       </c>
       <c r="E22" s="90">
         <v>160.65784633999999</v>
       </c>
       <c r="F22" s="90">
         <v>147.35425509999999</v>
       </c>
       <c r="G22" s="90">
         <v>145.00506639</v>
       </c>
       <c r="H22" s="90">
         <v>291.99790851</v>
       </c>
       <c r="I22" s="90">
         <v>258.45897630000002</v>
       </c>
       <c r="J22" s="90">
         <v>286.01139401999995</v>
@@ -14577,52 +15007,58 @@
       </c>
       <c r="Y22" s="94">
         <v>488.27960574999997</v>
       </c>
       <c r="Z22" s="94">
         <v>508.72858263000001</v>
       </c>
       <c r="AA22" s="94">
         <v>410.81674751999998</v>
       </c>
       <c r="AB22" s="94">
         <v>321.99731606</v>
       </c>
       <c r="AC22" s="94">
         <v>138.11273581999998</v>
       </c>
       <c r="AD22" s="94">
         <v>125.66955976999999</v>
       </c>
       <c r="AE22" s="94">
         <v>128.72246035000001</v>
       </c>
       <c r="AF22" s="94">
         <v>127.70871155</v>
       </c>
+      <c r="AG22" s="94">
+        <v>142.90537318</v>
+      </c>
+      <c r="AH22" s="94">
+        <v>163.14676259000001</v>
+      </c>
     </row>
-    <row r="23" spans="1:32" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="23" spans="1:34" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A23" s="139"/>
       <c r="B23" s="132"/>
       <c r="C23" s="88" t="s">
         <v>99</v>
       </c>
       <c r="D23" s="90">
         <v>118.62763165999999</v>
       </c>
       <c r="E23" s="90">
         <v>120.30374748999999</v>
       </c>
       <c r="F23" s="90">
         <v>118.65252479999999</v>
       </c>
       <c r="G23" s="90">
         <v>137.22011143</v>
       </c>
       <c r="H23" s="90">
         <v>139.72973234</v>
       </c>
       <c r="I23" s="90">
         <v>128.00268066000001</v>
       </c>
       <c r="J23" s="90">
         <v>132.18993333</v>
@@ -14671,52 +15107,58 @@
       </c>
       <c r="Y23" s="89">
         <v>166.34161878</v>
       </c>
       <c r="Z23" s="89">
         <v>146.85164215</v>
       </c>
       <c r="AA23" s="89">
         <v>175.90078187</v>
       </c>
       <c r="AB23" s="89">
         <v>184.57484348</v>
       </c>
       <c r="AC23" s="89">
         <v>196.09820159</v>
       </c>
       <c r="AD23" s="89">
         <v>219.23270099999999</v>
       </c>
       <c r="AE23" s="89">
         <v>255.38621881999998</v>
       </c>
       <c r="AF23" s="89">
         <v>253.37358740000002</v>
       </c>
+      <c r="AG23" s="89">
+        <v>241.59412536000002</v>
+      </c>
+      <c r="AH23" s="89">
+        <v>238.97586616999999</v>
+      </c>
     </row>
-    <row r="24" spans="1:32" ht="13.8" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:34" ht="13.8" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="133" t="s">
         <v>76</v>
       </c>
       <c r="B24" s="129" t="s">
         <v>95</v>
       </c>
       <c r="C24" s="83" t="s">
         <v>1</v>
       </c>
       <c r="D24" s="84">
         <v>485.01736799999998</v>
       </c>
       <c r="E24" s="84">
         <v>539.55877099999998</v>
       </c>
       <c r="F24" s="84">
         <v>533.95049200000005</v>
       </c>
       <c r="G24" s="84">
         <v>553.58073000000002</v>
       </c>
       <c r="H24" s="84">
         <v>566.00699699999996</v>
       </c>
       <c r="I24" s="84">
@@ -14769,52 +15211,58 @@
       </c>
       <c r="Y24" s="84">
         <v>622.93245400000001</v>
       </c>
       <c r="Z24" s="84">
         <v>591.55196899999999</v>
       </c>
       <c r="AA24" s="84">
         <v>690.25697000000002</v>
       </c>
       <c r="AB24" s="84">
         <v>676.34549400000003</v>
       </c>
       <c r="AC24" s="84">
         <v>719.39330099999995</v>
       </c>
       <c r="AD24" s="84">
         <v>705.89848199999994</v>
       </c>
       <c r="AE24" s="84">
         <v>721.91251</v>
       </c>
       <c r="AF24" s="84">
         <v>725.81470300000001</v>
       </c>
+      <c r="AG24" s="84">
+        <v>712.86112200000002</v>
+      </c>
+      <c r="AH24" s="84">
+        <v>708.55044599999997</v>
+      </c>
     </row>
-    <row r="25" spans="1:32" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A25" s="134"/>
       <c r="B25" s="130"/>
       <c r="C25" s="85" t="s">
         <v>92</v>
       </c>
       <c r="D25" s="90">
         <v>359.03653300000002</v>
       </c>
       <c r="E25" s="90">
         <v>404.56748099999999</v>
       </c>
       <c r="F25" s="90">
         <v>402.52199000000002</v>
       </c>
       <c r="G25" s="90">
         <v>418.59965999999997</v>
       </c>
       <c r="H25" s="90">
         <v>430.48826800000001</v>
       </c>
       <c r="I25" s="90">
         <v>427.898279</v>
       </c>
       <c r="J25" s="90">
         <v>422.447202</v>
@@ -14863,52 +15311,58 @@
       </c>
       <c r="Y25" s="86">
         <v>468.84608400000002</v>
       </c>
       <c r="Z25" s="86">
         <v>446.18329799999998</v>
       </c>
       <c r="AA25" s="86">
         <v>526.09733400000005</v>
       </c>
       <c r="AB25" s="86">
         <v>520.13250100000005</v>
       </c>
       <c r="AC25" s="86">
         <v>555.73642199999995</v>
       </c>
       <c r="AD25" s="86">
         <v>550.95494299999996</v>
       </c>
       <c r="AE25" s="86">
         <v>563.78246200000001</v>
       </c>
       <c r="AF25" s="86">
         <v>566.81248500000004</v>
       </c>
+      <c r="AG25" s="86">
+        <v>553.25232600000004</v>
+      </c>
+      <c r="AH25" s="86">
+        <v>544.65774599999997</v>
+      </c>
     </row>
-    <row r="26" spans="1:32" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A26" s="134"/>
       <c r="B26" s="130"/>
       <c r="C26" s="85" t="s">
         <v>91</v>
       </c>
       <c r="D26" s="90">
         <v>57.554783999999998</v>
       </c>
       <c r="E26" s="90">
         <v>60.073597999999997</v>
       </c>
       <c r="F26" s="90">
         <v>58.550600000000003</v>
       </c>
       <c r="G26" s="90">
         <v>60.185395999999997</v>
       </c>
       <c r="H26" s="90">
         <v>59.610970000000002</v>
       </c>
       <c r="I26" s="90">
         <v>58.952260000000003</v>
       </c>
       <c r="J26" s="90">
         <v>60.209822000000003</v>
@@ -14957,52 +15411,58 @@
       </c>
       <c r="Y26" s="87">
         <v>68.142685999999998</v>
       </c>
       <c r="Z26" s="87">
         <v>62.380161999999999</v>
       </c>
       <c r="AA26" s="87">
         <v>70.445907000000005</v>
       </c>
       <c r="AB26" s="87">
         <v>67.283856</v>
       </c>
       <c r="AC26" s="87">
         <v>70.587447999999995</v>
       </c>
       <c r="AD26" s="87">
         <v>68.940370000000001</v>
       </c>
       <c r="AE26" s="87">
         <v>71.611373</v>
       </c>
       <c r="AF26" s="87">
         <v>71.422618</v>
       </c>
+      <c r="AG26" s="87">
+        <v>71.046277000000003</v>
+      </c>
+      <c r="AH26" s="87">
+        <v>71.761566000000002</v>
+      </c>
     </row>
-    <row r="27" spans="1:32" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A27" s="134"/>
       <c r="B27" s="130"/>
       <c r="C27" s="85" t="s">
         <v>93</v>
       </c>
       <c r="D27" s="90">
         <v>46.361576999999997</v>
       </c>
       <c r="E27" s="90">
         <v>50.430449000000003</v>
       </c>
       <c r="F27" s="90">
         <v>48.71998</v>
       </c>
       <c r="G27" s="90">
         <v>48.444277999999997</v>
       </c>
       <c r="H27" s="90">
         <v>50.334902999999997</v>
       </c>
       <c r="I27" s="90">
         <v>51.419592000000002</v>
       </c>
       <c r="J27" s="90">
         <v>53.056652</v>
@@ -15051,52 +15511,58 @@
       </c>
       <c r="Y27" s="87">
         <v>52.583568999999997</v>
       </c>
       <c r="Z27" s="87">
         <v>51.826416000000002</v>
       </c>
       <c r="AA27" s="87">
         <v>58.745207999999998</v>
       </c>
       <c r="AB27" s="87">
         <v>55.738847</v>
       </c>
       <c r="AC27" s="87">
         <v>58.458826000000002</v>
       </c>
       <c r="AD27" s="87">
         <v>53.706532000000003</v>
       </c>
       <c r="AE27" s="87">
         <v>53.491565000000001</v>
       </c>
       <c r="AF27" s="87">
         <v>53.606324000000001</v>
       </c>
+      <c r="AG27" s="87">
+        <v>54.036425999999999</v>
+      </c>
+      <c r="AH27" s="87">
+        <v>56.466659999999997</v>
+      </c>
     </row>
-    <row r="28" spans="1:32" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A28" s="134"/>
       <c r="B28" s="130"/>
       <c r="C28" s="85" t="s">
         <v>94</v>
       </c>
       <c r="D28" s="90">
         <v>2.5041090000000001</v>
       </c>
       <c r="E28" s="90">
         <v>2.513414</v>
       </c>
       <c r="F28" s="90">
         <v>2.389319</v>
       </c>
       <c r="G28" s="90">
         <v>2.5725600000000002</v>
       </c>
       <c r="H28" s="90">
         <v>2.7073140000000002</v>
       </c>
       <c r="I28" s="90">
         <v>2.751201</v>
       </c>
       <c r="J28" s="90">
         <v>2.917516</v>
@@ -15145,52 +15611,58 @@
       </c>
       <c r="Y28" s="87">
         <v>4.6371789999999997</v>
       </c>
       <c r="Z28" s="87">
         <v>4.3916139999999997</v>
       </c>
       <c r="AA28" s="87">
         <v>4.7710100000000004</v>
       </c>
       <c r="AB28" s="87">
         <v>4.089035</v>
       </c>
       <c r="AC28" s="87">
         <v>4.4703989999999996</v>
       </c>
       <c r="AD28" s="87">
         <v>4.1439570000000003</v>
       </c>
       <c r="AE28" s="87">
         <v>4.3793850000000001</v>
       </c>
       <c r="AF28" s="87">
         <v>4.2830690000000002</v>
       </c>
+      <c r="AG28" s="87">
+        <v>4.2488650000000003</v>
+      </c>
+      <c r="AH28" s="87">
+        <v>4.1915659999999999</v>
+      </c>
     </row>
-    <row r="29" spans="1:32" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A29" s="134"/>
       <c r="B29" s="131"/>
       <c r="C29" s="93" t="s">
         <v>98</v>
       </c>
       <c r="D29" s="90">
         <v>16.253796999999999</v>
       </c>
       <c r="E29" s="90">
         <v>18.292308999999999</v>
       </c>
       <c r="F29" s="90">
         <v>18.036047</v>
       </c>
       <c r="G29" s="90">
         <v>19.988343</v>
       </c>
       <c r="H29" s="90">
         <v>18.941780999999999</v>
       </c>
       <c r="I29" s="90">
         <v>19.485168000000002</v>
       </c>
       <c r="J29" s="90">
         <v>22.611729</v>
@@ -15239,52 +15711,58 @@
       </c>
       <c r="Y29" s="94">
         <v>24.593851999999998</v>
       </c>
       <c r="Z29" s="94">
         <v>22.306386</v>
       </c>
       <c r="AA29" s="94">
         <v>24.488807999999999</v>
       </c>
       <c r="AB29" s="94">
         <v>23.542666000000001</v>
       </c>
       <c r="AC29" s="94">
         <v>24.231173999999999</v>
       </c>
       <c r="AD29" s="94">
         <v>22.578703000000001</v>
       </c>
       <c r="AE29" s="94">
         <v>22.858927000000001</v>
       </c>
       <c r="AF29" s="94">
         <v>23.61975</v>
       </c>
+      <c r="AG29" s="94">
+        <v>23.436330000000002</v>
+      </c>
+      <c r="AH29" s="94">
+        <v>24.661926999999999</v>
+      </c>
     </row>
-    <row r="30" spans="1:32" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="30" spans="1:34" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A30" s="134"/>
       <c r="B30" s="132"/>
       <c r="C30" s="88" t="s">
         <v>99</v>
       </c>
       <c r="D30" s="90">
         <v>3.306568</v>
       </c>
       <c r="E30" s="90">
         <v>3.6815199999999999</v>
       </c>
       <c r="F30" s="90">
         <v>3.7325560000000002</v>
       </c>
       <c r="G30" s="90">
         <v>3.7904930000000001</v>
       </c>
       <c r="H30" s="90">
         <v>3.9237609999999998</v>
       </c>
       <c r="I30" s="90">
         <v>4.2860279999999999</v>
       </c>
       <c r="J30" s="90">
         <v>4.2609430000000001</v>
@@ -15333,52 +15811,58 @@
       </c>
       <c r="Y30" s="89">
         <v>4.1290839999999998</v>
       </c>
       <c r="Z30" s="89">
         <v>4.4640930000000001</v>
       </c>
       <c r="AA30" s="89">
         <v>5.7087029999999999</v>
       </c>
       <c r="AB30" s="89">
         <v>5.5585889999999996</v>
       </c>
       <c r="AC30" s="89">
         <v>5.9090319999999998</v>
       </c>
       <c r="AD30" s="89">
         <v>5.5739770000000002</v>
       </c>
       <c r="AE30" s="89">
         <v>5.7887979999999999</v>
       </c>
       <c r="AF30" s="89">
         <v>6.0704570000000002</v>
       </c>
+      <c r="AG30" s="89">
+        <v>6.8408980000000001</v>
+      </c>
+      <c r="AH30" s="89">
+        <v>6.810981</v>
+      </c>
     </row>
-    <row r="31" spans="1:32" ht="13.8" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:34" ht="13.8" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A31" s="134"/>
       <c r="B31" s="129" t="s">
         <v>100</v>
       </c>
       <c r="C31" s="83" t="s">
         <v>1</v>
       </c>
       <c r="D31" s="84">
         <v>2.3705539999999998</v>
       </c>
       <c r="E31" s="84">
         <v>2.5957479999999999</v>
       </c>
       <c r="F31" s="84">
         <v>2.7428810000000001</v>
       </c>
       <c r="G31" s="84">
         <v>3.0946950000000002</v>
       </c>
       <c r="H31" s="84">
         <v>3.3435920000000001</v>
       </c>
       <c r="I31" s="84">
         <v>2.9559570000000002</v>
       </c>
@@ -15429,52 +15913,58 @@
       </c>
       <c r="Y31" s="84">
         <v>6.1838350000000002</v>
       </c>
       <c r="Z31" s="84">
         <v>5.8002390000000004</v>
       </c>
       <c r="AA31" s="84">
         <v>5.0879089999999998</v>
       </c>
       <c r="AB31" s="84">
         <v>5.1925889999999999</v>
       </c>
       <c r="AC31" s="84">
         <v>5.4551759999999998</v>
       </c>
       <c r="AD31" s="84">
         <v>5.6905869999999998</v>
       </c>
       <c r="AE31" s="84">
         <v>6.2556219999999998</v>
       </c>
       <c r="AF31" s="84">
         <v>6.5179830000000001</v>
       </c>
+      <c r="AG31" s="84">
+        <v>5.7165229999999996</v>
+      </c>
+      <c r="AH31" s="84">
+        <v>5.4521230000000003</v>
+      </c>
     </row>
-    <row r="32" spans="1:32" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A32" s="134"/>
       <c r="B32" s="130"/>
       <c r="C32" s="85" t="s">
         <v>92</v>
       </c>
       <c r="D32" s="90">
         <v>1.750726</v>
       </c>
       <c r="E32" s="90">
         <v>1.976982</v>
       </c>
       <c r="F32" s="90">
         <v>2.0258120000000002</v>
       </c>
       <c r="G32" s="90">
         <v>2.3789470000000001</v>
       </c>
       <c r="H32" s="90">
         <v>2.5809570000000002</v>
       </c>
       <c r="I32" s="90">
         <v>2.216018</v>
       </c>
       <c r="J32" s="90">
         <v>2.3979279999999998</v>
@@ -15523,52 +16013,58 @@
       </c>
       <c r="Y32" s="90">
         <v>4.9148630000000004</v>
       </c>
       <c r="Z32" s="90">
         <v>4.5205399999999996</v>
       </c>
       <c r="AA32" s="90">
         <v>3.667055</v>
       </c>
       <c r="AB32" s="90">
         <v>3.834676</v>
       </c>
       <c r="AC32" s="90">
         <v>4.0112540000000001</v>
       </c>
       <c r="AD32" s="90">
         <v>4.2526520000000003</v>
       </c>
       <c r="AE32" s="90">
         <v>4.689254</v>
       </c>
       <c r="AF32" s="90">
         <v>4.9217829999999996</v>
       </c>
+      <c r="AG32" s="90">
+        <v>4.1761559999999998</v>
+      </c>
+      <c r="AH32" s="90">
+        <v>3.857138</v>
+      </c>
     </row>
-    <row r="33" spans="1:32" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A33" s="134"/>
       <c r="B33" s="130"/>
       <c r="C33" s="85" t="s">
         <v>91</v>
       </c>
       <c r="D33" s="90">
         <v>0.46784799999999999</v>
       </c>
       <c r="E33" s="90">
         <v>0.45860400000000001</v>
       </c>
       <c r="F33" s="90">
         <v>0.52299200000000001</v>
       </c>
       <c r="G33" s="90">
         <v>0.53427500000000006</v>
       </c>
       <c r="H33" s="90">
         <v>0.58546299999999996</v>
       </c>
       <c r="I33" s="90">
         <v>0.55793099999999995</v>
       </c>
       <c r="J33" s="90">
         <v>0.61110500000000001</v>
@@ -15617,52 +16113,58 @@
       </c>
       <c r="Y33" s="90">
         <v>0.955897</v>
       </c>
       <c r="Z33" s="90">
         <v>0.95455199999999996</v>
       </c>
       <c r="AA33" s="90">
         <v>1.0539080000000001</v>
       </c>
       <c r="AB33" s="90">
         <v>1.0056149999999999</v>
       </c>
       <c r="AC33" s="90">
         <v>1.0894010000000001</v>
       </c>
       <c r="AD33" s="90">
         <v>1.087914</v>
       </c>
       <c r="AE33" s="90">
         <v>1.1994400000000001</v>
       </c>
       <c r="AF33" s="90">
         <v>1.2239</v>
       </c>
+      <c r="AG33" s="90">
+        <v>1.1741630000000001</v>
+      </c>
+      <c r="AH33" s="90">
+        <v>1.1822950000000001</v>
+      </c>
     </row>
-    <row r="34" spans="1:32" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A34" s="134"/>
       <c r="B34" s="130"/>
       <c r="C34" s="85" t="s">
         <v>93</v>
       </c>
       <c r="D34" s="90">
         <v>0.12674099999999999</v>
       </c>
       <c r="E34" s="90">
         <v>0.132551</v>
       </c>
       <c r="F34" s="90">
         <v>0.129664</v>
       </c>
       <c r="G34" s="90">
         <v>0.12570500000000001</v>
       </c>
       <c r="H34" s="90">
         <v>0.137076</v>
       </c>
       <c r="I34" s="90">
         <v>0.14405699999999999</v>
       </c>
       <c r="J34" s="90">
         <v>0.153227</v>
@@ -15711,52 +16213,58 @@
       </c>
       <c r="Y34" s="90">
         <v>2.7299E-2</v>
       </c>
       <c r="Z34" s="90">
         <v>2.4718E-2</v>
       </c>
       <c r="AA34" s="90">
         <v>3.1295999999999997E-2</v>
       </c>
       <c r="AB34" s="90">
         <v>3.4278999999999997E-2</v>
       </c>
       <c r="AC34" s="90">
         <v>3.3859E-2</v>
       </c>
       <c r="AD34" s="90">
         <v>3.2534E-2</v>
       </c>
       <c r="AE34" s="90">
         <v>3.3443000000000001E-2</v>
       </c>
       <c r="AF34" s="90">
         <v>3.3390000000000003E-2</v>
       </c>
+      <c r="AG34" s="90">
+        <v>3.3089E-2</v>
+      </c>
+      <c r="AH34" s="90">
+        <v>3.4131000000000002E-2</v>
+      </c>
     </row>
-    <row r="35" spans="1:32" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A35" s="134"/>
       <c r="B35" s="130"/>
       <c r="C35" s="85" t="s">
         <v>94</v>
       </c>
       <c r="D35" s="90">
         <v>1.1235999999999999E-2</v>
       </c>
       <c r="E35" s="90">
         <v>1.3117999999999999E-2</v>
       </c>
       <c r="F35" s="90">
         <v>4.9272999999999997E-2</v>
       </c>
       <c r="G35" s="90">
         <v>4.0645000000000001E-2</v>
       </c>
       <c r="H35" s="90">
         <v>2.5222999999999999E-2</v>
       </c>
       <c r="I35" s="90">
         <v>2.3614E-2</v>
       </c>
       <c r="J35" s="90">
         <v>2.3666E-2</v>
@@ -15805,52 +16313,58 @@
       </c>
       <c r="Y35" s="90">
         <v>0.27009499999999997</v>
       </c>
       <c r="Z35" s="90">
         <v>0.28483199999999997</v>
       </c>
       <c r="AA35" s="90">
         <v>0.32853399999999999</v>
       </c>
       <c r="AB35" s="90">
         <v>0.31694099999999997</v>
       </c>
       <c r="AC35" s="90">
         <v>0.31980900000000001</v>
       </c>
       <c r="AD35" s="90">
         <v>0.31665900000000002</v>
       </c>
       <c r="AE35" s="90">
         <v>0.332708</v>
       </c>
       <c r="AF35" s="90">
         <v>0.33807300000000001</v>
       </c>
+      <c r="AG35" s="90">
+        <v>0.33255299999999999</v>
+      </c>
+      <c r="AH35" s="90">
+        <v>0.37786199999999998</v>
+      </c>
     </row>
-    <row r="36" spans="1:32" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A36" s="134"/>
       <c r="B36" s="131"/>
       <c r="C36" s="93" t="s">
         <v>98</v>
       </c>
       <c r="D36" s="95">
         <v>1.3757E-2</v>
       </c>
       <c r="E36" s="95">
         <v>1.4272E-2</v>
       </c>
       <c r="F36" s="95">
         <v>1.4952E-2</v>
       </c>
       <c r="G36" s="95">
         <v>1.4864E-2</v>
       </c>
       <c r="H36" s="95">
         <v>1.4670000000000001E-2</v>
       </c>
       <c r="I36" s="95">
         <v>1.4175E-2</v>
       </c>
       <c r="J36" s="95">
         <v>1.3403999999999999E-2</v>
@@ -15899,52 +16413,58 @@
       </c>
       <c r="Y36" s="95">
         <v>1.5649E-2</v>
       </c>
       <c r="Z36" s="95">
         <v>1.5557E-2</v>
       </c>
       <c r="AA36" s="95">
         <v>7.0619999999999997E-3</v>
       </c>
       <c r="AB36" s="95">
         <v>1.031E-3</v>
       </c>
       <c r="AC36" s="95">
         <v>7.9900000000000001E-4</v>
       </c>
       <c r="AD36" s="95">
         <v>7.8399999999999997E-4</v>
       </c>
       <c r="AE36" s="95">
         <v>7.0399999999999998E-4</v>
       </c>
       <c r="AF36" s="95">
         <v>7.6400000000000003E-4</v>
       </c>
+      <c r="AG36" s="95">
+        <v>5.1999999999999995E-4</v>
+      </c>
+      <c r="AH36" s="95">
+        <v>6.6200000000000005E-4</v>
+      </c>
     </row>
-    <row r="37" spans="1:32" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="37" spans="1:34" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A37" s="134"/>
       <c r="B37" s="132"/>
       <c r="C37" s="88" t="s">
         <v>99</v>
       </c>
       <c r="D37" s="89">
         <v>2.4600000000000002E-4</v>
       </c>
       <c r="E37" s="89">
         <v>2.2100000000000001E-4</v>
       </c>
       <c r="F37" s="89">
         <v>1.8799999999999999E-4</v>
       </c>
       <c r="G37" s="89">
         <v>2.5900000000000001E-4</v>
       </c>
       <c r="H37" s="89">
         <v>2.03E-4</v>
       </c>
       <c r="I37" s="89">
         <v>1.6200000000000001E-4</v>
       </c>
       <c r="J37" s="89">
         <v>5.7000000000000003E-5</v>
@@ -15993,52 +16513,58 @@
       </c>
       <c r="Y37" s="91">
         <v>3.1999999999999999E-5</v>
       </c>
       <c r="Z37" s="89">
         <v>4.0000000000000003E-5</v>
       </c>
       <c r="AA37" s="89">
         <v>5.3999999999999998E-5</v>
       </c>
       <c r="AB37" s="89">
         <v>4.6999999999999997E-5</v>
       </c>
       <c r="AC37" s="89">
         <v>5.3999999999999998E-5</v>
       </c>
       <c r="AD37" s="89">
         <v>4.3999999999999999E-5</v>
       </c>
       <c r="AE37" s="89">
         <v>7.2999999999999999E-5</v>
       </c>
       <c r="AF37" s="89">
         <v>7.2999999999999999E-5</v>
       </c>
+      <c r="AG37" s="89">
+        <v>4.1999999999999998E-5</v>
+      </c>
+      <c r="AH37" s="89">
+        <v>3.4999999999999997E-5</v>
+      </c>
     </row>
-    <row r="38" spans="1:32" ht="13.8" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:34" ht="13.8" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A38" s="134"/>
       <c r="B38" s="129" t="s">
         <v>96</v>
       </c>
       <c r="C38" s="83" t="s">
         <v>1</v>
       </c>
       <c r="D38" s="84">
         <v>49.901308999999998</v>
       </c>
       <c r="E38" s="84">
         <v>51.352094999999998</v>
       </c>
       <c r="F38" s="84">
         <v>50.853189</v>
       </c>
       <c r="G38" s="84">
         <v>54.078580000000002</v>
       </c>
       <c r="H38" s="84">
         <v>53.627426</v>
       </c>
       <c r="I38" s="84">
         <v>52.537132</v>
       </c>
@@ -16089,52 +16615,58 @@
       </c>
       <c r="Y38" s="84">
         <v>60.795485999999997</v>
       </c>
       <c r="Z38" s="84">
         <v>55.722351000000003</v>
       </c>
       <c r="AA38" s="84">
         <v>65.128361999999996</v>
       </c>
       <c r="AB38" s="84">
         <v>60.885196000000001</v>
       </c>
       <c r="AC38" s="84">
         <v>64.707721000000006</v>
       </c>
       <c r="AD38" s="84">
         <v>65.850932999999998</v>
       </c>
       <c r="AE38" s="84">
         <v>69.527709000000002</v>
       </c>
       <c r="AF38" s="84">
         <v>68.788970000000006</v>
       </c>
+      <c r="AG38" s="84">
+        <v>67.354353000000003</v>
+      </c>
+      <c r="AH38" s="84">
+        <v>70.605619000000004</v>
+      </c>
     </row>
-    <row r="39" spans="1:32" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A39" s="134"/>
       <c r="B39" s="130"/>
       <c r="C39" s="85" t="s">
         <v>92</v>
       </c>
       <c r="D39" s="90">
         <v>24.259910999999999</v>
       </c>
       <c r="E39" s="90">
         <v>25.820710999999999</v>
       </c>
       <c r="F39" s="90">
         <v>26.313845000000001</v>
       </c>
       <c r="G39" s="90">
         <v>27.693781999999999</v>
       </c>
       <c r="H39" s="90">
         <v>27.245681999999999</v>
       </c>
       <c r="I39" s="90">
         <v>26.175066000000001</v>
       </c>
       <c r="J39" s="90">
         <v>26.422792999999999</v>
@@ -16183,52 +16715,58 @@
       </c>
       <c r="Y39" s="87">
         <v>26.879194999999999</v>
       </c>
       <c r="Z39" s="87">
         <v>24.471577</v>
       </c>
       <c r="AA39" s="87">
         <v>28.938967999999999</v>
       </c>
       <c r="AB39" s="87">
         <v>27.742533000000002</v>
       </c>
       <c r="AC39" s="87">
         <v>29.590375999999999</v>
       </c>
       <c r="AD39" s="87">
         <v>32.007277000000002</v>
       </c>
       <c r="AE39" s="87">
         <v>34.808906</v>
       </c>
       <c r="AF39" s="87">
         <v>33.524661000000002</v>
       </c>
+      <c r="AG39" s="87">
+        <v>32.192383</v>
+      </c>
+      <c r="AH39" s="87">
+        <v>32.439197</v>
+      </c>
     </row>
-    <row r="40" spans="1:32" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A40" s="134"/>
       <c r="B40" s="130"/>
       <c r="C40" s="85" t="s">
         <v>91</v>
       </c>
       <c r="D40" s="90">
         <v>25.041115999999999</v>
       </c>
       <c r="E40" s="90">
         <v>24.908840999999999</v>
       </c>
       <c r="F40" s="90">
         <v>23.915087</v>
       </c>
       <c r="G40" s="90">
         <v>25.721675999999999</v>
       </c>
       <c r="H40" s="90">
         <v>25.690090999999999</v>
       </c>
       <c r="I40" s="90">
         <v>25.637713999999999</v>
       </c>
       <c r="J40" s="90">
         <v>27.559944999999999</v>
@@ -16277,52 +16815,58 @@
       </c>
       <c r="Y40" s="87">
         <v>33.034025999999997</v>
       </c>
       <c r="Z40" s="87">
         <v>30.440118999999999</v>
       </c>
       <c r="AA40" s="87">
         <v>35.248874999999998</v>
       </c>
       <c r="AB40" s="87">
         <v>32.215079000000003</v>
       </c>
       <c r="AC40" s="87">
         <v>34.151530999999999</v>
       </c>
       <c r="AD40" s="87">
         <v>32.860067999999998</v>
       </c>
       <c r="AE40" s="87">
         <v>33.659740999999997</v>
       </c>
       <c r="AF40" s="87">
         <v>34.195512000000001</v>
       </c>
+      <c r="AG40" s="87">
+        <v>34.041747999999998</v>
+      </c>
+      <c r="AH40" s="87">
+        <v>36.939053000000001</v>
+      </c>
     </row>
-    <row r="41" spans="1:32" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A41" s="134"/>
       <c r="B41" s="130"/>
       <c r="C41" s="85" t="s">
         <v>93</v>
       </c>
       <c r="D41" s="90">
         <v>6.7080000000000004E-3</v>
       </c>
       <c r="E41" s="90">
         <v>7.4440000000000001E-3</v>
       </c>
       <c r="F41" s="90">
         <v>7.332E-3</v>
       </c>
       <c r="G41" s="90">
         <v>6.9690000000000004E-3</v>
       </c>
       <c r="H41" s="90">
         <v>9.0629999999999999E-3</v>
       </c>
       <c r="I41" s="90">
         <v>1.5021E-2</v>
       </c>
       <c r="J41" s="90">
         <v>1.7170000000000001E-2</v>
@@ -16371,52 +16915,58 @@
       </c>
       <c r="Y41" s="87">
         <v>4.2615E-2</v>
       </c>
       <c r="Z41" s="87">
         <v>5.4580999999999998E-2</v>
       </c>
       <c r="AA41" s="87">
         <v>5.2627E-2</v>
       </c>
       <c r="AB41" s="87">
         <v>4.8841999999999997E-2</v>
       </c>
       <c r="AC41" s="87">
         <v>5.7847000000000003E-2</v>
       </c>
       <c r="AD41" s="87">
         <v>5.3975000000000002E-2</v>
       </c>
       <c r="AE41" s="87">
         <v>5.5661000000000002E-2</v>
       </c>
       <c r="AF41" s="87">
         <v>5.9568999999999997E-2</v>
       </c>
+      <c r="AG41" s="87">
+        <v>5.6915E-2</v>
+      </c>
+      <c r="AH41" s="87">
+        <v>6.3034000000000007E-2</v>
+      </c>
     </row>
-    <row r="42" spans="1:32" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A42" s="134"/>
       <c r="B42" s="130"/>
       <c r="C42" s="85" t="s">
         <v>94</v>
       </c>
       <c r="D42" s="90">
         <v>0</v>
       </c>
       <c r="E42" s="90">
         <v>0</v>
       </c>
       <c r="F42" s="90">
         <v>0</v>
       </c>
       <c r="G42" s="90">
         <v>0</v>
       </c>
       <c r="H42" s="90">
         <v>0</v>
       </c>
       <c r="I42" s="90">
         <v>0</v>
       </c>
       <c r="J42" s="90">
         <v>0</v>
@@ -16465,52 +17015,58 @@
       </c>
       <c r="Y42" s="87">
         <v>0</v>
       </c>
       <c r="Z42" s="87">
         <v>9.9999999999999995E-7</v>
       </c>
       <c r="AA42" s="87">
         <v>0</v>
       </c>
       <c r="AB42" s="87">
         <v>0</v>
       </c>
       <c r="AC42" s="87">
         <v>0</v>
       </c>
       <c r="AD42" s="87">
         <v>0</v>
       </c>
       <c r="AE42" s="87">
         <v>0</v>
       </c>
       <c r="AF42" s="87">
         <v>0</v>
       </c>
+      <c r="AG42" s="87">
+        <v>0</v>
+      </c>
+      <c r="AH42" s="87">
+        <v>0</v>
+      </c>
     </row>
-    <row r="43" spans="1:32" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A43" s="134"/>
       <c r="B43" s="131"/>
       <c r="C43" s="93" t="s">
         <v>98</v>
       </c>
       <c r="D43" s="90">
         <v>2.9543E-2</v>
       </c>
       <c r="E43" s="90">
         <v>2.9977E-2</v>
       </c>
       <c r="F43" s="90">
         <v>2.5715999999999999E-2</v>
       </c>
       <c r="G43" s="90">
         <v>2.8287E-2</v>
       </c>
       <c r="H43" s="90">
         <v>3.7745000000000001E-2</v>
       </c>
       <c r="I43" s="90">
         <v>5.3777999999999999E-2</v>
       </c>
       <c r="J43" s="90">
         <v>6.0944999999999999E-2</v>
@@ -16559,52 +17115,58 @@
       </c>
       <c r="Y43" s="94">
         <v>6.4477999999999994E-2</v>
       </c>
       <c r="Z43" s="94">
         <v>6.0268000000000002E-2</v>
       </c>
       <c r="AA43" s="94">
         <v>5.0880000000000002E-2</v>
       </c>
       <c r="AB43" s="94">
         <v>4.1230000000000003E-2</v>
       </c>
       <c r="AC43" s="94">
         <v>3.1399000000000003E-2</v>
       </c>
       <c r="AD43" s="94">
         <v>2.7636999999999998E-2</v>
       </c>
       <c r="AE43" s="94">
         <v>2.8561E-2</v>
       </c>
       <c r="AF43" s="94">
         <v>2.7319E-2</v>
       </c>
+      <c r="AG43" s="94">
+        <v>2.9250999999999999E-2</v>
+      </c>
+      <c r="AH43" s="94">
+        <v>3.1268999999999998E-2</v>
+      </c>
     </row>
-    <row r="44" spans="1:32" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="44" spans="1:34" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A44" s="135"/>
       <c r="B44" s="132"/>
       <c r="C44" s="88" t="s">
         <v>99</v>
       </c>
       <c r="D44" s="97">
         <v>0.56403099999999995</v>
       </c>
       <c r="E44" s="91">
         <v>0.58512200000000003</v>
       </c>
       <c r="F44" s="91">
         <v>0.59120899999999998</v>
       </c>
       <c r="G44" s="91">
         <v>0.62786600000000004</v>
       </c>
       <c r="H44" s="91">
         <v>0.644845</v>
       </c>
       <c r="I44" s="91">
         <v>0.65555300000000005</v>
       </c>
       <c r="J44" s="91">
         <v>0.70599299999999998</v>
@@ -16652,50 +17214,56 @@
         <v>0.81116100000000002</v>
       </c>
       <c r="Y44" s="89">
         <v>0.77517199999999997</v>
       </c>
       <c r="Z44" s="89">
         <v>0.69580500000000001</v>
       </c>
       <c r="AA44" s="89">
         <v>0.83701199999999998</v>
       </c>
       <c r="AB44" s="89">
         <v>0.83751200000000003</v>
       </c>
       <c r="AC44" s="89">
         <v>0.87656800000000001</v>
       </c>
       <c r="AD44" s="89">
         <v>0.901976</v>
       </c>
       <c r="AE44" s="89">
         <v>0.97484000000000004</v>
       </c>
       <c r="AF44" s="89">
         <v>0.98190900000000003</v>
+      </c>
+      <c r="AG44" s="89">
+        <v>1.0340560000000001</v>
+      </c>
+      <c r="AH44" s="89">
+        <v>1.1330659999999999</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="10">
     <mergeCell ref="D1:AD1"/>
     <mergeCell ref="B24:B30"/>
     <mergeCell ref="B38:B44"/>
     <mergeCell ref="B31:B37"/>
     <mergeCell ref="A24:A44"/>
     <mergeCell ref="A2:C2"/>
     <mergeCell ref="B3:B9"/>
     <mergeCell ref="B17:B23"/>
     <mergeCell ref="B10:B16"/>
     <mergeCell ref="A3:A23"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="4294967293" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>