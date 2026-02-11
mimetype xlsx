--- v1 (2025-12-26)
+++ v2 (2026-02-11)
@@ -4,70 +4,70 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="d:\UsersNBU\012685\Desktop\Звітність\Жовтень 2025\Таблиці на сайт на 01.11.2025\Англ\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="d:\UsersNBU\012685\Desktop\Звітність\Листопад 2025\Таблиці на сайт на 01.12.2025\Англ\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="20736" windowHeight="11160"/>
   </bookViews>
   <sheets>
     <sheet name="overall data" sheetId="1" r:id="rId1"/>
     <sheet name="detailed data" sheetId="2" r:id="rId2"/>
     <sheet name="non-cash payments breakdown" sheetId="3" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'overall data'!$A$1:$G$3</definedName>
   </definedNames>
   <calcPr calcId="162913"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="432" uniqueCount="111">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="435" uniqueCount="112">
   <si>
     <t>Cash withdrawals</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Reporting period</t>
   </si>
   <si>
     <t>Volume of transactions (million, UAH)</t>
   </si>
   <si>
     <t>Non-cash payments</t>
   </si>
   <si>
     <t>Number of transactions (millions)</t>
   </si>
   <si>
     <t>Volume and number of transactions with a breakdown by payment systems and networks using payment card systems</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
@@ -359,50 +359,53 @@
     <t>March 2025</t>
   </si>
   <si>
     <t>April 2025</t>
   </si>
   <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>June 2025</t>
   </si>
   <si>
     <t>April 2023</t>
   </si>
   <si>
     <t>July 2025</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>October 2025</t>
+  </si>
+  <si>
+    <t>November 2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0;\(#,##0\)"/>
   </numFmts>
   <fonts count="11" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial Cyr"/>
       <charset val="204"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial Cyr"/>
       <charset val="204"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="204"/>
@@ -1601,55 +1604,55 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:H76"/>
+  <dimension ref="A1:H77"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="115" zoomScaleNormal="115" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A61" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A73" sqref="A73"/>
+      <selection pane="bottomLeft" activeCell="A74" sqref="A74"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="20.6640625" customWidth="1"/>
     <col min="2" max="7" width="15.6640625" customWidth="1"/>
     <col min="8" max="8" width="11" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="13.8" x14ac:dyDescent="0.25">
       <c r="A1" s="102" t="s">
         <v>68</v>
       </c>
       <c r="B1" s="102"/>
       <c r="C1" s="102"/>
       <c r="D1" s="102"/>
       <c r="E1" s="102"/>
       <c r="F1" s="102"/>
       <c r="G1" s="102"/>
     </row>
     <row r="2" spans="1:7" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="99" t="s">
         <v>2</v>
       </c>
       <c r="B2" s="100" t="s">
@@ -3273,100 +3276,123 @@
       </c>
     </row>
     <row r="73" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A73" s="5" t="s">
         <v>110</v>
       </c>
       <c r="B73" s="7">
         <v>409794.81604315998</v>
       </c>
       <c r="C73" s="7">
         <v>220756.63723200001</v>
       </c>
       <c r="D73" s="7">
         <v>630551.45327516005</v>
       </c>
       <c r="E73" s="7">
         <v>779.15606500000001</v>
       </c>
       <c r="F73" s="7">
         <v>35.604312</v>
       </c>
       <c r="G73" s="7">
         <v>814.76037699999995</v>
       </c>
     </row>
-    <row r="75" spans="1:7" ht="39.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A75" s="98" t="s">
+    <row r="74" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A74" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="B74" s="7">
+        <v>406144.68795547995</v>
+      </c>
+      <c r="C74" s="7">
+        <v>211616.09669487001</v>
+      </c>
+      <c r="D74" s="7">
+        <v>617760.78465034999</v>
+      </c>
+      <c r="E74" s="7">
+        <v>752.91532600000005</v>
+      </c>
+      <c r="F74" s="7">
+        <v>33.786651999999997</v>
+      </c>
+      <c r="G74" s="7">
+        <v>786.70197800000005</v>
+      </c>
+    </row>
+    <row r="76" spans="1:7" ht="39.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A76" s="98" t="s">
         <v>40</v>
-      </c>
-[...9 lines deleted...]
-        <v>53</v>
       </c>
       <c r="B76" s="98"/>
       <c r="C76" s="98"/>
       <c r="D76" s="98"/>
       <c r="E76" s="98"/>
       <c r="F76" s="98"/>
       <c r="G76" s="98"/>
     </row>
+    <row r="77" spans="1:7" ht="54.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A77" s="98" t="s">
+        <v>53</v>
+      </c>
+      <c r="B77" s="98"/>
+      <c r="C77" s="98"/>
+      <c r="D77" s="98"/>
+      <c r="E77" s="98"/>
+      <c r="F77" s="98"/>
+      <c r="G77" s="98"/>
+    </row>
   </sheetData>
   <mergeCells count="6">
-    <mergeCell ref="A76:G76"/>
+    <mergeCell ref="A77:G77"/>
     <mergeCell ref="A2:A3"/>
     <mergeCell ref="E2:G2"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A1:G1"/>
-    <mergeCell ref="A75:G75"/>
+    <mergeCell ref="A76:G76"/>
   </mergeCells>
   <phoneticPr fontId="1" type="noConversion"/>
   <pageMargins left="0.78740157480314965" right="0.39370078740157483" top="1.1811023622047245" bottom="0.78740157480314965" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" scale="78" fitToHeight="0" orientation="portrait" horizontalDpi="4294967293" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:BU48"/>
+  <dimension ref="A1:BV48"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <pane xSplit="3" ySplit="2" topLeftCell="BN3" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="D1" sqref="D1"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
-      <selection pane="bottomRight" activeCell="BU2" sqref="BU2"/>
+      <selection pane="bottomRight" activeCell="BV2" sqref="BV2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="3.6640625" style="68" customWidth="1"/>
     <col min="2" max="2" width="4.33203125" style="69" customWidth="1"/>
     <col min="3" max="3" width="36.88671875" style="70" customWidth="1"/>
     <col min="4" max="4" width="13.5546875" style="8" customWidth="1"/>
     <col min="5" max="5" width="15.6640625" style="8" customWidth="1"/>
     <col min="6" max="6" width="12.44140625" style="8" customWidth="1"/>
     <col min="7" max="7" width="13.6640625" style="8" customWidth="1"/>
     <col min="8" max="8" width="11.33203125" style="8" customWidth="1"/>
     <col min="9" max="9" width="10.88671875" style="8" customWidth="1"/>
     <col min="10" max="10" width="9.109375" style="8" customWidth="1"/>
     <col min="11" max="11" width="12.5546875" style="8" customWidth="1"/>
     <col min="12" max="12" width="16.5546875" style="8" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="15.88671875" style="8" customWidth="1"/>
     <col min="14" max="14" width="15.88671875" style="8" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="16.109375" style="8" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="13.5546875" style="8" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="14.5546875" style="8" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="11.88671875" style="8" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="12" style="8" customWidth="1"/>
     <col min="20" max="20" width="8.88671875" style="8"/>
     <col min="21" max="21" width="11.109375" style="8" customWidth="1"/>
@@ -3386,84 +3412,84 @@
     <col min="36" max="36" width="16.5546875" style="8" bestFit="1" customWidth="1"/>
     <col min="37" max="37" width="15" style="8" bestFit="1" customWidth="1"/>
     <col min="38" max="38" width="15.6640625" style="8" bestFit="1" customWidth="1"/>
     <col min="39" max="39" width="16.109375" style="8" bestFit="1" customWidth="1"/>
     <col min="40" max="40" width="13.21875" style="8" bestFit="1" customWidth="1"/>
     <col min="41" max="41" width="14.109375" style="8" bestFit="1" customWidth="1"/>
     <col min="42" max="42" width="11.5546875" style="8" bestFit="1" customWidth="1"/>
     <col min="43" max="43" width="12.21875" style="8" bestFit="1" customWidth="1"/>
     <col min="44" max="44" width="9.77734375" style="8" bestFit="1" customWidth="1"/>
     <col min="45" max="45" width="10.33203125" style="8" bestFit="1" customWidth="1"/>
     <col min="46" max="46" width="9.5546875" style="8" bestFit="1" customWidth="1"/>
     <col min="47" max="47" width="12.109375" style="9" bestFit="1" customWidth="1"/>
     <col min="48" max="48" width="16.109375" style="9" bestFit="1" customWidth="1"/>
     <col min="49" max="49" width="13.21875" style="9" bestFit="1" customWidth="1"/>
     <col min="50" max="50" width="15.21875" style="9" bestFit="1" customWidth="1"/>
     <col min="51" max="51" width="16.109375" style="9" bestFit="1" customWidth="1"/>
     <col min="52" max="52" width="16.109375" style="71" bestFit="1" customWidth="1"/>
     <col min="53" max="53" width="14.109375" style="8" bestFit="1" customWidth="1"/>
     <col min="54" max="59" width="16.109375" style="71" bestFit="1" customWidth="1"/>
     <col min="60" max="60" width="15.77734375" style="71" bestFit="1" customWidth="1"/>
     <col min="61" max="65" width="16.109375" style="71" bestFit="1" customWidth="1"/>
     <col min="66" max="66" width="11.5546875" style="71" bestFit="1" customWidth="1"/>
     <col min="67" max="67" width="16.109375" style="71" bestFit="1" customWidth="1"/>
     <col min="68" max="68" width="14.33203125" style="71" customWidth="1"/>
     <col min="69" max="69" width="10.33203125" style="71" bestFit="1" customWidth="1"/>
-    <col min="70" max="73" width="16.109375" style="71" bestFit="1" customWidth="1"/>
-    <col min="74" max="16384" width="8.88671875" style="8"/>
+    <col min="70" max="74" width="16.109375" style="71" bestFit="1" customWidth="1"/>
+    <col min="75" max="16384" width="8.88671875" style="8"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:73" ht="40.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:74" ht="40.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="105" t="s">
         <v>6</v>
       </c>
       <c r="B1" s="106"/>
       <c r="C1" s="106"/>
       <c r="D1" s="106"/>
       <c r="E1" s="106"/>
       <c r="F1" s="106"/>
       <c r="G1" s="106"/>
       <c r="H1" s="106"/>
       <c r="I1" s="106"/>
       <c r="J1" s="106"/>
       <c r="K1" s="106"/>
       <c r="L1" s="106"/>
       <c r="M1" s="106"/>
       <c r="N1" s="106"/>
       <c r="O1" s="106"/>
       <c r="P1" s="106"/>
       <c r="Q1" s="106"/>
       <c r="R1" s="106"/>
       <c r="S1" s="106"/>
       <c r="T1" s="106"/>
       <c r="U1" s="106"/>
       <c r="V1" s="106"/>
       <c r="W1" s="106"/>
       <c r="X1" s="106"/>
       <c r="Y1" s="106"/>
     </row>
-    <row r="2" spans="1:73" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:74" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A2" s="119" t="s">
         <v>2</v>
       </c>
       <c r="B2" s="120"/>
       <c r="C2" s="120"/>
       <c r="D2" s="10" t="s">
         <v>7</v>
       </c>
       <c r="E2" s="10" t="s">
         <v>8</v>
       </c>
       <c r="F2" s="10" t="s">
         <v>9</v>
       </c>
       <c r="G2" s="10" t="s">
         <v>10</v>
       </c>
       <c r="H2" s="11" t="s">
         <v>11</v>
       </c>
       <c r="I2" s="11" t="s">
         <v>12</v>
       </c>
       <c r="J2" s="11" t="s">
         <v>13</v>
@@ -3635,52 +3661,55 @@
       </c>
       <c r="BN2" s="80" t="s">
         <v>102</v>
       </c>
       <c r="BO2" s="80" t="s">
         <v>103</v>
       </c>
       <c r="BP2" s="80" t="s">
         <v>104</v>
       </c>
       <c r="BQ2" s="80" t="s">
         <v>105</v>
       </c>
       <c r="BR2" s="80" t="s">
         <v>107</v>
       </c>
       <c r="BS2" s="80" t="s">
         <v>108</v>
       </c>
       <c r="BT2" s="80" t="s">
         <v>109</v>
       </c>
       <c r="BU2" s="80" t="s">
         <v>110</v>
       </c>
+      <c r="BV2" s="80" t="s">
+        <v>111</v>
+      </c>
     </row>
-    <row r="3" spans="1:73" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:74" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A3" s="116" t="s">
         <v>3</v>
       </c>
       <c r="B3" s="108" t="s">
         <v>4</v>
       </c>
       <c r="C3" s="14" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="15">
         <v>158640.44</v>
       </c>
       <c r="E3" s="15">
         <v>168287.61</v>
       </c>
       <c r="F3" s="15">
         <v>176088.1</v>
       </c>
       <c r="G3" s="16">
         <v>154082.06</v>
       </c>
       <c r="H3" s="16">
         <v>157367.88</v>
       </c>
       <c r="I3" s="17">
@@ -3856,52 +3885,55 @@
       </c>
       <c r="BN3" s="72">
         <v>383390.38376081001</v>
       </c>
       <c r="BO3" s="72">
         <v>368977.27797924</v>
       </c>
       <c r="BP3" s="72">
         <v>391380.05704381003</v>
       </c>
       <c r="BQ3" s="72">
         <v>384510.17086850002</v>
       </c>
       <c r="BR3" s="72">
         <v>399072.18334122997</v>
       </c>
       <c r="BS3" s="72">
         <v>404022.92835280998</v>
       </c>
       <c r="BT3" s="72">
         <v>392764.43292265997</v>
       </c>
       <c r="BU3" s="72">
         <v>409794.81604315998</v>
       </c>
+      <c r="BV3" s="72">
+        <v>406144.68795547995</v>
+      </c>
     </row>
-    <row r="4" spans="1:73" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:74" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A4" s="117"/>
       <c r="B4" s="109"/>
       <c r="C4" s="22" t="s">
         <v>69</v>
       </c>
       <c r="D4" s="23">
         <v>9116</v>
       </c>
       <c r="E4" s="23">
         <v>9220</v>
       </c>
       <c r="F4" s="23">
         <v>9603</v>
       </c>
       <c r="G4" s="24">
         <v>7798</v>
       </c>
       <c r="H4" s="25">
         <v>8162</v>
       </c>
       <c r="I4" s="25">
         <v>9507</v>
       </c>
       <c r="J4" s="25">
         <v>10970</v>
@@ -4073,52 +4105,55 @@
       </c>
       <c r="BN4" s="73">
         <v>5747.0816612799999</v>
       </c>
       <c r="BO4" s="73">
         <v>5750.7510892399996</v>
       </c>
       <c r="BP4" s="73">
         <v>6166.5511121</v>
       </c>
       <c r="BQ4" s="73">
         <v>6209.0206934300004</v>
       </c>
       <c r="BR4" s="73">
         <v>6687.5089006600001</v>
       </c>
       <c r="BS4" s="73">
         <v>6790.0199611600001</v>
       </c>
       <c r="BT4" s="73">
         <v>6796.3805704699998</v>
       </c>
       <c r="BU4" s="73">
         <v>7223.5569429200004</v>
       </c>
+      <c r="BV4" s="73">
+        <v>7128.4376340400004</v>
+      </c>
     </row>
-    <row r="5" spans="1:73" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:74" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A5" s="117"/>
       <c r="B5" s="109"/>
       <c r="C5" s="30" t="s">
         <v>70</v>
       </c>
       <c r="D5" s="31">
         <v>148524</v>
       </c>
       <c r="E5" s="31">
         <v>159066</v>
       </c>
       <c r="F5" s="31">
         <v>166484</v>
       </c>
       <c r="G5" s="32">
         <v>146284</v>
       </c>
       <c r="H5" s="32">
         <v>149206</v>
       </c>
       <c r="I5" s="33">
         <v>158886</v>
       </c>
       <c r="J5" s="25">
         <v>175122</v>
@@ -4290,52 +4325,55 @@
       </c>
       <c r="BN5" s="74">
         <v>377643.30209953</v>
       </c>
       <c r="BO5" s="74">
         <v>363226.52688999998</v>
       </c>
       <c r="BP5" s="74">
         <v>385213.50593171001</v>
       </c>
       <c r="BQ5" s="74">
         <v>378301.15017506998</v>
       </c>
       <c r="BR5" s="74">
         <v>392384.67444057</v>
       </c>
       <c r="BS5" s="74">
         <v>397232.90839165001</v>
       </c>
       <c r="BT5" s="74">
         <v>385968.05235219002</v>
       </c>
       <c r="BU5" s="74">
         <v>402571.25910024001</v>
       </c>
+      <c r="BV5" s="74">
+        <v>399016.25032143999</v>
+      </c>
     </row>
-    <row r="6" spans="1:73" ht="13.8" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:74" ht="13.8" x14ac:dyDescent="0.25">
       <c r="A6" s="117"/>
       <c r="B6" s="109"/>
       <c r="C6" s="36" t="s">
         <v>71</v>
       </c>
       <c r="D6" s="37">
         <v>104059.02</v>
       </c>
       <c r="E6" s="37">
         <v>110653.85</v>
       </c>
       <c r="F6" s="37">
         <v>114089.18</v>
       </c>
       <c r="G6" s="38">
         <v>101211.26</v>
       </c>
       <c r="H6" s="26">
         <v>103023.27</v>
       </c>
       <c r="I6" s="25">
         <v>110280.57</v>
       </c>
       <c r="J6" s="25">
         <v>120982.24832481</v>
@@ -4507,52 +4545,55 @@
       </c>
       <c r="BN6" s="75">
         <v>183941.81537254999</v>
       </c>
       <c r="BO6" s="75">
         <v>175396.96909100001</v>
       </c>
       <c r="BP6" s="75">
         <v>184530.94238045998</v>
       </c>
       <c r="BQ6" s="75">
         <v>178903.43420860998</v>
       </c>
       <c r="BR6" s="75">
         <v>184380.31963017999</v>
       </c>
       <c r="BS6" s="75">
         <v>184852.67838199</v>
       </c>
       <c r="BT6" s="75">
         <v>177863.53358059001</v>
       </c>
       <c r="BU6" s="75">
         <v>184410.84782707001</v>
       </c>
+      <c r="BV6" s="75">
+        <v>181600.97955498999</v>
+      </c>
     </row>
-    <row r="7" spans="1:73" ht="13.8" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:74" ht="13.8" x14ac:dyDescent="0.25">
       <c r="A7" s="117"/>
       <c r="B7" s="109"/>
       <c r="C7" s="40" t="s">
         <v>72</v>
       </c>
       <c r="D7" s="41">
         <v>54463.77</v>
       </c>
       <c r="E7" s="41">
         <v>57489.8</v>
       </c>
       <c r="F7" s="41">
         <v>61827.42</v>
       </c>
       <c r="G7" s="33">
         <v>52662.07</v>
       </c>
       <c r="H7" s="33">
         <v>54121.89</v>
       </c>
       <c r="I7" s="42">
         <v>57843.78</v>
       </c>
       <c r="J7" s="42">
         <v>64698.011109289997</v>
@@ -4724,52 +4765,55 @@
       </c>
       <c r="BN7" s="73">
         <v>198012.80470629002</v>
       </c>
       <c r="BO7" s="73">
         <v>192185.96433243999</v>
       </c>
       <c r="BP7" s="73">
         <v>205432.39484649</v>
       </c>
       <c r="BQ7" s="73">
         <v>204312.60960563002</v>
       </c>
       <c r="BR7" s="73">
         <v>213293.99703169</v>
       </c>
       <c r="BS7" s="73">
         <v>217756.35848854002</v>
       </c>
       <c r="BT7" s="73">
         <v>213553.4229531</v>
       </c>
       <c r="BU7" s="73">
         <v>223952.26182414999</v>
       </c>
+      <c r="BV7" s="73">
+        <v>223042.68078570001</v>
+      </c>
     </row>
-    <row r="8" spans="1:73" ht="13.8" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:74" ht="13.8" x14ac:dyDescent="0.25">
       <c r="A8" s="117"/>
       <c r="B8" s="109"/>
       <c r="C8" s="40" t="s">
         <v>73</v>
       </c>
       <c r="D8" s="41">
         <v>117.64</v>
       </c>
       <c r="E8" s="41">
         <v>143.93</v>
       </c>
       <c r="F8" s="41">
         <v>171.49</v>
       </c>
       <c r="G8" s="42">
         <v>208.72</v>
       </c>
       <c r="H8" s="33">
         <v>222.72</v>
       </c>
       <c r="I8" s="33">
         <v>267.66000000000003</v>
       </c>
       <c r="J8" s="33">
         <v>411.75634733999999</v>
@@ -4941,52 +4985,55 @@
       </c>
       <c r="BN8" s="76">
         <v>1426.7772314000001</v>
       </c>
       <c r="BO8" s="76">
         <v>1384.9412388599999</v>
       </c>
       <c r="BP8" s="76">
         <v>1407.7024456500001</v>
       </c>
       <c r="BQ8" s="76">
         <v>1285.2242407000001</v>
       </c>
       <c r="BR8" s="76">
         <v>1388.4801492500001</v>
       </c>
       <c r="BS8" s="76">
         <v>1402.9260040199999</v>
       </c>
       <c r="BT8" s="76">
         <v>1335.3179114700001</v>
       </c>
       <c r="BU8" s="76">
         <v>1418.3486558</v>
       </c>
+      <c r="BV8" s="76">
+        <v>1485.8208145799999</v>
+      </c>
     </row>
-    <row r="9" spans="1:73" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:74" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A9" s="117"/>
       <c r="B9" s="109"/>
       <c r="C9" s="45" t="s">
         <v>74</v>
       </c>
       <c r="D9" s="46">
         <v>0.01</v>
       </c>
       <c r="E9" s="46">
         <v>0.03</v>
       </c>
       <c r="F9" s="46">
         <v>0.01</v>
       </c>
       <c r="G9" s="47">
         <v>0.01</v>
       </c>
       <c r="H9" s="48">
         <v>0</v>
       </c>
       <c r="I9" s="32">
         <v>0</v>
       </c>
       <c r="J9" s="32">
         <v>0</v>
@@ -5158,52 +5205,55 @@
       </c>
       <c r="BN9" s="74">
         <v>8.9864505700000006</v>
       </c>
       <c r="BO9" s="74">
         <v>9.4033169399999998</v>
       </c>
       <c r="BP9" s="74">
         <v>9.0173712100000003</v>
       </c>
       <c r="BQ9" s="74">
         <v>8.9028135599999985</v>
       </c>
       <c r="BR9" s="74">
         <v>9.3865301099999989</v>
       </c>
       <c r="BS9" s="74">
         <v>10.965478259999999</v>
       </c>
       <c r="BT9" s="74">
         <v>12.1584775</v>
       </c>
       <c r="BU9" s="74">
         <v>13.35773614</v>
       </c>
+      <c r="BV9" s="74">
+        <v>15.206800209999999</v>
+      </c>
     </row>
-    <row r="10" spans="1:73" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:74" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A10" s="117"/>
       <c r="B10" s="109"/>
       <c r="C10" s="36" t="s">
         <v>65</v>
       </c>
       <c r="D10" s="23">
         <v>107892.03</v>
       </c>
       <c r="E10" s="23">
         <v>114073.61</v>
       </c>
       <c r="F10" s="23">
         <v>121214.33</v>
       </c>
       <c r="G10" s="23">
         <v>107844.49</v>
       </c>
       <c r="H10" s="25">
         <v>108889.55</v>
       </c>
       <c r="I10" s="25">
         <v>114854.87</v>
       </c>
       <c r="J10" s="25">
         <v>128651.93577029</v>
@@ -5375,52 +5425,55 @@
       </c>
       <c r="BN10" s="75">
         <v>167081.28456542001</v>
       </c>
       <c r="BO10" s="75">
         <v>159529.54120084</v>
       </c>
       <c r="BP10" s="75">
         <v>167404.87116616001</v>
       </c>
       <c r="BQ10" s="75">
         <v>160843.93309194001</v>
       </c>
       <c r="BR10" s="75">
         <v>165215.60724136999</v>
       </c>
       <c r="BS10" s="75">
         <v>167172.08504576999</v>
       </c>
       <c r="BT10" s="75">
         <v>163687.25628942999</v>
       </c>
       <c r="BU10" s="75">
         <v>170415.58069782</v>
       </c>
+      <c r="BV10" s="75">
+        <v>170843.56091095001</v>
+      </c>
     </row>
-    <row r="11" spans="1:73" ht="13.8" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:74" ht="13.8" x14ac:dyDescent="0.25">
       <c r="A11" s="117"/>
       <c r="B11" s="109"/>
       <c r="C11" s="40" t="s">
         <v>66</v>
       </c>
       <c r="D11" s="23">
         <v>37630.53</v>
       </c>
       <c r="E11" s="41">
         <v>42498.82</v>
       </c>
       <c r="F11" s="41">
         <v>44720.77</v>
       </c>
       <c r="G11" s="41">
         <v>38778.93</v>
       </c>
       <c r="H11" s="42">
         <v>41669.339999999997</v>
       </c>
       <c r="I11" s="42">
         <v>46255</v>
       </c>
       <c r="J11" s="42">
         <v>49092.9975548</v>
@@ -5592,52 +5645,55 @@
       </c>
       <c r="BN11" s="76">
         <v>165925.80999903</v>
       </c>
       <c r="BO11" s="76">
         <v>160852.42496594001</v>
       </c>
       <c r="BP11" s="76">
         <v>171414.86288803001</v>
       </c>
       <c r="BQ11" s="76">
         <v>169295.50202334</v>
       </c>
       <c r="BR11" s="76">
         <v>174736.64212154</v>
       </c>
       <c r="BS11" s="76">
         <v>179227.40513897</v>
       </c>
       <c r="BT11" s="76">
         <v>173001.04925004</v>
       </c>
       <c r="BU11" s="76">
         <v>181500.05324183</v>
       </c>
+      <c r="BV11" s="76">
+        <v>177226.97970296</v>
+      </c>
     </row>
-    <row r="12" spans="1:73" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:74" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A12" s="117"/>
       <c r="B12" s="110"/>
       <c r="C12" s="45" t="s">
         <v>67</v>
       </c>
       <c r="D12" s="31">
         <v>13117.88</v>
       </c>
       <c r="E12" s="31">
         <v>11715.17</v>
       </c>
       <c r="F12" s="31">
         <v>10153</v>
       </c>
       <c r="G12" s="31">
         <v>7458.64</v>
       </c>
       <c r="H12" s="32">
         <v>6808.99</v>
       </c>
       <c r="I12" s="32">
         <v>7282.13</v>
       </c>
       <c r="J12" s="32">
         <v>8347.2868309099995</v>
@@ -5809,52 +5865,55 @@
       </c>
       <c r="BN12" s="73">
         <v>50383.289196359998</v>
       </c>
       <c r="BO12" s="73">
         <v>48595.311812460001</v>
       </c>
       <c r="BP12" s="73">
         <v>52560.322989619999</v>
       </c>
       <c r="BQ12" s="73">
         <v>54370.735753220004</v>
       </c>
       <c r="BR12" s="73">
         <v>59119.933978319998</v>
       </c>
       <c r="BS12" s="73">
         <v>57623.438168070003</v>
       </c>
       <c r="BT12" s="73">
         <v>56076.127383190003</v>
       </c>
       <c r="BU12" s="73">
         <v>57879.18210351</v>
       </c>
+      <c r="BV12" s="73">
+        <v>58074.147341570002</v>
+      </c>
     </row>
-    <row r="13" spans="1:73" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="13" spans="1:74" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A13" s="121"/>
       <c r="B13" s="123" t="s">
         <v>0</v>
       </c>
       <c r="C13" s="49" t="s">
         <v>1</v>
       </c>
       <c r="D13" s="50">
         <v>130834.38</v>
       </c>
       <c r="E13" s="50">
         <v>139749.41</v>
       </c>
       <c r="F13" s="50">
         <v>146902.84</v>
       </c>
       <c r="G13" s="16">
         <v>119498.13</v>
       </c>
       <c r="H13" s="51">
         <v>126241.07</v>
       </c>
       <c r="I13" s="17">
         <v>138327.32</v>
       </c>
@@ -6028,52 +6087,55 @@
       </c>
       <c r="BN13" s="72">
         <v>205769.60918232999</v>
       </c>
       <c r="BO13" s="72">
         <v>197951.62718641001</v>
       </c>
       <c r="BP13" s="72">
         <v>208351.00786157002</v>
       </c>
       <c r="BQ13" s="72">
         <v>202008.30596679001</v>
       </c>
       <c r="BR13" s="72">
         <v>205706.05647122001</v>
       </c>
       <c r="BS13" s="72">
         <v>209980.57042498002</v>
       </c>
       <c r="BT13" s="72">
         <v>206349.56484973998</v>
       </c>
       <c r="BU13" s="72">
         <v>220756.63723200001</v>
       </c>
+      <c r="BV13" s="72">
+        <v>211616.09669487001</v>
+      </c>
     </row>
-    <row r="14" spans="1:73" ht="13.8" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:74" ht="13.8" x14ac:dyDescent="0.25">
       <c r="A14" s="121"/>
       <c r="B14" s="124"/>
       <c r="C14" s="36" t="s">
         <v>69</v>
       </c>
       <c r="D14" s="23">
         <v>16710.650000000001</v>
       </c>
       <c r="E14" s="23">
         <v>16691.009999999998</v>
       </c>
       <c r="F14" s="23">
         <v>18200.53</v>
       </c>
       <c r="G14" s="42">
         <v>14422.6</v>
       </c>
       <c r="H14" s="42">
         <v>15168.09</v>
       </c>
       <c r="I14" s="42">
         <v>17348.66</v>
       </c>
       <c r="J14" s="42">
         <v>20953.830000000002</v>
@@ -6245,52 +6307,55 @@
       </c>
       <c r="BN14" s="73">
         <v>29612.47888527</v>
       </c>
       <c r="BO14" s="73">
         <v>29546.14967391</v>
       </c>
       <c r="BP14" s="73">
         <v>30577.836456590001</v>
       </c>
       <c r="BQ14" s="73">
         <v>30762.307538740002</v>
       </c>
       <c r="BR14" s="73">
         <v>33125.284361340004</v>
       </c>
       <c r="BS14" s="73">
         <v>33370.885467319997</v>
       </c>
       <c r="BT14" s="73">
         <v>34534.500223540002</v>
       </c>
       <c r="BU14" s="73">
         <v>36780.031926809999</v>
       </c>
+      <c r="BV14" s="73">
+        <v>33681.381236770001</v>
+      </c>
     </row>
-    <row r="15" spans="1:73" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="15" spans="1:74" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A15" s="121"/>
       <c r="B15" s="124"/>
       <c r="C15" s="45" t="s">
         <v>70</v>
       </c>
       <c r="D15" s="31">
         <v>114123.72</v>
       </c>
       <c r="E15" s="31">
         <v>123058.4</v>
       </c>
       <c r="F15" s="31">
         <v>128702.3</v>
       </c>
       <c r="G15" s="47">
         <v>105075.53</v>
       </c>
       <c r="H15" s="32">
         <v>111072.98</v>
       </c>
       <c r="I15" s="32">
         <v>120978.66</v>
       </c>
       <c r="J15" s="26">
         <v>134605.75</v>
@@ -6462,52 +6527,55 @@
       </c>
       <c r="BN15" s="74">
         <v>176157.13029706001</v>
       </c>
       <c r="BO15" s="74">
         <v>168405.47751249999</v>
       </c>
       <c r="BP15" s="74">
         <v>177773.17140498001</v>
       </c>
       <c r="BQ15" s="74">
         <v>171245.99842804999</v>
       </c>
       <c r="BR15" s="74">
         <v>172580.77210988</v>
       </c>
       <c r="BS15" s="74">
         <v>176609.68495766001</v>
       </c>
       <c r="BT15" s="74">
         <v>171815.06462620001</v>
       </c>
       <c r="BU15" s="74">
         <v>183976.60530518999</v>
       </c>
+      <c r="BV15" s="74">
+        <v>177934.71545809999</v>
+      </c>
     </row>
-    <row r="16" spans="1:73" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="16" spans="1:74" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A16" s="121"/>
       <c r="B16" s="124"/>
       <c r="C16" s="36" t="s">
         <v>71</v>
       </c>
       <c r="D16" s="37">
         <v>88215.44</v>
       </c>
       <c r="E16" s="37">
         <v>93739.47</v>
       </c>
       <c r="F16" s="37">
         <v>98944.87</v>
       </c>
       <c r="G16" s="24">
         <v>80972.36</v>
       </c>
       <c r="H16" s="24">
         <v>84646.61</v>
       </c>
       <c r="I16" s="24">
         <v>92194.58</v>
       </c>
       <c r="J16" s="24">
         <v>102300.86053575001</v>
@@ -6679,52 +6747,55 @@
       </c>
       <c r="BN16" s="76">
         <v>114096.4629977</v>
       </c>
       <c r="BO16" s="76">
         <v>109160.97736114</v>
       </c>
       <c r="BP16" s="76">
         <v>114010.47647892</v>
       </c>
       <c r="BQ16" s="76">
         <v>109840.93702971001</v>
       </c>
       <c r="BR16" s="76">
         <v>110451.57135516001</v>
       </c>
       <c r="BS16" s="76">
         <v>111552.77558875999</v>
       </c>
       <c r="BT16" s="76">
         <v>109349.58913971001</v>
       </c>
       <c r="BU16" s="76">
         <v>115946.21712492</v>
       </c>
+      <c r="BV16" s="76">
+        <v>110464.33998405001</v>
+      </c>
     </row>
-    <row r="17" spans="1:73" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="17" spans="1:74" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A17" s="121"/>
       <c r="B17" s="124"/>
       <c r="C17" s="40" t="s">
         <v>72</v>
       </c>
       <c r="D17" s="41">
         <v>40679.58</v>
       </c>
       <c r="E17" s="41">
         <v>43996.44</v>
       </c>
       <c r="F17" s="41">
         <v>46419.48</v>
       </c>
       <c r="G17" s="33">
         <v>37643.629999999997</v>
       </c>
       <c r="H17" s="33">
         <v>40686.35</v>
       </c>
       <c r="I17" s="33">
         <v>45042.84</v>
       </c>
       <c r="J17" s="24">
         <v>51076.366484689999</v>
@@ -6896,52 +6967,55 @@
       </c>
       <c r="BN17" s="76">
         <v>90892.301909000002</v>
       </c>
       <c r="BO17" s="76">
         <v>88024.214448949991</v>
       </c>
       <c r="BP17" s="76">
         <v>93575.864664600012</v>
       </c>
       <c r="BQ17" s="76">
         <v>91468.455705560002</v>
       </c>
       <c r="BR17" s="76">
         <v>94582.863958550006</v>
       </c>
       <c r="BS17" s="76">
         <v>97767.523103970001</v>
       </c>
       <c r="BT17" s="76">
         <v>96300.881797059992</v>
       </c>
       <c r="BU17" s="76">
         <v>104001.49612639999</v>
       </c>
+      <c r="BV17" s="76">
+        <v>100351.95828600999</v>
+      </c>
     </row>
-    <row r="18" spans="1:73" ht="13.8" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:74" ht="13.8" x14ac:dyDescent="0.25">
       <c r="A18" s="121"/>
       <c r="B18" s="124"/>
       <c r="C18" s="40" t="s">
         <v>73</v>
       </c>
       <c r="D18" s="41">
         <v>1908.52</v>
       </c>
       <c r="E18" s="41">
         <v>1991.49</v>
       </c>
       <c r="F18" s="41">
         <v>1516.47</v>
       </c>
       <c r="G18" s="33">
         <v>842.93</v>
       </c>
       <c r="H18" s="33">
         <v>883.27</v>
       </c>
       <c r="I18" s="33">
         <v>1064.8900000000001</v>
       </c>
       <c r="J18" s="24">
         <v>2162.0991444400001</v>
@@ -7113,52 +7187,55 @@
       </c>
       <c r="BN18" s="76">
         <v>762.27032988999997</v>
       </c>
       <c r="BO18" s="76">
         <v>749.41581430999997</v>
       </c>
       <c r="BP18" s="76">
         <v>746.65616254999998</v>
       </c>
       <c r="BQ18" s="76">
         <v>680.71135477999997</v>
       </c>
       <c r="BR18" s="76">
         <v>649.97940389999997</v>
       </c>
       <c r="BS18" s="76">
         <v>639.90262294000001</v>
       </c>
       <c r="BT18" s="76">
         <v>680.18114119000006</v>
       </c>
       <c r="BU18" s="76">
         <v>788.57388714000001</v>
       </c>
+      <c r="BV18" s="76">
+        <v>783.33784021000008</v>
+      </c>
     </row>
-    <row r="19" spans="1:73" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="19" spans="1:74" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A19" s="121"/>
       <c r="B19" s="124"/>
       <c r="C19" s="45" t="s">
         <v>74</v>
       </c>
       <c r="D19" s="46">
         <v>30.84</v>
       </c>
       <c r="E19" s="46">
         <v>22.02</v>
       </c>
       <c r="F19" s="46">
         <v>22.02</v>
       </c>
       <c r="G19" s="33">
         <v>39.21</v>
       </c>
       <c r="H19" s="33">
         <v>24.84</v>
       </c>
       <c r="I19" s="32">
         <v>25.01</v>
       </c>
       <c r="J19" s="32">
         <v>20.246121850000002</v>
@@ -7330,52 +7407,55 @@
       </c>
       <c r="BN19" s="76">
         <v>18.573945739999999</v>
       </c>
       <c r="BO19" s="76">
         <v>17.019562010000001</v>
       </c>
       <c r="BP19" s="76">
         <v>18.010555499999999</v>
       </c>
       <c r="BQ19" s="76">
         <v>18.201876739999999</v>
       </c>
       <c r="BR19" s="76">
         <v>21.641753609999999</v>
       </c>
       <c r="BS19" s="76">
         <v>20.369109309999999</v>
       </c>
       <c r="BT19" s="76">
         <v>18.91277178</v>
       </c>
       <c r="BU19" s="76">
         <v>20.35009354</v>
       </c>
+      <c r="BV19" s="76">
+        <v>16.460584600000001</v>
+      </c>
     </row>
-    <row r="20" spans="1:73" ht="13.8" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:74" ht="13.8" x14ac:dyDescent="0.25">
       <c r="A20" s="121"/>
       <c r="B20" s="124"/>
       <c r="C20" s="36" t="s">
         <v>65</v>
       </c>
       <c r="D20" s="23">
         <v>115329.8</v>
       </c>
       <c r="E20" s="23">
         <v>122938.47</v>
       </c>
       <c r="F20" s="23">
         <v>129852.7</v>
       </c>
       <c r="G20" s="23">
         <v>105617.28</v>
       </c>
       <c r="H20" s="25">
         <v>111000.61</v>
       </c>
       <c r="I20" s="25">
         <v>121530.25</v>
       </c>
       <c r="J20" s="25">
         <v>137655.51914846999</v>
@@ -7547,52 +7627,55 @@
       </c>
       <c r="BN20" s="75">
         <v>163929.58576064001</v>
       </c>
       <c r="BO20" s="75">
         <v>157613.88794126999</v>
       </c>
       <c r="BP20" s="75">
         <v>165794.30961573002</v>
       </c>
       <c r="BQ20" s="75">
         <v>159385.58394623999</v>
       </c>
       <c r="BR20" s="75">
         <v>162586.43476161998</v>
       </c>
       <c r="BS20" s="75">
         <v>165466.99641766</v>
       </c>
       <c r="BT20" s="75">
         <v>162805.62002042</v>
       </c>
       <c r="BU20" s="75">
         <v>174205.94670285998</v>
       </c>
+      <c r="BV20" s="75">
+        <v>165197.74757603</v>
+      </c>
     </row>
-    <row r="21" spans="1:73" ht="13.8" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:74" ht="13.8" x14ac:dyDescent="0.25">
       <c r="A21" s="121"/>
       <c r="B21" s="124"/>
       <c r="C21" s="40" t="s">
         <v>66</v>
       </c>
       <c r="D21" s="41">
         <v>14460.86</v>
       </c>
       <c r="E21" s="41">
         <v>15781.46</v>
       </c>
       <c r="F21" s="41">
         <v>15925.49</v>
       </c>
       <c r="G21" s="41">
         <v>13161.15</v>
       </c>
       <c r="H21" s="42">
         <v>14466.68</v>
       </c>
       <c r="I21" s="42">
         <v>15904.48</v>
       </c>
       <c r="J21" s="42">
         <v>16844.841239879999</v>
@@ -7764,52 +7847,55 @@
       </c>
       <c r="BN21" s="76">
         <v>36053.684187769999</v>
       </c>
       <c r="BO21" s="76">
         <v>35047.414865160004</v>
       </c>
       <c r="BP21" s="76">
         <v>37097.977862269996</v>
       </c>
       <c r="BQ21" s="76">
         <v>37405.556129330005</v>
       </c>
       <c r="BR21" s="76">
         <v>37751.073655449996</v>
       </c>
       <c r="BS21" s="76">
         <v>39499.596155650004</v>
       </c>
       <c r="BT21" s="76">
         <v>38489.450936949994</v>
       </c>
       <c r="BU21" s="76">
         <v>41345.68679996</v>
       </c>
+      <c r="BV21" s="76">
+        <v>41319.300136550002</v>
+      </c>
     </row>
-    <row r="22" spans="1:73" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="22" spans="1:74" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A22" s="121"/>
       <c r="B22" s="125"/>
       <c r="C22" s="45" t="s">
         <v>67</v>
       </c>
       <c r="D22" s="31">
         <v>1043.72</v>
       </c>
       <c r="E22" s="31">
         <v>1029.48</v>
       </c>
       <c r="F22" s="31">
         <v>1124.6400000000001</v>
       </c>
       <c r="G22" s="31">
         <v>719.7</v>
       </c>
       <c r="H22" s="32">
         <v>773.78</v>
       </c>
       <c r="I22" s="32">
         <v>892.6</v>
       </c>
       <c r="J22" s="32">
         <v>1059.2118983800001</v>
@@ -7981,52 +8067,55 @@
       </c>
       <c r="BN22" s="76">
         <v>5786.33923392</v>
       </c>
       <c r="BO22" s="76">
         <v>5290.3243799799993</v>
       </c>
       <c r="BP22" s="76">
         <v>5458.7203835699993</v>
       </c>
       <c r="BQ22" s="76">
         <v>5217.16589122</v>
       </c>
       <c r="BR22" s="76">
         <v>5368.5480541499992</v>
       </c>
       <c r="BS22" s="76">
         <v>5013.9778516699998</v>
       </c>
       <c r="BT22" s="76">
         <v>5054.4938923700001</v>
       </c>
       <c r="BU22" s="76">
         <v>5205.0037291799999</v>
       </c>
+      <c r="BV22" s="76">
+        <v>5099.0489822899999</v>
+      </c>
     </row>
-    <row r="23" spans="1:73" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="23" spans="1:74" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A23" s="122"/>
       <c r="B23" s="126" t="s">
         <v>75</v>
       </c>
       <c r="C23" s="127"/>
       <c r="D23" s="50">
         <v>289474.82</v>
       </c>
       <c r="E23" s="50">
         <v>308037.02</v>
       </c>
       <c r="F23" s="50">
         <v>322990.94</v>
       </c>
       <c r="G23" s="18">
         <v>273580.18</v>
       </c>
       <c r="H23" s="16">
         <v>283608.95</v>
       </c>
       <c r="I23" s="17">
         <v>306719.33</v>
       </c>
       <c r="J23" s="17">
         <v>341651.79244272999</v>
@@ -8198,52 +8287,55 @@
       </c>
       <c r="BN23" s="72">
         <v>589159.99294313998</v>
       </c>
       <c r="BO23" s="72">
         <v>566928.90516565007</v>
       </c>
       <c r="BP23" s="72">
         <v>599731.06490538002</v>
       </c>
       <c r="BQ23" s="72">
         <v>586518.47683529009</v>
       </c>
       <c r="BR23" s="72">
         <v>604778.2398124499</v>
       </c>
       <c r="BS23" s="72">
         <v>614003.49877779</v>
       </c>
       <c r="BT23" s="72">
         <v>599113.99777240003</v>
       </c>
       <c r="BU23" s="72">
         <v>630551.45327516005</v>
       </c>
+      <c r="BV23" s="72">
+        <v>617760.78465034999</v>
+      </c>
     </row>
-    <row r="24" spans="1:73" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="24" spans="1:74" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A24" s="116" t="s">
         <v>76</v>
       </c>
       <c r="B24" s="108" t="s">
         <v>4</v>
       </c>
       <c r="C24" s="49" t="s">
         <v>1</v>
       </c>
       <c r="D24" s="15">
         <v>380.38356299999998</v>
       </c>
       <c r="E24" s="15">
         <v>400.69841200000002</v>
       </c>
       <c r="F24" s="15">
         <v>402.13013899999999</v>
       </c>
       <c r="G24" s="18">
         <v>361.02922899999999</v>
       </c>
       <c r="H24" s="55">
         <v>395.474537</v>
       </c>
       <c r="I24" s="55">
@@ -8419,52 +8511,55 @@
       </c>
       <c r="BN24" s="72">
         <v>755.38533199999995</v>
       </c>
       <c r="BO24" s="72">
         <v>737.23068999999998</v>
       </c>
       <c r="BP24" s="72">
         <v>784.10102199999994</v>
       </c>
       <c r="BQ24" s="72">
         <v>771.749415</v>
       </c>
       <c r="BR24" s="72">
         <v>791.44021899999996</v>
       </c>
       <c r="BS24" s="72">
         <v>794.60367299999996</v>
       </c>
       <c r="BT24" s="72">
         <v>780.21547499999997</v>
       </c>
       <c r="BU24" s="72">
         <v>779.15606500000001</v>
       </c>
+      <c r="BV24" s="72">
+        <v>752.91532600000005</v>
+      </c>
     </row>
-    <row r="25" spans="1:73" ht="13.8" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:74" ht="13.8" x14ac:dyDescent="0.25">
       <c r="A25" s="117"/>
       <c r="B25" s="109"/>
       <c r="C25" s="36" t="s">
         <v>69</v>
       </c>
       <c r="D25" s="37">
         <v>3.9345319999999999</v>
       </c>
       <c r="E25" s="37">
         <v>3.9650379999999998</v>
       </c>
       <c r="F25" s="37">
         <v>3.9006639999999999</v>
       </c>
       <c r="G25" s="56">
         <v>3.0656949999999998</v>
       </c>
       <c r="H25" s="38">
         <v>3.5974059999999999</v>
       </c>
       <c r="I25" s="38">
         <v>4.181</v>
       </c>
       <c r="J25" s="38">
         <v>4.6562060000000001</v>
@@ -8636,52 +8731,55 @@
       </c>
       <c r="BN25" s="75">
         <v>3.6945220000000001</v>
       </c>
       <c r="BO25" s="75">
         <v>3.6859950000000001</v>
       </c>
       <c r="BP25" s="75">
         <v>4.0024050000000004</v>
       </c>
       <c r="BQ25" s="75">
         <v>3.9972599999999998</v>
       </c>
       <c r="BR25" s="75">
         <v>4.1919389999999996</v>
       </c>
       <c r="BS25" s="75">
         <v>4.3060429999999998</v>
       </c>
       <c r="BT25" s="75">
         <v>4.233708</v>
       </c>
       <c r="BU25" s="75">
         <v>4.336843</v>
       </c>
+      <c r="BV25" s="75">
+        <v>4.1660380000000004</v>
+      </c>
     </row>
-    <row r="26" spans="1:73" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="26" spans="1:74" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A26" s="117"/>
       <c r="B26" s="109"/>
       <c r="C26" s="45" t="s">
         <v>70</v>
       </c>
       <c r="D26" s="46">
         <v>376.44903099999999</v>
       </c>
       <c r="E26" s="46">
         <v>396.73337400000003</v>
       </c>
       <c r="F26" s="46">
         <v>398.22947499999998</v>
       </c>
       <c r="G26" s="46">
         <v>357.96353399999998</v>
       </c>
       <c r="H26" s="33">
         <v>391.87713100000002</v>
       </c>
       <c r="I26" s="32">
         <v>416.698621</v>
       </c>
       <c r="J26" s="32">
         <v>443.361043</v>
@@ -8853,52 +8951,55 @@
       </c>
       <c r="BN26" s="77">
         <v>751.69081000000006</v>
       </c>
       <c r="BO26" s="77">
         <v>733.54469500000005</v>
       </c>
       <c r="BP26" s="77">
         <v>780.09861699999999</v>
       </c>
       <c r="BQ26" s="77">
         <v>767.75215500000002</v>
       </c>
       <c r="BR26" s="77">
         <v>787.24828000000002</v>
       </c>
       <c r="BS26" s="77">
         <v>790.29763000000003</v>
       </c>
       <c r="BT26" s="77">
         <v>775.98176699999999</v>
       </c>
       <c r="BU26" s="77">
         <v>774.81922199999997</v>
       </c>
+      <c r="BV26" s="77">
+        <v>748.74928799999998</v>
+      </c>
     </row>
-    <row r="27" spans="1:73" ht="13.8" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:74" ht="13.8" x14ac:dyDescent="0.25">
       <c r="A27" s="117"/>
       <c r="B27" s="109"/>
       <c r="C27" s="36" t="s">
         <v>71</v>
       </c>
       <c r="D27" s="23">
         <v>251.75404700000001</v>
       </c>
       <c r="E27" s="23">
         <v>262.27346699999998</v>
       </c>
       <c r="F27" s="23">
         <v>260.97240399999998</v>
       </c>
       <c r="G27" s="23">
         <v>233.06849399999999</v>
       </c>
       <c r="H27" s="25">
         <v>253.43481</v>
       </c>
       <c r="I27" s="25">
         <v>269.29584999999997</v>
       </c>
       <c r="J27" s="25">
         <v>284.28262599999999</v>
@@ -9070,52 +9171,55 @@
       </c>
       <c r="BN27" s="75">
         <v>345.97414400000002</v>
       </c>
       <c r="BO27" s="75">
         <v>335.08290199999999</v>
       </c>
       <c r="BP27" s="75">
         <v>354.52989600000001</v>
       </c>
       <c r="BQ27" s="75">
         <v>344.90678200000002</v>
       </c>
       <c r="BR27" s="75">
         <v>351.24527899999998</v>
       </c>
       <c r="BS27" s="75">
         <v>349.32667099999998</v>
       </c>
       <c r="BT27" s="75">
         <v>339.35857600000003</v>
       </c>
       <c r="BU27" s="75">
         <v>337.31428299999999</v>
       </c>
+      <c r="BV27" s="75">
+        <v>325.879549</v>
+      </c>
     </row>
-    <row r="28" spans="1:73" ht="13.8" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:74" ht="13.8" x14ac:dyDescent="0.25">
       <c r="A28" s="117"/>
       <c r="B28" s="109"/>
       <c r="C28" s="40" t="s">
         <v>72</v>
       </c>
       <c r="D28" s="41">
         <v>128.29587100000001</v>
       </c>
       <c r="E28" s="41">
         <v>138.094539</v>
       </c>
       <c r="F28" s="41">
         <v>140.81770599999999</v>
       </c>
       <c r="G28" s="41">
         <v>127.617108</v>
       </c>
       <c r="H28" s="42">
         <v>141.683459</v>
       </c>
       <c r="I28" s="42">
         <v>151.201008</v>
       </c>
       <c r="J28" s="42">
         <v>163.30956</v>
@@ -9287,52 +9391,55 @@
       </c>
       <c r="BN28" s="76">
         <v>408.767044</v>
       </c>
       <c r="BO28" s="76">
         <v>401.52463</v>
       </c>
       <c r="BP28" s="76">
         <v>428.94100500000002</v>
       </c>
       <c r="BQ28" s="76">
         <v>426.23838499999999</v>
       </c>
       <c r="BR28" s="76">
         <v>439.56675999999999</v>
       </c>
       <c r="BS28" s="76">
         <v>444.65426500000001</v>
       </c>
       <c r="BT28" s="76">
         <v>440.21811700000001</v>
       </c>
       <c r="BU28" s="76">
         <v>441.12172500000003</v>
       </c>
+      <c r="BV28" s="76">
+        <v>426.30623000000003</v>
+      </c>
     </row>
-    <row r="29" spans="1:73" ht="13.8" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:74" ht="13.8" x14ac:dyDescent="0.25">
       <c r="A29" s="117"/>
       <c r="B29" s="109"/>
       <c r="C29" s="40" t="s">
         <v>73</v>
       </c>
       <c r="D29" s="41">
         <v>0.33363599999999999</v>
       </c>
       <c r="E29" s="41">
         <v>0.33038299999999998</v>
       </c>
       <c r="F29" s="41">
         <v>0.34001300000000001</v>
       </c>
       <c r="G29" s="41">
         <v>0.34361900000000001</v>
       </c>
       <c r="H29" s="42">
         <v>0.35625800000000002</v>
       </c>
       <c r="I29" s="42">
         <v>0.38275799999999999</v>
       </c>
       <c r="J29" s="26">
         <v>0.42499300000000001</v>
@@ -9504,52 +9611,55 @@
       </c>
       <c r="BN29" s="76">
         <v>0.63362499999999999</v>
       </c>
       <c r="BO29" s="76">
         <v>0.61235700000000004</v>
       </c>
       <c r="BP29" s="76">
         <v>0.61932500000000001</v>
       </c>
       <c r="BQ29" s="76">
         <v>0.59404199999999996</v>
       </c>
       <c r="BR29" s="76">
         <v>0.61756999999999995</v>
       </c>
       <c r="BS29" s="76">
         <v>0.61321000000000003</v>
       </c>
       <c r="BT29" s="76">
         <v>0.62804499999999996</v>
       </c>
       <c r="BU29" s="76">
         <v>0.70969000000000004</v>
       </c>
+      <c r="BV29" s="76">
+        <v>0.71931999999999996</v>
+      </c>
     </row>
-    <row r="30" spans="1:73" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="30" spans="1:74" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A30" s="117"/>
       <c r="B30" s="109"/>
       <c r="C30" s="45" t="s">
         <v>74</v>
       </c>
       <c r="D30" s="31">
         <v>9.0000000000000002E-6</v>
       </c>
       <c r="E30" s="31">
         <v>2.3E-5</v>
       </c>
       <c r="F30" s="31">
         <v>1.5999999999999999E-5</v>
       </c>
       <c r="G30" s="31">
         <v>7.9999999999999996E-6</v>
       </c>
       <c r="H30" s="32">
         <v>1.0000000000000001E-5</v>
       </c>
       <c r="I30" s="32">
         <v>5.0000000000000002E-5</v>
       </c>
       <c r="J30" s="32">
         <v>6.9999999999999994E-5</v>
@@ -9721,52 +9831,55 @@
       </c>
       <c r="BN30" s="74">
         <v>1.0519000000000001E-2</v>
       </c>
       <c r="BO30" s="74">
         <v>1.0801E-2</v>
       </c>
       <c r="BP30" s="74">
         <v>1.0796E-2</v>
       </c>
       <c r="BQ30" s="74">
         <v>1.0206E-2</v>
       </c>
       <c r="BR30" s="74">
         <v>1.061E-2</v>
       </c>
       <c r="BS30" s="74">
         <v>9.5270000000000007E-3</v>
       </c>
       <c r="BT30" s="74">
         <v>1.0737E-2</v>
       </c>
       <c r="BU30" s="74">
         <v>1.0366999999999999E-2</v>
       </c>
+      <c r="BV30" s="74">
+        <v>1.0227E-2</v>
+      </c>
     </row>
-    <row r="31" spans="1:73" ht="13.8" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:74" ht="13.8" x14ac:dyDescent="0.25">
       <c r="A31" s="117"/>
       <c r="B31" s="109"/>
       <c r="C31" s="36" t="s">
         <v>65</v>
       </c>
       <c r="D31" s="37">
         <v>214.694829</v>
       </c>
       <c r="E31" s="37">
         <v>228.31451999999999</v>
       </c>
       <c r="F31" s="37">
         <v>230.433639</v>
       </c>
       <c r="G31" s="26">
         <v>215.65253000000001</v>
       </c>
       <c r="H31" s="26">
         <v>233.36779999999999</v>
       </c>
       <c r="I31" s="24">
         <v>239.028379</v>
       </c>
       <c r="J31" s="24">
         <v>252.77123399999999</v>
@@ -9938,52 +10051,55 @@
       </c>
       <c r="BN31" s="78">
         <v>258.33528699999999</v>
       </c>
       <c r="BO31" s="78">
         <v>250.24111300000001</v>
       </c>
       <c r="BP31" s="78">
         <v>265.153775</v>
       </c>
       <c r="BQ31" s="78">
         <v>258.34872000000001</v>
       </c>
       <c r="BR31" s="78">
         <v>262.29096199999998</v>
       </c>
       <c r="BS31" s="78">
         <v>262.32820700000002</v>
       </c>
       <c r="BT31" s="78">
         <v>257.73930899999999</v>
       </c>
       <c r="BU31" s="78">
         <v>256.66683699999999</v>
       </c>
+      <c r="BV31" s="78">
+        <v>250.50995499999999</v>
+      </c>
     </row>
-    <row r="32" spans="1:73" ht="13.8" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:74" ht="13.8" x14ac:dyDescent="0.25">
       <c r="A32" s="117"/>
       <c r="B32" s="109"/>
       <c r="C32" s="40" t="s">
         <v>66</v>
       </c>
       <c r="D32" s="41">
         <v>147.06402700000001</v>
       </c>
       <c r="E32" s="41">
         <v>155.038532</v>
       </c>
       <c r="F32" s="41">
         <v>155.32067599999999</v>
       </c>
       <c r="G32" s="33">
         <v>132.099885</v>
       </c>
       <c r="H32" s="33">
         <v>147.19462100000001</v>
       </c>
       <c r="I32" s="33">
         <v>167.04089099999999</v>
       </c>
       <c r="J32" s="33">
         <v>179.759807</v>
@@ -10155,52 +10271,55 @@
       </c>
       <c r="BN32" s="76">
         <v>431.92168299999997</v>
       </c>
       <c r="BO32" s="76">
         <v>426.10438099999999</v>
       </c>
       <c r="BP32" s="76">
         <v>454.23952600000001</v>
       </c>
       <c r="BQ32" s="76">
         <v>447.54976199999999</v>
       </c>
       <c r="BR32" s="76">
         <v>459.62154800000002</v>
       </c>
       <c r="BS32" s="76">
         <v>463.48649599999999</v>
       </c>
       <c r="BT32" s="76">
         <v>455.12181299999997</v>
       </c>
       <c r="BU32" s="76">
         <v>451.88360899999998</v>
       </c>
+      <c r="BV32" s="76">
+        <v>434.35650700000002</v>
+      </c>
     </row>
-    <row r="33" spans="1:73" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="33" spans="1:74" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A33" s="117"/>
       <c r="B33" s="110"/>
       <c r="C33" s="45" t="s">
         <v>67</v>
       </c>
       <c r="D33" s="46">
         <v>18.624707000000001</v>
       </c>
       <c r="E33" s="46">
         <v>17.345359999999999</v>
       </c>
       <c r="F33" s="46">
         <v>16.375824000000001</v>
       </c>
       <c r="G33" s="33">
         <v>13.276814</v>
       </c>
       <c r="H33" s="33">
         <v>14.912115999999999</v>
       </c>
       <c r="I33" s="32">
         <v>14.810351000000001</v>
       </c>
       <c r="J33" s="32">
         <v>15.486208</v>
@@ -10372,52 +10491,55 @@
       </c>
       <c r="BN33" s="79">
         <v>65.128361999999996</v>
       </c>
       <c r="BO33" s="79">
         <v>60.885196000000001</v>
       </c>
       <c r="BP33" s="79">
         <v>64.707721000000006</v>
       </c>
       <c r="BQ33" s="79">
         <v>65.850932999999998</v>
       </c>
       <c r="BR33" s="79">
         <v>69.527709000000002</v>
       </c>
       <c r="BS33" s="79">
         <v>68.788970000000006</v>
       </c>
       <c r="BT33" s="79">
         <v>67.354353000000003</v>
       </c>
       <c r="BU33" s="79">
         <v>70.605619000000004</v>
       </c>
+      <c r="BV33" s="79">
+        <v>68.048863999999995</v>
+      </c>
     </row>
-    <row r="34" spans="1:73" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="34" spans="1:74" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A34" s="117"/>
       <c r="B34" s="111" t="s">
         <v>0</v>
       </c>
       <c r="C34" s="49" t="s">
         <v>1</v>
       </c>
       <c r="D34" s="65">
         <v>66.143376000000004</v>
       </c>
       <c r="E34" s="15">
         <v>69.874522999999996</v>
       </c>
       <c r="F34" s="15">
         <v>66.106234000000001</v>
       </c>
       <c r="G34" s="17">
         <v>53.556745999999997</v>
       </c>
       <c r="H34" s="18">
         <v>60.004168999999997</v>
       </c>
       <c r="I34" s="18">
         <v>66.607716999999994</v>
       </c>
@@ -10591,52 +10713,55 @@
       </c>
       <c r="BN34" s="72">
         <v>38.013708999999999</v>
       </c>
       <c r="BO34" s="72">
         <v>36.655785999999999</v>
       </c>
       <c r="BP34" s="72">
         <v>38.376534999999997</v>
       </c>
       <c r="BQ34" s="72">
         <v>36.743164</v>
       </c>
       <c r="BR34" s="72">
         <v>36.113124999999997</v>
       </c>
       <c r="BS34" s="72">
         <v>36.144354</v>
       </c>
       <c r="BT34" s="72">
         <v>34.675587999999998</v>
       </c>
       <c r="BU34" s="72">
         <v>35.604312</v>
       </c>
+      <c r="BV34" s="72">
+        <v>33.786651999999997</v>
+      </c>
     </row>
-    <row r="35" spans="1:73" ht="13.8" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:74" ht="13.8" x14ac:dyDescent="0.25">
       <c r="A35" s="117"/>
       <c r="B35" s="112"/>
       <c r="C35" s="36" t="s">
         <v>69</v>
       </c>
       <c r="D35" s="66">
         <v>1.6168709999999999</v>
       </c>
       <c r="E35" s="37">
         <v>1.664871</v>
       </c>
       <c r="F35" s="37">
         <v>1.736985</v>
       </c>
       <c r="G35" s="25">
         <v>1.39262</v>
       </c>
       <c r="H35" s="24">
         <v>1.516081</v>
       </c>
       <c r="I35" s="24">
         <v>1.702426</v>
       </c>
       <c r="J35" s="26">
         <v>1.918426</v>
@@ -10808,52 +10933,55 @@
       </c>
       <c r="BN35" s="73">
         <v>1.5046820000000001</v>
       </c>
       <c r="BO35" s="73">
         <v>1.4859709999999999</v>
       </c>
       <c r="BP35" s="73">
         <v>1.5673589999999999</v>
       </c>
       <c r="BQ35" s="73">
         <v>1.5408729999999999</v>
       </c>
       <c r="BR35" s="73">
         <v>1.618188</v>
       </c>
       <c r="BS35" s="73">
         <v>1.626153</v>
       </c>
       <c r="BT35" s="73">
         <v>1.626212</v>
       </c>
       <c r="BU35" s="73">
         <v>1.7019</v>
       </c>
+      <c r="BV35" s="73">
+        <v>1.5800559999999999</v>
+      </c>
     </row>
-    <row r="36" spans="1:73" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="36" spans="1:74" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A36" s="117"/>
       <c r="B36" s="112"/>
       <c r="C36" s="45" t="s">
         <v>70</v>
       </c>
       <c r="D36" s="67">
         <v>64.526505</v>
       </c>
       <c r="E36" s="46">
         <v>68.209652000000006</v>
       </c>
       <c r="F36" s="46">
         <v>64.369248999999996</v>
       </c>
       <c r="G36" s="32">
         <v>52.164126000000003</v>
       </c>
       <c r="H36" s="32">
         <v>58.488087999999998</v>
       </c>
       <c r="I36" s="32">
         <v>64.905291000000005</v>
       </c>
       <c r="J36" s="26">
         <v>67.895313000000002</v>
@@ -11025,52 +11153,55 @@
       </c>
       <c r="BN36" s="74">
         <v>36.509027000000003</v>
       </c>
       <c r="BO36" s="74">
         <v>35.169815</v>
       </c>
       <c r="BP36" s="74">
         <v>36.809176000000001</v>
       </c>
       <c r="BQ36" s="74">
         <v>35.202291000000002</v>
       </c>
       <c r="BR36" s="74">
         <v>34.494937</v>
       </c>
       <c r="BS36" s="74">
         <v>34.518200999999998</v>
       </c>
       <c r="BT36" s="74">
         <v>33.049376000000002</v>
       </c>
       <c r="BU36" s="74">
         <v>33.902411999999998</v>
       </c>
+      <c r="BV36" s="74">
+        <v>32.206595999999998</v>
+      </c>
     </row>
-    <row r="37" spans="1:73" ht="13.8" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:74" ht="13.8" x14ac:dyDescent="0.25">
       <c r="A37" s="117"/>
       <c r="B37" s="112"/>
       <c r="C37" s="36" t="s">
         <v>71</v>
       </c>
       <c r="D37" s="23">
         <v>44.766373000000002</v>
       </c>
       <c r="E37" s="23">
         <v>46.852153000000001</v>
       </c>
       <c r="F37" s="23">
         <v>44.416443000000001</v>
       </c>
       <c r="G37" s="37">
         <v>36.193246000000002</v>
       </c>
       <c r="H37" s="25">
         <v>39.960672000000002</v>
       </c>
       <c r="I37" s="25">
         <v>44.232951999999997</v>
       </c>
       <c r="J37" s="25">
         <v>45.938864000000002</v>
@@ -11242,52 +11373,55 @@
       </c>
       <c r="BN37" s="75">
         <v>21.222355</v>
       </c>
       <c r="BO37" s="75">
         <v>20.411183999999999</v>
       </c>
       <c r="BP37" s="75">
         <v>21.288150000000002</v>
       </c>
       <c r="BQ37" s="75">
         <v>20.242229999999999</v>
       </c>
       <c r="BR37" s="75">
         <v>19.726174</v>
       </c>
       <c r="BS37" s="75">
         <v>19.640632</v>
       </c>
       <c r="BT37" s="75">
         <v>18.803722</v>
       </c>
       <c r="BU37" s="75">
         <v>19.219145999999999</v>
       </c>
+      <c r="BV37" s="75">
+        <v>18.095533</v>
+      </c>
     </row>
-    <row r="38" spans="1:73" ht="13.8" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:74" ht="13.8" x14ac:dyDescent="0.25">
       <c r="A38" s="117"/>
       <c r="B38" s="112"/>
       <c r="C38" s="40" t="s">
         <v>72</v>
       </c>
       <c r="D38" s="41">
         <v>20.761627000000001</v>
       </c>
       <c r="E38" s="41">
         <v>22.397994000000001</v>
       </c>
       <c r="F38" s="41">
         <v>21.197607999999999</v>
       </c>
       <c r="G38" s="41">
         <v>17.019469999999998</v>
       </c>
       <c r="H38" s="42">
         <v>19.722781000000001</v>
       </c>
       <c r="I38" s="42">
         <v>22.014168000000002</v>
       </c>
       <c r="J38" s="42">
         <v>23.33333</v>
@@ -11459,52 +11593,55 @@
       </c>
       <c r="BN38" s="76">
         <v>16.622115999999998</v>
       </c>
       <c r="BO38" s="76">
         <v>16.080158000000001</v>
       </c>
       <c r="BP38" s="76">
         <v>16.921018</v>
       </c>
       <c r="BQ38" s="76">
         <v>16.344382</v>
       </c>
       <c r="BR38" s="76">
         <v>16.237748</v>
       </c>
       <c r="BS38" s="76">
         <v>16.357544999999998</v>
       </c>
       <c r="BT38" s="76">
         <v>15.725372999999999</v>
       </c>
       <c r="BU38" s="76">
         <v>16.225467999999999</v>
       </c>
+      <c r="BV38" s="76">
+        <v>15.522205</v>
+      </c>
     </row>
-    <row r="39" spans="1:73" ht="13.8" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:74" ht="13.8" x14ac:dyDescent="0.25">
       <c r="A39" s="117"/>
       <c r="B39" s="112"/>
       <c r="C39" s="40" t="s">
         <v>73</v>
       </c>
       <c r="D39" s="41">
         <v>0.60447899999999999</v>
       </c>
       <c r="E39" s="41">
         <v>0.61477599999999999</v>
       </c>
       <c r="F39" s="41">
         <v>0.48258299999999998</v>
       </c>
       <c r="G39" s="41">
         <v>0.33410400000000001</v>
       </c>
       <c r="H39" s="42">
         <v>0.31189800000000001</v>
       </c>
       <c r="I39" s="42">
         <v>0.35066399999999998</v>
       </c>
       <c r="J39" s="26">
         <v>0.53020999999999996</v>
@@ -11676,52 +11813,55 @@
       </c>
       <c r="BN39" s="76">
         <v>0.16504099999999999</v>
       </c>
       <c r="BO39" s="76">
         <v>0.16020100000000001</v>
       </c>
       <c r="BP39" s="76">
         <v>0.163026</v>
       </c>
       <c r="BQ39" s="76">
         <v>0.15253700000000001</v>
       </c>
       <c r="BR39" s="76">
         <v>0.14533199999999999</v>
       </c>
       <c r="BS39" s="76">
         <v>0.14235</v>
       </c>
       <c r="BT39" s="76">
         <v>0.14294000000000001</v>
       </c>
       <c r="BU39" s="76">
         <v>0.155971</v>
       </c>
+      <c r="BV39" s="76">
+        <v>0.16564999999999999</v>
+      </c>
     </row>
-    <row r="40" spans="1:73" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="40" spans="1:74" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A40" s="117"/>
       <c r="B40" s="112"/>
       <c r="C40" s="45" t="s">
         <v>74</v>
       </c>
       <c r="D40" s="31">
         <v>1.0897E-2</v>
       </c>
       <c r="E40" s="31">
         <v>9.5999999999999992E-3</v>
       </c>
       <c r="F40" s="31">
         <v>9.5999999999999992E-3</v>
       </c>
       <c r="G40" s="31">
         <v>9.9260000000000008E-3</v>
       </c>
       <c r="H40" s="32">
         <v>8.8179999999999994E-3</v>
       </c>
       <c r="I40" s="32">
         <v>9.9330000000000009E-3</v>
       </c>
       <c r="J40" s="32">
         <v>1.1335E-2</v>
@@ -11893,52 +12033,55 @@
       </c>
       <c r="BN40" s="74">
         <v>4.1970000000000002E-3</v>
       </c>
       <c r="BO40" s="74">
         <v>4.2430000000000002E-3</v>
       </c>
       <c r="BP40" s="74">
         <v>4.3410000000000002E-3</v>
       </c>
       <c r="BQ40" s="74">
         <v>4.0150000000000003E-3</v>
       </c>
       <c r="BR40" s="74">
         <v>3.8709999999999999E-3</v>
       </c>
       <c r="BS40" s="74">
         <v>3.8270000000000001E-3</v>
       </c>
       <c r="BT40" s="74">
         <v>3.5530000000000002E-3</v>
       </c>
       <c r="BU40" s="74">
         <v>3.7269999999999998E-3</v>
       </c>
+      <c r="BV40" s="74">
+        <v>3.264E-3</v>
+      </c>
     </row>
-    <row r="41" spans="1:73" ht="13.8" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:74" ht="13.8" x14ac:dyDescent="0.25">
       <c r="A41" s="117"/>
       <c r="B41" s="112"/>
       <c r="C41" s="36" t="s">
         <v>65</v>
       </c>
       <c r="D41" s="37">
         <v>44.520254000000001</v>
       </c>
       <c r="E41" s="37">
         <v>47.322806</v>
       </c>
       <c r="F41" s="37">
         <v>44.314103000000003</v>
       </c>
       <c r="G41" s="26">
         <v>36.403021000000003</v>
       </c>
       <c r="H41" s="24">
         <v>40.562145999999998</v>
       </c>
       <c r="I41" s="24">
         <v>44.397278999999997</v>
       </c>
       <c r="J41" s="24">
         <v>46.663693000000002</v>
@@ -12110,52 +12253,55 @@
       </c>
       <c r="BN41" s="78">
         <v>26.742557999999999</v>
       </c>
       <c r="BO41" s="78">
         <v>25.712264000000001</v>
       </c>
       <c r="BP41" s="78">
         <v>26.877780000000001</v>
       </c>
       <c r="BQ41" s="78">
         <v>25.444261999999998</v>
       </c>
       <c r="BR41" s="78">
         <v>24.927745999999999</v>
       </c>
       <c r="BS41" s="78">
         <v>24.887521</v>
       </c>
       <c r="BT41" s="78">
         <v>23.877704000000001</v>
       </c>
       <c r="BU41" s="78">
         <v>24.552793999999999</v>
       </c>
+      <c r="BV41" s="78">
+        <v>23.054977000000001</v>
+      </c>
     </row>
-    <row r="42" spans="1:73" ht="13.8" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:74" ht="13.8" x14ac:dyDescent="0.25">
       <c r="A42" s="117"/>
       <c r="B42" s="112"/>
       <c r="C42" s="40" t="s">
         <v>66</v>
       </c>
       <c r="D42" s="41">
         <v>21.393208999999999</v>
       </c>
       <c r="E42" s="41">
         <v>22.305717000000001</v>
       </c>
       <c r="F42" s="41">
         <v>21.571446999999999</v>
       </c>
       <c r="G42" s="33">
         <v>17.02412</v>
       </c>
       <c r="H42" s="33">
         <v>19.296054999999999</v>
       </c>
       <c r="I42" s="33">
         <v>22.049271000000001</v>
       </c>
       <c r="J42" s="33">
         <v>22.964079000000002</v>
@@ -12327,52 +12473,55 @@
       </c>
       <c r="BN42" s="76">
         <v>10.610099</v>
       </c>
       <c r="BO42" s="76">
         <v>10.338001999999999</v>
       </c>
       <c r="BP42" s="76">
         <v>10.882858000000001</v>
       </c>
       <c r="BQ42" s="76">
         <v>10.700176000000001</v>
       </c>
       <c r="BR42" s="76">
         <v>10.579564</v>
       </c>
       <c r="BS42" s="76">
         <v>10.679233</v>
       </c>
       <c r="BT42" s="76">
         <v>10.224893</v>
       </c>
       <c r="BU42" s="76">
         <v>10.472045</v>
       </c>
+      <c r="BV42" s="76">
+        <v>10.172928000000001</v>
+      </c>
     </row>
-    <row r="43" spans="1:73" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="43" spans="1:74" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A43" s="117"/>
       <c r="B43" s="113"/>
       <c r="C43" s="45" t="s">
         <v>67</v>
       </c>
       <c r="D43" s="46">
         <v>0.23991299999999999</v>
       </c>
       <c r="E43" s="46">
         <v>0.246</v>
       </c>
       <c r="F43" s="46">
         <v>0.22068399999999999</v>
       </c>
       <c r="G43" s="33">
         <v>0.129605</v>
       </c>
       <c r="H43" s="33">
         <v>0.14596799999999999</v>
       </c>
       <c r="I43" s="33">
         <v>0.161167</v>
       </c>
       <c r="J43" s="33">
         <v>0.18596699999999999</v>
@@ -12544,52 +12693,55 @@
       </c>
       <c r="BN43" s="74">
         <v>0.66105199999999997</v>
       </c>
       <c r="BO43" s="74">
         <v>0.60551999999999995</v>
       </c>
       <c r="BP43" s="74">
         <v>0.61589700000000003</v>
       </c>
       <c r="BQ43" s="74">
         <v>0.59872599999999998</v>
       </c>
       <c r="BR43" s="74">
         <v>0.60581499999999999</v>
       </c>
       <c r="BS43" s="74">
         <v>0.5776</v>
       </c>
       <c r="BT43" s="74">
         <v>0.57299100000000003</v>
       </c>
       <c r="BU43" s="74">
         <v>0.57947300000000002</v>
       </c>
+      <c r="BV43" s="74">
+        <v>0.55874699999999999</v>
+      </c>
     </row>
-    <row r="44" spans="1:73" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="44" spans="1:74" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A44" s="118"/>
       <c r="B44" s="114" t="s">
         <v>90</v>
       </c>
       <c r="C44" s="115"/>
       <c r="D44" s="15">
         <v>446.52693900000003</v>
       </c>
       <c r="E44" s="15">
         <v>470.57293499999997</v>
       </c>
       <c r="F44" s="15">
         <v>468.23637300000001</v>
       </c>
       <c r="G44" s="18">
         <v>414.58597500000002</v>
       </c>
       <c r="H44" s="18">
         <v>455.47870599999999</v>
       </c>
       <c r="I44" s="18">
         <v>487.48733800000002</v>
       </c>
       <c r="J44" s="18">
         <v>517.83098800000005</v>
@@ -12761,196 +12913,199 @@
       </c>
       <c r="BN44" s="72">
         <v>793.39904100000001</v>
       </c>
       <c r="BO44" s="72">
         <v>773.88647600000002</v>
       </c>
       <c r="BP44" s="72">
         <v>822.47755700000005</v>
       </c>
       <c r="BQ44" s="72">
         <v>808.49257899999998</v>
       </c>
       <c r="BR44" s="72">
         <v>827.55334400000004</v>
       </c>
       <c r="BS44" s="72">
         <v>830.74802699999998</v>
       </c>
       <c r="BT44" s="72">
         <v>814.89106300000003</v>
       </c>
       <c r="BU44" s="72">
         <v>814.76037699999995</v>
       </c>
+      <c r="BV44" s="72">
+        <v>786.70197800000005</v>
+      </c>
     </row>
-    <row r="46" spans="1:73" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:74" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A46" s="107" t="s">
         <v>60</v>
       </c>
       <c r="B46" s="107"/>
       <c r="C46" s="107"/>
       <c r="D46" s="107"/>
       <c r="E46" s="107"/>
       <c r="F46" s="107"/>
       <c r="G46" s="107"/>
       <c r="H46" s="107"/>
       <c r="I46" s="107"/>
       <c r="J46" s="107"/>
       <c r="K46" s="107"/>
     </row>
-    <row r="47" spans="1:73" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:74" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A47" s="104" t="s">
         <v>41</v>
       </c>
       <c r="B47" s="104"/>
       <c r="C47" s="104"/>
       <c r="D47" s="104"/>
       <c r="E47" s="104"/>
       <c r="F47" s="104"/>
       <c r="G47" s="104"/>
       <c r="H47" s="104"/>
       <c r="I47" s="104"/>
       <c r="J47" s="104"/>
       <c r="K47" s="104"/>
     </row>
-    <row r="48" spans="1:73" ht="49.8" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:74" ht="49.8" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A48" s="103" t="s">
         <v>55</v>
       </c>
       <c r="B48" s="103"/>
       <c r="C48" s="103"/>
       <c r="D48" s="103"/>
       <c r="E48" s="103"/>
       <c r="F48" s="103"/>
       <c r="G48" s="103"/>
       <c r="H48" s="103"/>
       <c r="I48" s="103"/>
       <c r="J48" s="103"/>
       <c r="K48" s="103"/>
       <c r="AU48" s="8"/>
       <c r="AV48" s="8"/>
     </row>
   </sheetData>
   <mergeCells count="13">
     <mergeCell ref="A48:K48"/>
     <mergeCell ref="A47:K47"/>
     <mergeCell ref="A1:Y1"/>
     <mergeCell ref="A46:K46"/>
     <mergeCell ref="B24:B33"/>
     <mergeCell ref="B34:B43"/>
     <mergeCell ref="B44:C44"/>
     <mergeCell ref="A24:A44"/>
     <mergeCell ref="A2:C2"/>
     <mergeCell ref="A3:A23"/>
     <mergeCell ref="B3:B12"/>
     <mergeCell ref="B13:B22"/>
     <mergeCell ref="B23:C23"/>
   </mergeCells>
   <phoneticPr fontId="1" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="71" orientation="landscape" horizontalDpi="4294967293" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:AH44"/>
+  <dimension ref="A1:AI44"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <pane xSplit="3" ySplit="2" topLeftCell="AA3" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="3" ySplit="2" topLeftCell="AB3" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="D1" sqref="D1"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
-      <selection pane="bottomRight" activeCell="AH2" sqref="AH2"/>
+      <selection pane="bottomRight" activeCell="AI7" sqref="AI7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.8" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="4.109375" style="81" customWidth="1"/>
     <col min="2" max="2" width="15.44140625" style="81" customWidth="1"/>
     <col min="3" max="3" width="51.109375" style="81" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="14.109375" style="81" customWidth="1"/>
     <col min="5" max="5" width="14.44140625" style="81" customWidth="1"/>
     <col min="6" max="6" width="17.5546875" style="81" customWidth="1"/>
     <col min="7" max="7" width="14.21875" style="81" customWidth="1"/>
     <col min="8" max="8" width="15.21875" style="81" customWidth="1"/>
     <col min="9" max="9" width="20.6640625" style="81" customWidth="1"/>
     <col min="10" max="10" width="19.88671875" style="81" customWidth="1"/>
     <col min="11" max="11" width="19" style="81" customWidth="1"/>
     <col min="12" max="12" width="16.21875" style="81" customWidth="1"/>
     <col min="13" max="13" width="17.21875" style="81" customWidth="1"/>
     <col min="14" max="14" width="15.88671875" style="81" customWidth="1"/>
     <col min="15" max="15" width="17.6640625" style="81" customWidth="1"/>
     <col min="16" max="16" width="18.21875" style="81" customWidth="1"/>
     <col min="17" max="17" width="16.6640625" style="81" customWidth="1"/>
     <col min="18" max="18" width="17.33203125" style="81" customWidth="1"/>
     <col min="19" max="19" width="17.109375" style="81" customWidth="1"/>
     <col min="20" max="20" width="17.21875" style="81" customWidth="1"/>
     <col min="21" max="21" width="16.6640625" style="81" customWidth="1"/>
     <col min="22" max="22" width="15.5546875" style="81" customWidth="1"/>
     <col min="23" max="23" width="15.6640625" style="81" customWidth="1"/>
     <col min="24" max="24" width="17.109375" style="81" customWidth="1"/>
     <col min="25" max="25" width="13.5546875" style="92" customWidth="1"/>
     <col min="26" max="26" width="17.77734375" style="92" customWidth="1"/>
-    <col min="27" max="34" width="16.109375" style="92" bestFit="1" customWidth="1"/>
-    <col min="35" max="16384" width="8.88671875" style="81"/>
+    <col min="27" max="35" width="16.109375" style="92" bestFit="1" customWidth="1"/>
+    <col min="36" max="16384" width="8.88671875" style="81"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:34" ht="22.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:35" ht="22.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="C1" s="82"/>
       <c r="D1" s="128" t="s">
         <v>97</v>
       </c>
       <c r="E1" s="128"/>
       <c r="F1" s="128"/>
       <c r="G1" s="128"/>
       <c r="H1" s="128"/>
       <c r="I1" s="128"/>
       <c r="J1" s="128"/>
       <c r="K1" s="128"/>
       <c r="L1" s="128"/>
       <c r="M1" s="128"/>
       <c r="N1" s="128"/>
       <c r="O1" s="128"/>
       <c r="P1" s="128"/>
       <c r="Q1" s="128"/>
       <c r="R1" s="128"/>
       <c r="S1" s="128"/>
       <c r="T1" s="128"/>
       <c r="U1" s="128"/>
       <c r="V1" s="128"/>
       <c r="W1" s="128"/>
       <c r="X1" s="128"/>
       <c r="Y1" s="128"/>
       <c r="Z1" s="128"/>
       <c r="AA1" s="128"/>
       <c r="AB1" s="128"/>
       <c r="AC1" s="128"/>
       <c r="AD1" s="128"/>
     </row>
-    <row r="2" spans="1:34" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:35" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A2" s="136" t="s">
         <v>2</v>
       </c>
       <c r="B2" s="137"/>
       <c r="C2" s="138"/>
       <c r="D2" s="96" t="s">
         <v>106</v>
       </c>
       <c r="E2" s="96" t="s">
         <v>56</v>
       </c>
       <c r="F2" s="96" t="s">
         <v>57</v>
       </c>
       <c r="G2" s="13" t="s">
         <v>58</v>
       </c>
       <c r="H2" s="13" t="s">
         <v>59</v>
       </c>
       <c r="I2" s="12" t="s">
         <v>61</v>
       </c>
       <c r="J2" s="13" t="s">
         <v>62</v>
@@ -13005,52 +13160,55 @@
       </c>
       <c r="AA2" s="96" t="s">
         <v>102</v>
       </c>
       <c r="AB2" s="96" t="s">
         <v>103</v>
       </c>
       <c r="AC2" s="96" t="s">
         <v>104</v>
       </c>
       <c r="AD2" s="96" t="s">
         <v>105</v>
       </c>
       <c r="AE2" s="96" t="s">
         <v>107</v>
       </c>
       <c r="AF2" s="96" t="s">
         <v>108</v>
       </c>
       <c r="AG2" s="96" t="s">
         <v>109</v>
       </c>
       <c r="AH2" s="96" t="s">
         <v>110</v>
       </c>
+      <c r="AI2" s="96" t="s">
+        <v>111</v>
+      </c>
     </row>
-    <row r="3" spans="1:34" ht="13.8" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:35" ht="13.8" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="133" t="s">
         <v>3</v>
       </c>
       <c r="B3" s="129" t="s">
         <v>95</v>
       </c>
       <c r="C3" s="83" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="84">
         <v>228742.71789706001</v>
       </c>
       <c r="E3" s="84">
         <v>245645.67949697</v>
       </c>
       <c r="F3" s="84">
         <v>241673.90089888001</v>
       </c>
       <c r="G3" s="84">
         <v>251443.19181858998</v>
       </c>
       <c r="H3" s="84">
         <v>259051.80410042001</v>
       </c>
       <c r="I3" s="84">
@@ -13109,52 +13267,55 @@
       </c>
       <c r="AA3" s="84">
         <v>333007.09456445003</v>
       </c>
       <c r="AB3" s="84">
         <v>320381.96616678004</v>
       </c>
       <c r="AC3" s="84">
         <v>338819.73405418999</v>
       </c>
       <c r="AD3" s="84">
         <v>330139.43511528004</v>
       </c>
       <c r="AE3" s="84">
         <v>339952.24936291005</v>
       </c>
       <c r="AF3" s="84">
         <v>346399.49018473999</v>
       </c>
       <c r="AG3" s="84">
         <v>336688.30553946999</v>
       </c>
       <c r="AH3" s="84">
         <v>351915.63393965003</v>
       </c>
+      <c r="AI3" s="84">
+        <v>348070.54061391001</v>
+      </c>
     </row>
-    <row r="4" spans="1:34" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:35" x14ac:dyDescent="0.25">
       <c r="A4" s="134"/>
       <c r="B4" s="130"/>
       <c r="C4" s="85" t="s">
         <v>92</v>
       </c>
       <c r="D4" s="90">
         <v>104678.62558580999</v>
       </c>
       <c r="E4" s="90">
         <v>112601.32786434</v>
       </c>
       <c r="F4" s="90">
         <v>112138.68586180999</v>
       </c>
       <c r="G4" s="90">
         <v>118182.58655535999</v>
       </c>
       <c r="H4" s="90">
         <v>121480.69410501998</v>
       </c>
       <c r="I4" s="90">
         <v>120525.73244252001</v>
       </c>
       <c r="J4" s="90">
         <v>125047.36515813999</v>
@@ -13209,52 +13370,55 @@
       </c>
       <c r="AA4" s="86">
         <v>168702.04911764001</v>
       </c>
       <c r="AB4" s="86">
         <v>163519.59757845002</v>
       </c>
       <c r="AC4" s="86">
         <v>174087.41275166001</v>
       </c>
       <c r="AD4" s="86">
         <v>175359.68143016001</v>
       </c>
       <c r="AE4" s="86">
         <v>179621.80602240001</v>
       </c>
       <c r="AF4" s="86">
         <v>185371.13739982</v>
       </c>
       <c r="AG4" s="86">
         <v>177201.83415616999</v>
       </c>
       <c r="AH4" s="86">
         <v>184271.66904728001</v>
       </c>
+      <c r="AI4" s="86">
+        <v>183738.77015411001</v>
+      </c>
     </row>
-    <row r="5" spans="1:34" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:35" x14ac:dyDescent="0.25">
       <c r="A5" s="134"/>
       <c r="B5" s="130"/>
       <c r="C5" s="85" t="s">
         <v>91</v>
       </c>
       <c r="D5" s="90">
         <v>22523.331807639999</v>
       </c>
       <c r="E5" s="90">
         <v>22526.882829499998</v>
       </c>
       <c r="F5" s="90">
         <v>22232.978215510004</v>
       </c>
       <c r="G5" s="90">
         <v>23468.667883710001</v>
       </c>
       <c r="H5" s="90">
         <v>23244.757061959997</v>
       </c>
       <c r="I5" s="90">
         <v>23550.129918679999</v>
       </c>
       <c r="J5" s="90">
         <v>24373.745764679999</v>
@@ -13309,52 +13473,55 @@
       </c>
       <c r="AA5" s="87">
         <v>34560.304062180003</v>
       </c>
       <c r="AB5" s="87">
         <v>32264.484850599998</v>
       </c>
       <c r="AC5" s="87">
         <v>34681.754634369994</v>
       </c>
       <c r="AD5" s="87">
         <v>33998.628417380001</v>
       </c>
       <c r="AE5" s="87">
         <v>35887.804686279997</v>
       </c>
       <c r="AF5" s="87">
         <v>35646.643862900004</v>
       </c>
       <c r="AG5" s="87">
         <v>34538.169607609998</v>
       </c>
       <c r="AH5" s="87">
         <v>36905.457983480002</v>
       </c>
+      <c r="AI5" s="87">
+        <v>38454.805010550001</v>
+      </c>
     </row>
-    <row r="6" spans="1:34" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:35" x14ac:dyDescent="0.25">
       <c r="A6" s="134"/>
       <c r="B6" s="130"/>
       <c r="C6" s="85" t="s">
         <v>93</v>
       </c>
       <c r="D6" s="90">
         <v>85732.744792149999</v>
       </c>
       <c r="E6" s="90">
         <v>91490.941647230007</v>
       </c>
       <c r="F6" s="90">
         <v>88606.569015219997</v>
       </c>
       <c r="G6" s="90">
         <v>89366.325000869998</v>
       </c>
       <c r="H6" s="90">
         <v>93308.678415779999</v>
       </c>
       <c r="I6" s="90">
         <v>95332.072642960004</v>
       </c>
       <c r="J6" s="90">
         <v>98795.490675429988</v>
@@ -13409,52 +13576,55 @@
       </c>
       <c r="AA6" s="87">
         <v>105275.36560049</v>
       </c>
       <c r="AB6" s="87">
         <v>101489.0945048</v>
       </c>
       <c r="AC6" s="87">
         <v>105749.58692363001</v>
       </c>
       <c r="AD6" s="87">
         <v>97674.839368770001</v>
       </c>
       <c r="AE6" s="87">
         <v>100070.10237438</v>
       </c>
       <c r="AF6" s="87">
         <v>100163.47159218001</v>
       </c>
       <c r="AG6" s="87">
         <v>99531.012098410007</v>
       </c>
       <c r="AH6" s="87">
         <v>104873.30629418</v>
       </c>
+      <c r="AI6" s="87">
+        <v>102262.76700502</v>
+      </c>
     </row>
-    <row r="7" spans="1:34" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:35" x14ac:dyDescent="0.25">
       <c r="A7" s="134"/>
       <c r="B7" s="130"/>
       <c r="C7" s="85" t="s">
         <v>94</v>
       </c>
       <c r="D7" s="90">
         <v>7970.4762699299999</v>
       </c>
       <c r="E7" s="90">
         <v>9673.6774852399994</v>
       </c>
       <c r="F7" s="90">
         <v>9431.9542538700007</v>
       </c>
       <c r="G7" s="90">
         <v>10220.805976849999</v>
       </c>
       <c r="H7" s="90">
         <v>10134.984612290002</v>
       </c>
       <c r="I7" s="90">
         <v>9974.0560193700003</v>
       </c>
       <c r="J7" s="90">
         <v>8619.43785837</v>
@@ -13509,52 +13679,55 @@
       </c>
       <c r="AA7" s="87">
         <v>10846.362916890001</v>
       </c>
       <c r="AB7" s="87">
         <v>9832.9231098600012</v>
       </c>
       <c r="AC7" s="87">
         <v>10318.60598858</v>
       </c>
       <c r="AD7" s="87">
         <v>9865.1011300099981</v>
       </c>
       <c r="AE7" s="87">
         <v>10957.109782700001</v>
       </c>
       <c r="AF7" s="87">
         <v>11226.30605476</v>
       </c>
       <c r="AG7" s="87">
         <v>11368.352778779999</v>
       </c>
       <c r="AH7" s="87">
         <v>10910.381007200001</v>
       </c>
+      <c r="AI7" s="87">
+        <v>11555.15805029</v>
+      </c>
     </row>
-    <row r="8" spans="1:34" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:35" x14ac:dyDescent="0.25">
       <c r="A8" s="134"/>
       <c r="B8" s="131"/>
       <c r="C8" s="93" t="s">
         <v>98</v>
       </c>
       <c r="D8" s="90">
         <v>7300.3049692900004</v>
       </c>
       <c r="E8" s="90">
         <v>8874.4045703899992</v>
       </c>
       <c r="F8" s="90">
         <v>8862.0741150899994</v>
       </c>
       <c r="G8" s="90">
         <v>9786.2957125100002</v>
       </c>
       <c r="H8" s="90">
         <v>10516.550960729999</v>
       </c>
       <c r="I8" s="90">
         <v>11159.693328379999</v>
       </c>
       <c r="J8" s="90">
         <v>12638.233170850001</v>
@@ -13609,52 +13782,55 @@
       </c>
       <c r="AA8" s="94">
         <v>13075.15404693</v>
       </c>
       <c r="AB8" s="94">
         <v>12788.942458279998</v>
       </c>
       <c r="AC8" s="94">
         <v>13528.882694829999</v>
       </c>
       <c r="AD8" s="94">
         <v>12847.227132139999</v>
       </c>
       <c r="AE8" s="94">
         <v>13030.3429466</v>
       </c>
       <c r="AF8" s="94">
         <v>13582.04728149</v>
       </c>
       <c r="AG8" s="94">
         <v>13621.35971561</v>
       </c>
       <c r="AH8" s="94">
         <v>14507.309949210001</v>
       </c>
+      <c r="AI8" s="94">
+        <v>11591.16229233</v>
+      </c>
     </row>
-    <row r="9" spans="1:34" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:35" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A9" s="134"/>
       <c r="B9" s="132"/>
       <c r="C9" s="88" t="s">
         <v>99</v>
       </c>
       <c r="D9" s="90">
         <v>537.23447224000006</v>
       </c>
       <c r="E9" s="90">
         <v>478.44510026999995</v>
       </c>
       <c r="F9" s="90">
         <v>401.63943738</v>
       </c>
       <c r="G9" s="90">
         <v>418.51068929000002</v>
       </c>
       <c r="H9" s="90">
         <v>366.13894463999998</v>
       </c>
       <c r="I9" s="90">
         <v>362.54250146000004</v>
       </c>
       <c r="J9" s="90">
         <v>362.68976690999995</v>
@@ -13709,52 +13885,55 @@
       </c>
       <c r="AA9" s="89">
         <v>547.85882031999995</v>
       </c>
       <c r="AB9" s="89">
         <v>486.92366479000003</v>
       </c>
       <c r="AC9" s="89">
         <v>453.49106111999998</v>
       </c>
       <c r="AD9" s="89">
         <v>393.95763682</v>
       </c>
       <c r="AE9" s="89">
         <v>385.08355054999993</v>
       </c>
       <c r="AF9" s="89">
         <v>409.88399359000005</v>
       </c>
       <c r="AG9" s="89">
         <v>427.57718288999996</v>
       </c>
       <c r="AH9" s="89">
         <v>447.50965829999996</v>
       </c>
+      <c r="AI9" s="89">
+        <v>467.87810160999999</v>
+      </c>
     </row>
-    <row r="10" spans="1:34" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:35" x14ac:dyDescent="0.25">
       <c r="A10" s="134"/>
       <c r="B10" s="129" t="s">
         <v>100</v>
       </c>
       <c r="C10" s="83" t="s">
         <v>1</v>
       </c>
       <c r="D10" s="84">
         <v>2306.90923367</v>
       </c>
       <c r="E10" s="84">
         <v>2380.7803687300006</v>
       </c>
       <c r="F10" s="84">
         <v>2539.0006621299995</v>
       </c>
       <c r="G10" s="84">
         <v>2778.5606590000002</v>
       </c>
       <c r="H10" s="84">
         <v>2972.8297325099998</v>
       </c>
       <c r="I10" s="84">
         <v>2717.5116068899993</v>
       </c>
@@ -13811,52 +13990,55 @@
       </c>
       <c r="AA10" s="84">
         <v>4826.9759261199997</v>
       </c>
       <c r="AB10" s="84">
         <v>4823.5557654100003</v>
       </c>
       <c r="AC10" s="84">
         <v>5127.6230094899984</v>
       </c>
       <c r="AD10" s="84">
         <v>5227.04548565</v>
       </c>
       <c r="AE10" s="84">
         <v>5814.6115513199993</v>
       </c>
       <c r="AF10" s="84">
         <v>6121.2864907599997</v>
       </c>
       <c r="AG10" s="84">
         <v>5574.9815775699999</v>
       </c>
       <c r="AH10" s="84">
         <v>5587.465182599999</v>
       </c>
+      <c r="AI10" s="84">
+        <v>5537.1620705099995</v>
+      </c>
     </row>
-    <row r="11" spans="1:34" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:35" x14ac:dyDescent="0.25">
       <c r="A11" s="134"/>
       <c r="B11" s="130"/>
       <c r="C11" s="85" t="s">
         <v>92</v>
       </c>
       <c r="D11" s="90">
         <v>1292.8070833300003</v>
       </c>
       <c r="E11" s="90">
         <v>1410.2619374100004</v>
       </c>
       <c r="F11" s="90">
         <v>1434.9788503099999</v>
       </c>
       <c r="G11" s="90">
         <v>1660.6832215600002</v>
       </c>
       <c r="H11" s="90">
         <v>1804.8189759699999</v>
       </c>
       <c r="I11" s="90">
         <v>1603.3038156799996</v>
       </c>
       <c r="J11" s="90">
         <v>1650.2049408300002</v>
@@ -13911,52 +14093,55 @@
       </c>
       <c r="AA11" s="90">
         <v>2481.4752514400006</v>
       </c>
       <c r="AB11" s="90">
         <v>2664.2682262899998</v>
       </c>
       <c r="AC11" s="90">
         <v>2831.1493230000005</v>
       </c>
       <c r="AD11" s="90">
         <v>2932.3793929799995</v>
       </c>
       <c r="AE11" s="90">
         <v>3295.0542207799999</v>
       </c>
       <c r="AF11" s="90">
         <v>3563.6322453599996</v>
       </c>
       <c r="AG11" s="90">
         <v>3068.1462851199999</v>
       </c>
       <c r="AH11" s="90">
         <v>2964.2332955900001</v>
       </c>
+      <c r="AI11" s="90">
+        <v>2760.4845144299998</v>
+      </c>
     </row>
-    <row r="12" spans="1:34" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:35" x14ac:dyDescent="0.25">
       <c r="A12" s="134"/>
       <c r="B12" s="130"/>
       <c r="C12" s="85" t="s">
         <v>91</v>
       </c>
       <c r="D12" s="90">
         <v>682.68130936</v>
       </c>
       <c r="E12" s="90">
         <v>613.41946136000001</v>
       </c>
       <c r="F12" s="90">
         <v>714.14009951000003</v>
       </c>
       <c r="G12" s="90">
         <v>736.55315446999998</v>
       </c>
       <c r="H12" s="90">
         <v>770.23608055999989</v>
       </c>
       <c r="I12" s="90">
         <v>716.25600663</v>
       </c>
       <c r="J12" s="90">
         <v>778.31902173000003</v>
@@ -14011,52 +14196,55 @@
       </c>
       <c r="AA12" s="90">
         <v>1438.50664983</v>
       </c>
       <c r="AB12" s="90">
         <v>1253.58233071</v>
       </c>
       <c r="AC12" s="90">
         <v>1371.6123729600001</v>
       </c>
       <c r="AD12" s="90">
         <v>1401.1367004000001</v>
       </c>
       <c r="AE12" s="90">
         <v>1549.1427450599999</v>
       </c>
       <c r="AF12" s="90">
         <v>1558.1115460999999</v>
       </c>
       <c r="AG12" s="90">
         <v>1525.89654374</v>
       </c>
       <c r="AH12" s="90">
         <v>1557.2901975799998</v>
       </c>
+      <c r="AI12" s="90">
+        <v>1671.8836435000001</v>
+      </c>
     </row>
-    <row r="13" spans="1:34" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:35" x14ac:dyDescent="0.25">
       <c r="A13" s="134"/>
       <c r="B13" s="130"/>
       <c r="C13" s="85" t="s">
         <v>93</v>
       </c>
       <c r="D13" s="90">
         <v>262.13311708000003</v>
       </c>
       <c r="E13" s="90">
         <v>280.67225874000002</v>
       </c>
       <c r="F13" s="90">
         <v>293.00737319999996</v>
       </c>
       <c r="G13" s="90">
         <v>299.25182937</v>
       </c>
       <c r="H13" s="90">
         <v>320.06639517000002</v>
       </c>
       <c r="I13" s="90">
         <v>320.84744927999998</v>
       </c>
       <c r="J13" s="90">
         <v>328.30951454000001</v>
@@ -14111,52 +14299,55 @@
       </c>
       <c r="AA13" s="90">
         <v>120.40240598999999</v>
       </c>
       <c r="AB13" s="90">
         <v>144.55089106</v>
       </c>
       <c r="AC13" s="90">
         <v>140.61588956999998</v>
       </c>
       <c r="AD13" s="90">
         <v>139.12695005</v>
       </c>
       <c r="AE13" s="90">
         <v>146.33393471000002</v>
       </c>
       <c r="AF13" s="90">
         <v>146.99056250999999</v>
       </c>
       <c r="AG13" s="90">
         <v>144.42389593999999</v>
       </c>
       <c r="AH13" s="90">
         <v>147.25649178</v>
       </c>
+      <c r="AI13" s="90">
+        <v>158.60199686000001</v>
+      </c>
     </row>
-    <row r="14" spans="1:34" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:35" x14ac:dyDescent="0.25">
       <c r="A14" s="134"/>
       <c r="B14" s="130"/>
       <c r="C14" s="85" t="s">
         <v>94</v>
       </c>
       <c r="D14" s="90">
         <v>11.837361</v>
       </c>
       <c r="E14" s="90">
         <v>12.676605</v>
       </c>
       <c r="F14" s="90">
         <v>31.340695920000002</v>
       </c>
       <c r="G14" s="90">
         <v>25.109607219999997</v>
       </c>
       <c r="H14" s="90">
         <v>18.545393659999998</v>
       </c>
       <c r="I14" s="90">
         <v>20.790785800000002</v>
       </c>
       <c r="J14" s="90">
         <v>20.337</v>
@@ -14211,52 +14402,55 @@
       </c>
       <c r="AA14" s="90">
         <v>757.11796442999992</v>
       </c>
       <c r="AB14" s="90">
         <v>756.84480279999991</v>
       </c>
       <c r="AC14" s="90">
         <v>780.47250781000002</v>
       </c>
       <c r="AD14" s="90">
         <v>752.44775047999997</v>
       </c>
       <c r="AE14" s="90">
         <v>821.75607921999995</v>
       </c>
       <c r="AF14" s="90">
         <v>850.16951614000004</v>
       </c>
       <c r="AG14" s="90">
         <v>834.77530543</v>
       </c>
       <c r="AH14" s="90">
         <v>915.2419064799999</v>
       </c>
+      <c r="AI14" s="90">
+        <v>941.98805149999998</v>
+      </c>
     </row>
-    <row r="15" spans="1:34" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:35" x14ac:dyDescent="0.25">
       <c r="A15" s="134"/>
       <c r="B15" s="131"/>
       <c r="C15" s="93" t="s">
         <v>98</v>
       </c>
       <c r="D15" s="95">
         <v>57.056240719999998</v>
       </c>
       <c r="E15" s="95">
         <v>63.548086340000005</v>
       </c>
       <c r="F15" s="95">
         <v>65.294532799999999</v>
       </c>
       <c r="G15" s="95">
         <v>56.740494119999994</v>
       </c>
       <c r="H15" s="95">
         <v>58.817522850000003</v>
       </c>
       <c r="I15" s="95">
         <v>56.288677419999999</v>
       </c>
       <c r="J15" s="95">
         <v>51.414058269999998</v>
@@ -14311,52 +14505,55 @@
       </c>
       <c r="AA15" s="95">
         <v>29.370564039999998</v>
       </c>
       <c r="AB15" s="95">
         <v>4.2486473</v>
       </c>
       <c r="AC15" s="95">
         <v>3.72353837</v>
       </c>
       <c r="AD15" s="95">
         <v>1.89935188</v>
       </c>
       <c r="AE15" s="95">
         <v>2.1921943600000002</v>
       </c>
       <c r="AF15" s="95">
         <v>2.2878493200000003</v>
       </c>
       <c r="AG15" s="95">
         <v>1.6861599199999999</v>
       </c>
       <c r="AH15" s="95">
         <v>3.3968413100000001</v>
       </c>
+      <c r="AI15" s="95">
+        <v>4.1625622800000004</v>
+      </c>
     </row>
-    <row r="16" spans="1:34" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="16" spans="1:35" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A16" s="134"/>
       <c r="B16" s="132"/>
       <c r="C16" s="88" t="s">
         <v>99</v>
       </c>
       <c r="D16" s="89">
         <v>0.39412217999999999</v>
       </c>
       <c r="E16" s="89">
         <v>0.20201988000000001</v>
       </c>
       <c r="F16" s="89">
         <v>0.23911039000000001</v>
       </c>
       <c r="G16" s="89">
         <v>0.22235226</v>
       </c>
       <c r="H16" s="89">
         <v>0.34536430000000007</v>
       </c>
       <c r="I16" s="89">
         <v>2.4872080000000001E-2</v>
       </c>
       <c r="J16" s="89">
         <v>3.4148320000000003E-2</v>
@@ -14411,52 +14608,55 @@
       </c>
       <c r="AA16" s="89">
         <v>0.10309038999999999</v>
       </c>
       <c r="AB16" s="89">
         <v>6.0867249999999998E-2</v>
       </c>
       <c r="AC16" s="89">
         <v>4.9377779999999996E-2</v>
       </c>
       <c r="AD16" s="89">
         <v>5.5339859999999998E-2</v>
       </c>
       <c r="AE16" s="89">
         <v>0.13237719000000001</v>
       </c>
       <c r="AF16" s="89">
         <v>9.4771330000000001E-2</v>
       </c>
       <c r="AG16" s="89">
         <v>5.3387419999999998E-2</v>
       </c>
       <c r="AH16" s="89">
         <v>4.6449860000000003E-2</v>
       </c>
+      <c r="AI16" s="89">
+        <v>4.1301940000000002E-2</v>
+      </c>
     </row>
-    <row r="17" spans="1:34" ht="13.8" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:35" ht="13.8" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="134"/>
       <c r="B17" s="129" t="s">
         <v>96</v>
       </c>
       <c r="C17" s="83" t="s">
         <v>1</v>
       </c>
       <c r="D17" s="84">
         <v>37113.245497620002</v>
       </c>
       <c r="E17" s="84">
         <v>38455.234851339999</v>
       </c>
       <c r="F17" s="84">
         <v>37891.429839879995</v>
       </c>
       <c r="G17" s="84">
         <v>40521.888405739999</v>
       </c>
       <c r="H17" s="84">
         <v>40231.309513940003</v>
       </c>
       <c r="I17" s="84">
         <v>38615.15367801</v>
       </c>
@@ -14513,52 +14713,55 @@
       </c>
       <c r="AA17" s="84">
         <v>50383.289196359998</v>
       </c>
       <c r="AB17" s="84">
         <v>48595.311812460001</v>
       </c>
       <c r="AC17" s="84">
         <v>52560.322989619999</v>
       </c>
       <c r="AD17" s="84">
         <v>54370.735753220004</v>
       </c>
       <c r="AE17" s="84">
         <v>59119.933978319998</v>
       </c>
       <c r="AF17" s="84">
         <v>57623.438168070003</v>
       </c>
       <c r="AG17" s="84">
         <v>56076.127383190003</v>
       </c>
       <c r="AH17" s="84">
         <v>57879.18210351</v>
       </c>
+      <c r="AI17" s="84">
+        <v>58074.147341570002</v>
+      </c>
     </row>
-    <row r="18" spans="1:34" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:35" x14ac:dyDescent="0.25">
       <c r="A18" s="134"/>
       <c r="B18" s="130"/>
       <c r="C18" s="85" t="s">
         <v>92</v>
       </c>
       <c r="D18" s="90">
         <v>18312.889394590002</v>
       </c>
       <c r="E18" s="90">
         <v>18806.234793919997</v>
       </c>
       <c r="F18" s="90">
         <v>18643.79250756</v>
       </c>
       <c r="G18" s="90">
         <v>20264.834445410001</v>
       </c>
       <c r="H18" s="90">
         <v>19921.748324889999</v>
       </c>
       <c r="I18" s="90">
         <v>18785.04171782</v>
       </c>
       <c r="J18" s="90">
         <v>19278.017549799999</v>
@@ -14613,52 +14816,55 @@
       </c>
       <c r="AA18" s="87">
         <v>22220.73715873</v>
       </c>
       <c r="AB18" s="87">
         <v>21594.833943869999</v>
       </c>
       <c r="AC18" s="87">
         <v>23137.260724169999</v>
       </c>
       <c r="AD18" s="87">
         <v>25280.07014018</v>
       </c>
       <c r="AE18" s="87">
         <v>28538.808428119999</v>
       </c>
       <c r="AF18" s="87">
         <v>27255.728040139998</v>
       </c>
       <c r="AG18" s="87">
         <v>25828.912979429999</v>
       </c>
       <c r="AH18" s="87">
         <v>25956.276511249998</v>
       </c>
+      <c r="AI18" s="87">
+        <v>24589.658477599998</v>
+      </c>
     </row>
-    <row r="19" spans="1:34" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:35" x14ac:dyDescent="0.25">
       <c r="A19" s="134"/>
       <c r="B19" s="130"/>
       <c r="C19" s="85" t="s">
         <v>91</v>
       </c>
       <c r="D19" s="90">
         <v>18411.536857290001</v>
       </c>
       <c r="E19" s="90">
         <v>19221.671526959999</v>
       </c>
       <c r="F19" s="90">
         <v>18833.562309860001</v>
       </c>
       <c r="G19" s="90">
         <v>19828.833111290001</v>
       </c>
       <c r="H19" s="90">
         <v>19695.430744860001</v>
       </c>
       <c r="I19" s="90">
         <v>19183.936077480001</v>
       </c>
       <c r="J19" s="90">
         <v>19991.41918655</v>
@@ -14713,52 +14919,55 @@
       </c>
       <c r="AA19" s="87">
         <v>26968.93008871</v>
       </c>
       <c r="AB19" s="87">
         <v>25931.082006380002</v>
       </c>
       <c r="AC19" s="87">
         <v>28397.93219349</v>
       </c>
       <c r="AD19" s="87">
         <v>28119.241373389999</v>
       </c>
       <c r="AE19" s="87">
         <v>29550.125227910001</v>
       </c>
       <c r="AF19" s="87">
         <v>29302.557667880003</v>
       </c>
       <c r="AG19" s="87">
         <v>29203.611304950002</v>
       </c>
       <c r="AH19" s="87">
         <v>30796.42207457</v>
       </c>
+      <c r="AI19" s="87">
+        <v>32393.412853939997</v>
+      </c>
     </row>
-    <row r="20" spans="1:34" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:35" x14ac:dyDescent="0.25">
       <c r="A20" s="134"/>
       <c r="B20" s="130"/>
       <c r="C20" s="85" t="s">
         <v>93</v>
       </c>
       <c r="D20" s="90">
         <v>126.17516753</v>
       </c>
       <c r="E20" s="90">
         <v>146.36693663</v>
       </c>
       <c r="F20" s="90">
         <v>148.06824256000002</v>
       </c>
       <c r="G20" s="90">
         <v>145.99567121999999</v>
       </c>
       <c r="H20" s="90">
         <v>182.40280333999999</v>
       </c>
       <c r="I20" s="90">
         <v>259.71422575000003</v>
       </c>
       <c r="J20" s="90">
         <v>283.57267243000001</v>
@@ -14813,52 +15022,55 @@
       </c>
       <c r="AA20" s="87">
         <v>606.90441952999993</v>
       </c>
       <c r="AB20" s="87">
         <v>562.82370266999999</v>
       </c>
       <c r="AC20" s="87">
         <v>690.91913454999997</v>
       </c>
       <c r="AD20" s="87">
         <v>626.52197888000001</v>
       </c>
       <c r="AE20" s="87">
         <v>646.89164312000003</v>
       </c>
       <c r="AF20" s="87">
         <v>684.07016110000006</v>
       </c>
       <c r="AG20" s="87">
         <v>659.10360027000002</v>
       </c>
       <c r="AH20" s="87">
         <v>724.36088892999999</v>
       </c>
+      <c r="AI20" s="87">
+        <v>730.52441409000005</v>
+      </c>
     </row>
-    <row r="21" spans="1:34" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:35" x14ac:dyDescent="0.25">
       <c r="A21" s="134"/>
       <c r="B21" s="130"/>
       <c r="C21" s="85" t="s">
         <v>94</v>
       </c>
       <c r="D21" s="90">
         <v>0</v>
       </c>
       <c r="E21" s="90">
         <v>0</v>
       </c>
       <c r="F21" s="90">
         <v>0</v>
       </c>
       <c r="G21" s="90">
         <v>0</v>
       </c>
       <c r="H21" s="90">
         <v>0</v>
       </c>
       <c r="I21" s="90">
         <v>0</v>
       </c>
       <c r="J21" s="90">
         <v>0</v>
@@ -14913,52 +15125,55 @@
       </c>
       <c r="AA21" s="87">
         <v>0</v>
       </c>
       <c r="AB21" s="87">
         <v>0</v>
       </c>
       <c r="AC21" s="87">
         <v>0</v>
       </c>
       <c r="AD21" s="87">
         <v>0</v>
       </c>
       <c r="AE21" s="87">
         <v>0</v>
       </c>
       <c r="AF21" s="87">
         <v>0</v>
       </c>
       <c r="AG21" s="87">
         <v>0</v>
       </c>
       <c r="AH21" s="87">
         <v>0</v>
       </c>
+      <c r="AI21" s="87">
+        <v>0</v>
+      </c>
     </row>
-    <row r="22" spans="1:34" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:35" x14ac:dyDescent="0.25">
       <c r="A22" s="134"/>
       <c r="B22" s="131"/>
       <c r="C22" s="93" t="s">
         <v>98</v>
       </c>
       <c r="D22" s="90">
         <v>144.01644655000001</v>
       </c>
       <c r="E22" s="90">
         <v>160.65784633999999</v>
       </c>
       <c r="F22" s="90">
         <v>147.35425509999999</v>
       </c>
       <c r="G22" s="90">
         <v>145.00506639</v>
       </c>
       <c r="H22" s="90">
         <v>291.99790851</v>
       </c>
       <c r="I22" s="90">
         <v>258.45897630000002</v>
       </c>
       <c r="J22" s="90">
         <v>286.01139401999995</v>
@@ -15013,52 +15228,55 @@
       </c>
       <c r="AA22" s="94">
         <v>410.81674751999998</v>
       </c>
       <c r="AB22" s="94">
         <v>321.99731606</v>
       </c>
       <c r="AC22" s="94">
         <v>138.11273581999998</v>
       </c>
       <c r="AD22" s="94">
         <v>125.66955976999999</v>
       </c>
       <c r="AE22" s="94">
         <v>128.72246035000001</v>
       </c>
       <c r="AF22" s="94">
         <v>127.70871155</v>
       </c>
       <c r="AG22" s="94">
         <v>142.90537318</v>
       </c>
       <c r="AH22" s="94">
         <v>163.14676259000001</v>
       </c>
+      <c r="AI22" s="94">
+        <v>146.55158177000001</v>
+      </c>
     </row>
-    <row r="23" spans="1:34" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="23" spans="1:35" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A23" s="139"/>
       <c r="B23" s="132"/>
       <c r="C23" s="88" t="s">
         <v>99</v>
       </c>
       <c r="D23" s="90">
         <v>118.62763165999999</v>
       </c>
       <c r="E23" s="90">
         <v>120.30374748999999</v>
       </c>
       <c r="F23" s="90">
         <v>118.65252479999999</v>
       </c>
       <c r="G23" s="90">
         <v>137.22011143</v>
       </c>
       <c r="H23" s="90">
         <v>139.72973234</v>
       </c>
       <c r="I23" s="90">
         <v>128.00268066000001</v>
       </c>
       <c r="J23" s="90">
         <v>132.18993333</v>
@@ -15113,52 +15331,55 @@
       </c>
       <c r="AA23" s="89">
         <v>175.90078187</v>
       </c>
       <c r="AB23" s="89">
         <v>184.57484348</v>
       </c>
       <c r="AC23" s="89">
         <v>196.09820159</v>
       </c>
       <c r="AD23" s="89">
         <v>219.23270099999999</v>
       </c>
       <c r="AE23" s="89">
         <v>255.38621881999998</v>
       </c>
       <c r="AF23" s="89">
         <v>253.37358740000002</v>
       </c>
       <c r="AG23" s="89">
         <v>241.59412536000002</v>
       </c>
       <c r="AH23" s="89">
         <v>238.97586616999999</v>
       </c>
+      <c r="AI23" s="89">
+        <v>214.00001416999999</v>
+      </c>
     </row>
-    <row r="24" spans="1:34" ht="13.8" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:35" ht="13.8" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="133" t="s">
         <v>76</v>
       </c>
       <c r="B24" s="129" t="s">
         <v>95</v>
       </c>
       <c r="C24" s="83" t="s">
         <v>1</v>
       </c>
       <c r="D24" s="84">
         <v>485.01736799999998</v>
       </c>
       <c r="E24" s="84">
         <v>539.55877099999998</v>
       </c>
       <c r="F24" s="84">
         <v>533.95049200000005</v>
       </c>
       <c r="G24" s="84">
         <v>553.58073000000002</v>
       </c>
       <c r="H24" s="84">
         <v>566.00699699999996</v>
       </c>
       <c r="I24" s="84">
@@ -15217,52 +15438,55 @@
       </c>
       <c r="AA24" s="84">
         <v>690.25697000000002</v>
       </c>
       <c r="AB24" s="84">
         <v>676.34549400000003</v>
       </c>
       <c r="AC24" s="84">
         <v>719.39330099999995</v>
       </c>
       <c r="AD24" s="84">
         <v>705.89848199999994</v>
       </c>
       <c r="AE24" s="84">
         <v>721.91251</v>
       </c>
       <c r="AF24" s="84">
         <v>725.81470300000001</v>
       </c>
       <c r="AG24" s="84">
         <v>712.86112200000002</v>
       </c>
       <c r="AH24" s="84">
         <v>708.55044599999997</v>
       </c>
+      <c r="AI24" s="84">
+        <v>684.86646199999996</v>
+      </c>
     </row>
-    <row r="25" spans="1:34" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:35" x14ac:dyDescent="0.25">
       <c r="A25" s="134"/>
       <c r="B25" s="130"/>
       <c r="C25" s="85" t="s">
         <v>92</v>
       </c>
       <c r="D25" s="90">
         <v>359.03653300000002</v>
       </c>
       <c r="E25" s="90">
         <v>404.56748099999999</v>
       </c>
       <c r="F25" s="90">
         <v>402.52199000000002</v>
       </c>
       <c r="G25" s="90">
         <v>418.59965999999997</v>
       </c>
       <c r="H25" s="90">
         <v>430.48826800000001</v>
       </c>
       <c r="I25" s="90">
         <v>427.898279</v>
       </c>
       <c r="J25" s="90">
         <v>422.447202</v>
@@ -15317,52 +15541,55 @@
       </c>
       <c r="AA25" s="86">
         <v>526.09733400000005</v>
       </c>
       <c r="AB25" s="86">
         <v>520.13250100000005</v>
       </c>
       <c r="AC25" s="86">
         <v>555.73642199999995</v>
       </c>
       <c r="AD25" s="86">
         <v>550.95494299999996</v>
       </c>
       <c r="AE25" s="86">
         <v>563.78246200000001</v>
       </c>
       <c r="AF25" s="86">
         <v>566.81248500000004</v>
       </c>
       <c r="AG25" s="86">
         <v>553.25232600000004</v>
       </c>
       <c r="AH25" s="86">
         <v>544.65774599999997</v>
       </c>
+      <c r="AI25" s="86">
+        <v>526.64924599999995</v>
+      </c>
     </row>
-    <row r="26" spans="1:34" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:35" x14ac:dyDescent="0.25">
       <c r="A26" s="134"/>
       <c r="B26" s="130"/>
       <c r="C26" s="85" t="s">
         <v>91</v>
       </c>
       <c r="D26" s="90">
         <v>57.554783999999998</v>
       </c>
       <c r="E26" s="90">
         <v>60.073597999999997</v>
       </c>
       <c r="F26" s="90">
         <v>58.550600000000003</v>
       </c>
       <c r="G26" s="90">
         <v>60.185395999999997</v>
       </c>
       <c r="H26" s="90">
         <v>59.610970000000002</v>
       </c>
       <c r="I26" s="90">
         <v>58.952260000000003</v>
       </c>
       <c r="J26" s="90">
         <v>60.209822000000003</v>
@@ -15417,52 +15644,55 @@
       </c>
       <c r="AA26" s="87">
         <v>70.445907000000005</v>
       </c>
       <c r="AB26" s="87">
         <v>67.283856</v>
       </c>
       <c r="AC26" s="87">
         <v>70.587447999999995</v>
       </c>
       <c r="AD26" s="87">
         <v>68.940370000000001</v>
       </c>
       <c r="AE26" s="87">
         <v>71.611373</v>
       </c>
       <c r="AF26" s="87">
         <v>71.422618</v>
       </c>
       <c r="AG26" s="87">
         <v>71.046277000000003</v>
       </c>
       <c r="AH26" s="87">
         <v>71.761566000000002</v>
       </c>
+      <c r="AI26" s="87">
+        <v>72.945355000000006</v>
+      </c>
     </row>
-    <row r="27" spans="1:34" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:35" x14ac:dyDescent="0.25">
       <c r="A27" s="134"/>
       <c r="B27" s="130"/>
       <c r="C27" s="85" t="s">
         <v>93</v>
       </c>
       <c r="D27" s="90">
         <v>46.361576999999997</v>
       </c>
       <c r="E27" s="90">
         <v>50.430449000000003</v>
       </c>
       <c r="F27" s="90">
         <v>48.71998</v>
       </c>
       <c r="G27" s="90">
         <v>48.444277999999997</v>
       </c>
       <c r="H27" s="90">
         <v>50.334902999999997</v>
       </c>
       <c r="I27" s="90">
         <v>51.419592000000002</v>
       </c>
       <c r="J27" s="90">
         <v>53.056652</v>
@@ -15517,52 +15747,55 @@
       </c>
       <c r="AA27" s="87">
         <v>58.745207999999998</v>
       </c>
       <c r="AB27" s="87">
         <v>55.738847</v>
       </c>
       <c r="AC27" s="87">
         <v>58.458826000000002</v>
       </c>
       <c r="AD27" s="87">
         <v>53.706532000000003</v>
       </c>
       <c r="AE27" s="87">
         <v>53.491565000000001</v>
       </c>
       <c r="AF27" s="87">
         <v>53.606324000000001</v>
       </c>
       <c r="AG27" s="87">
         <v>54.036425999999999</v>
       </c>
       <c r="AH27" s="87">
         <v>56.466659999999997</v>
       </c>
+      <c r="AI27" s="87">
+        <v>54.101826000000003</v>
+      </c>
     </row>
-    <row r="28" spans="1:34" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:35" x14ac:dyDescent="0.25">
       <c r="A28" s="134"/>
       <c r="B28" s="130"/>
       <c r="C28" s="85" t="s">
         <v>94</v>
       </c>
       <c r="D28" s="90">
         <v>2.5041090000000001</v>
       </c>
       <c r="E28" s="90">
         <v>2.513414</v>
       </c>
       <c r="F28" s="90">
         <v>2.389319</v>
       </c>
       <c r="G28" s="90">
         <v>2.5725600000000002</v>
       </c>
       <c r="H28" s="90">
         <v>2.7073140000000002</v>
       </c>
       <c r="I28" s="90">
         <v>2.751201</v>
       </c>
       <c r="J28" s="90">
         <v>2.917516</v>
@@ -15617,52 +15850,55 @@
       </c>
       <c r="AA28" s="87">
         <v>4.7710100000000004</v>
       </c>
       <c r="AB28" s="87">
         <v>4.089035</v>
       </c>
       <c r="AC28" s="87">
         <v>4.4703989999999996</v>
       </c>
       <c r="AD28" s="87">
         <v>4.1439570000000003</v>
       </c>
       <c r="AE28" s="87">
         <v>4.3793850000000001</v>
       </c>
       <c r="AF28" s="87">
         <v>4.2830690000000002</v>
       </c>
       <c r="AG28" s="87">
         <v>4.2488650000000003</v>
       </c>
       <c r="AH28" s="87">
         <v>4.1915659999999999</v>
       </c>
+      <c r="AI28" s="87">
+        <v>4.1237009999999996</v>
+      </c>
     </row>
-    <row r="29" spans="1:34" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:35" x14ac:dyDescent="0.25">
       <c r="A29" s="134"/>
       <c r="B29" s="131"/>
       <c r="C29" s="93" t="s">
         <v>98</v>
       </c>
       <c r="D29" s="90">
         <v>16.253796999999999</v>
       </c>
       <c r="E29" s="90">
         <v>18.292308999999999</v>
       </c>
       <c r="F29" s="90">
         <v>18.036047</v>
       </c>
       <c r="G29" s="90">
         <v>19.988343</v>
       </c>
       <c r="H29" s="90">
         <v>18.941780999999999</v>
       </c>
       <c r="I29" s="90">
         <v>19.485168000000002</v>
       </c>
       <c r="J29" s="90">
         <v>22.611729</v>
@@ -15717,52 +15953,55 @@
       </c>
       <c r="AA29" s="94">
         <v>24.488807999999999</v>
       </c>
       <c r="AB29" s="94">
         <v>23.542666000000001</v>
       </c>
       <c r="AC29" s="94">
         <v>24.231173999999999</v>
       </c>
       <c r="AD29" s="94">
         <v>22.578703000000001</v>
       </c>
       <c r="AE29" s="94">
         <v>22.858927000000001</v>
       </c>
       <c r="AF29" s="94">
         <v>23.61975</v>
       </c>
       <c r="AG29" s="94">
         <v>23.436330000000002</v>
       </c>
       <c r="AH29" s="94">
         <v>24.661926999999999</v>
       </c>
+      <c r="AI29" s="94">
+        <v>20.650231000000002</v>
+      </c>
     </row>
-    <row r="30" spans="1:34" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="30" spans="1:35" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A30" s="134"/>
       <c r="B30" s="132"/>
       <c r="C30" s="88" t="s">
         <v>99</v>
       </c>
       <c r="D30" s="90">
         <v>3.306568</v>
       </c>
       <c r="E30" s="90">
         <v>3.6815199999999999</v>
       </c>
       <c r="F30" s="90">
         <v>3.7325560000000002</v>
       </c>
       <c r="G30" s="90">
         <v>3.7904930000000001</v>
       </c>
       <c r="H30" s="90">
         <v>3.9237609999999998</v>
       </c>
       <c r="I30" s="90">
         <v>4.2860279999999999</v>
       </c>
       <c r="J30" s="90">
         <v>4.2609430000000001</v>
@@ -15817,52 +16056,55 @@
       </c>
       <c r="AA30" s="89">
         <v>5.7087029999999999</v>
       </c>
       <c r="AB30" s="89">
         <v>5.5585889999999996</v>
       </c>
       <c r="AC30" s="89">
         <v>5.9090319999999998</v>
       </c>
       <c r="AD30" s="89">
         <v>5.5739770000000002</v>
       </c>
       <c r="AE30" s="89">
         <v>5.7887979999999999</v>
       </c>
       <c r="AF30" s="89">
         <v>6.0704570000000002</v>
       </c>
       <c r="AG30" s="89">
         <v>6.8408980000000001</v>
       </c>
       <c r="AH30" s="89">
         <v>6.810981</v>
       </c>
+      <c r="AI30" s="89">
+        <v>6.3961030000000001</v>
+      </c>
     </row>
-    <row r="31" spans="1:34" ht="13.8" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:35" ht="13.8" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A31" s="134"/>
       <c r="B31" s="129" t="s">
         <v>100</v>
       </c>
       <c r="C31" s="83" t="s">
         <v>1</v>
       </c>
       <c r="D31" s="84">
         <v>2.3705539999999998</v>
       </c>
       <c r="E31" s="84">
         <v>2.5957479999999999</v>
       </c>
       <c r="F31" s="84">
         <v>2.7428810000000001</v>
       </c>
       <c r="G31" s="84">
         <v>3.0946950000000002</v>
       </c>
       <c r="H31" s="84">
         <v>3.3435920000000001</v>
       </c>
       <c r="I31" s="84">
         <v>2.9559570000000002</v>
       </c>
@@ -15919,52 +16161,55 @@
       </c>
       <c r="AA31" s="84">
         <v>5.0879089999999998</v>
       </c>
       <c r="AB31" s="84">
         <v>5.1925889999999999</v>
       </c>
       <c r="AC31" s="84">
         <v>5.4551759999999998</v>
       </c>
       <c r="AD31" s="84">
         <v>5.6905869999999998</v>
       </c>
       <c r="AE31" s="84">
         <v>6.2556219999999998</v>
       </c>
       <c r="AF31" s="84">
         <v>6.5179830000000001</v>
       </c>
       <c r="AG31" s="84">
         <v>5.7165229999999996</v>
       </c>
       <c r="AH31" s="84">
         <v>5.4521230000000003</v>
       </c>
+      <c r="AI31" s="84">
+        <v>5.1312889999999998</v>
+      </c>
     </row>
-    <row r="32" spans="1:34" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:35" x14ac:dyDescent="0.25">
       <c r="A32" s="134"/>
       <c r="B32" s="130"/>
       <c r="C32" s="85" t="s">
         <v>92</v>
       </c>
       <c r="D32" s="90">
         <v>1.750726</v>
       </c>
       <c r="E32" s="90">
         <v>1.976982</v>
       </c>
       <c r="F32" s="90">
         <v>2.0258120000000002</v>
       </c>
       <c r="G32" s="90">
         <v>2.3789470000000001</v>
       </c>
       <c r="H32" s="90">
         <v>2.5809570000000002</v>
       </c>
       <c r="I32" s="90">
         <v>2.216018</v>
       </c>
       <c r="J32" s="90">
         <v>2.3979279999999998</v>
@@ -16019,52 +16264,55 @@
       </c>
       <c r="AA32" s="90">
         <v>3.667055</v>
       </c>
       <c r="AB32" s="90">
         <v>3.834676</v>
       </c>
       <c r="AC32" s="90">
         <v>4.0112540000000001</v>
       </c>
       <c r="AD32" s="90">
         <v>4.2526520000000003</v>
       </c>
       <c r="AE32" s="90">
         <v>4.689254</v>
       </c>
       <c r="AF32" s="90">
         <v>4.9217829999999996</v>
       </c>
       <c r="AG32" s="90">
         <v>4.1761559999999998</v>
       </c>
       <c r="AH32" s="90">
         <v>3.857138</v>
       </c>
+      <c r="AI32" s="90">
+        <v>3.5230630000000001</v>
+      </c>
     </row>
-    <row r="33" spans="1:34" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:35" x14ac:dyDescent="0.25">
       <c r="A33" s="134"/>
       <c r="B33" s="130"/>
       <c r="C33" s="85" t="s">
         <v>91</v>
       </c>
       <c r="D33" s="90">
         <v>0.46784799999999999</v>
       </c>
       <c r="E33" s="90">
         <v>0.45860400000000001</v>
       </c>
       <c r="F33" s="90">
         <v>0.52299200000000001</v>
       </c>
       <c r="G33" s="90">
         <v>0.53427500000000006</v>
       </c>
       <c r="H33" s="90">
         <v>0.58546299999999996</v>
       </c>
       <c r="I33" s="90">
         <v>0.55793099999999995</v>
       </c>
       <c r="J33" s="90">
         <v>0.61110500000000001</v>
@@ -16119,52 +16367,55 @@
       </c>
       <c r="AA33" s="90">
         <v>1.0539080000000001</v>
       </c>
       <c r="AB33" s="90">
         <v>1.0056149999999999</v>
       </c>
       <c r="AC33" s="90">
         <v>1.0894010000000001</v>
       </c>
       <c r="AD33" s="90">
         <v>1.087914</v>
       </c>
       <c r="AE33" s="90">
         <v>1.1994400000000001</v>
       </c>
       <c r="AF33" s="90">
         <v>1.2239</v>
       </c>
       <c r="AG33" s="90">
         <v>1.1741630000000001</v>
       </c>
       <c r="AH33" s="90">
         <v>1.1822950000000001</v>
       </c>
+      <c r="AI33" s="90">
+        <v>1.191697</v>
+      </c>
     </row>
-    <row r="34" spans="1:34" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:35" x14ac:dyDescent="0.25">
       <c r="A34" s="134"/>
       <c r="B34" s="130"/>
       <c r="C34" s="85" t="s">
         <v>93</v>
       </c>
       <c r="D34" s="90">
         <v>0.12674099999999999</v>
       </c>
       <c r="E34" s="90">
         <v>0.132551</v>
       </c>
       <c r="F34" s="90">
         <v>0.129664</v>
       </c>
       <c r="G34" s="90">
         <v>0.12570500000000001</v>
       </c>
       <c r="H34" s="90">
         <v>0.137076</v>
       </c>
       <c r="I34" s="90">
         <v>0.14405699999999999</v>
       </c>
       <c r="J34" s="90">
         <v>0.153227</v>
@@ -16219,52 +16470,55 @@
       </c>
       <c r="AA34" s="90">
         <v>3.1295999999999997E-2</v>
       </c>
       <c r="AB34" s="90">
         <v>3.4278999999999997E-2</v>
       </c>
       <c r="AC34" s="90">
         <v>3.3859E-2</v>
       </c>
       <c r="AD34" s="90">
         <v>3.2534E-2</v>
       </c>
       <c r="AE34" s="90">
         <v>3.3443000000000001E-2</v>
       </c>
       <c r="AF34" s="90">
         <v>3.3390000000000003E-2</v>
       </c>
       <c r="AG34" s="90">
         <v>3.3089E-2</v>
       </c>
       <c r="AH34" s="90">
         <v>3.4131000000000002E-2</v>
       </c>
+      <c r="AI34" s="90">
+        <v>3.6239E-2</v>
+      </c>
     </row>
-    <row r="35" spans="1:34" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:35" x14ac:dyDescent="0.25">
       <c r="A35" s="134"/>
       <c r="B35" s="130"/>
       <c r="C35" s="85" t="s">
         <v>94</v>
       </c>
       <c r="D35" s="90">
         <v>1.1235999999999999E-2</v>
       </c>
       <c r="E35" s="90">
         <v>1.3117999999999999E-2</v>
       </c>
       <c r="F35" s="90">
         <v>4.9272999999999997E-2</v>
       </c>
       <c r="G35" s="90">
         <v>4.0645000000000001E-2</v>
       </c>
       <c r="H35" s="90">
         <v>2.5222999999999999E-2</v>
       </c>
       <c r="I35" s="90">
         <v>2.3614E-2</v>
       </c>
       <c r="J35" s="90">
         <v>2.3666E-2</v>
@@ -16319,52 +16573,55 @@
       </c>
       <c r="AA35" s="90">
         <v>0.32853399999999999</v>
       </c>
       <c r="AB35" s="90">
         <v>0.31694099999999997</v>
       </c>
       <c r="AC35" s="90">
         <v>0.31980900000000001</v>
       </c>
       <c r="AD35" s="90">
         <v>0.31665900000000002</v>
       </c>
       <c r="AE35" s="90">
         <v>0.332708</v>
       </c>
       <c r="AF35" s="90">
         <v>0.33807300000000001</v>
       </c>
       <c r="AG35" s="90">
         <v>0.33255299999999999</v>
       </c>
       <c r="AH35" s="90">
         <v>0.37786199999999998</v>
       </c>
+      <c r="AI35" s="90">
+        <v>0.37967400000000001</v>
+      </c>
     </row>
-    <row r="36" spans="1:34" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:35" x14ac:dyDescent="0.25">
       <c r="A36" s="134"/>
       <c r="B36" s="131"/>
       <c r="C36" s="93" t="s">
         <v>98</v>
       </c>
       <c r="D36" s="95">
         <v>1.3757E-2</v>
       </c>
       <c r="E36" s="95">
         <v>1.4272E-2</v>
       </c>
       <c r="F36" s="95">
         <v>1.4952E-2</v>
       </c>
       <c r="G36" s="95">
         <v>1.4864E-2</v>
       </c>
       <c r="H36" s="95">
         <v>1.4670000000000001E-2</v>
       </c>
       <c r="I36" s="95">
         <v>1.4175E-2</v>
       </c>
       <c r="J36" s="95">
         <v>1.3403999999999999E-2</v>
@@ -16419,52 +16676,55 @@
       </c>
       <c r="AA36" s="95">
         <v>7.0619999999999997E-3</v>
       </c>
       <c r="AB36" s="95">
         <v>1.031E-3</v>
       </c>
       <c r="AC36" s="95">
         <v>7.9900000000000001E-4</v>
       </c>
       <c r="AD36" s="95">
         <v>7.8399999999999997E-4</v>
       </c>
       <c r="AE36" s="95">
         <v>7.0399999999999998E-4</v>
       </c>
       <c r="AF36" s="95">
         <v>7.6400000000000003E-4</v>
       </c>
       <c r="AG36" s="95">
         <v>5.1999999999999995E-4</v>
       </c>
       <c r="AH36" s="95">
         <v>6.6200000000000005E-4</v>
       </c>
+      <c r="AI36" s="95">
+        <v>5.7499999999999999E-4</v>
+      </c>
     </row>
-    <row r="37" spans="1:34" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="37" spans="1:35" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A37" s="134"/>
       <c r="B37" s="132"/>
       <c r="C37" s="88" t="s">
         <v>99</v>
       </c>
       <c r="D37" s="89">
         <v>2.4600000000000002E-4</v>
       </c>
       <c r="E37" s="89">
         <v>2.2100000000000001E-4</v>
       </c>
       <c r="F37" s="89">
         <v>1.8799999999999999E-4</v>
       </c>
       <c r="G37" s="89">
         <v>2.5900000000000001E-4</v>
       </c>
       <c r="H37" s="89">
         <v>2.03E-4</v>
       </c>
       <c r="I37" s="89">
         <v>1.6200000000000001E-4</v>
       </c>
       <c r="J37" s="89">
         <v>5.7000000000000003E-5</v>
@@ -16519,52 +16779,55 @@
       </c>
       <c r="AA37" s="89">
         <v>5.3999999999999998E-5</v>
       </c>
       <c r="AB37" s="89">
         <v>4.6999999999999997E-5</v>
       </c>
       <c r="AC37" s="89">
         <v>5.3999999999999998E-5</v>
       </c>
       <c r="AD37" s="89">
         <v>4.3999999999999999E-5</v>
       </c>
       <c r="AE37" s="89">
         <v>7.2999999999999999E-5</v>
       </c>
       <c r="AF37" s="89">
         <v>7.2999999999999999E-5</v>
       </c>
       <c r="AG37" s="89">
         <v>4.1999999999999998E-5</v>
       </c>
       <c r="AH37" s="89">
         <v>3.4999999999999997E-5</v>
       </c>
+      <c r="AI37" s="89">
+        <v>4.1E-5</v>
+      </c>
     </row>
-    <row r="38" spans="1:34" ht="13.8" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:35" ht="13.8" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A38" s="134"/>
       <c r="B38" s="129" t="s">
         <v>96</v>
       </c>
       <c r="C38" s="83" t="s">
         <v>1</v>
       </c>
       <c r="D38" s="84">
         <v>49.901308999999998</v>
       </c>
       <c r="E38" s="84">
         <v>51.352094999999998</v>
       </c>
       <c r="F38" s="84">
         <v>50.853189</v>
       </c>
       <c r="G38" s="84">
         <v>54.078580000000002</v>
       </c>
       <c r="H38" s="84">
         <v>53.627426</v>
       </c>
       <c r="I38" s="84">
         <v>52.537132</v>
       </c>
@@ -16621,52 +16884,55 @@
       </c>
       <c r="AA38" s="84">
         <v>65.128361999999996</v>
       </c>
       <c r="AB38" s="84">
         <v>60.885196000000001</v>
       </c>
       <c r="AC38" s="84">
         <v>64.707721000000006</v>
       </c>
       <c r="AD38" s="84">
         <v>65.850932999999998</v>
       </c>
       <c r="AE38" s="84">
         <v>69.527709000000002</v>
       </c>
       <c r="AF38" s="84">
         <v>68.788970000000006</v>
       </c>
       <c r="AG38" s="84">
         <v>67.354353000000003</v>
       </c>
       <c r="AH38" s="84">
         <v>70.605619000000004</v>
       </c>
+      <c r="AI38" s="84">
+        <v>68.048863999999995</v>
+      </c>
     </row>
-    <row r="39" spans="1:34" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:35" x14ac:dyDescent="0.25">
       <c r="A39" s="134"/>
       <c r="B39" s="130"/>
       <c r="C39" s="85" t="s">
         <v>92</v>
       </c>
       <c r="D39" s="90">
         <v>24.259910999999999</v>
       </c>
       <c r="E39" s="90">
         <v>25.820710999999999</v>
       </c>
       <c r="F39" s="90">
         <v>26.313845000000001</v>
       </c>
       <c r="G39" s="90">
         <v>27.693781999999999</v>
       </c>
       <c r="H39" s="90">
         <v>27.245681999999999</v>
       </c>
       <c r="I39" s="90">
         <v>26.175066000000001</v>
       </c>
       <c r="J39" s="90">
         <v>26.422792999999999</v>
@@ -16721,52 +16987,55 @@
       </c>
       <c r="AA39" s="87">
         <v>28.938967999999999</v>
       </c>
       <c r="AB39" s="87">
         <v>27.742533000000002</v>
       </c>
       <c r="AC39" s="87">
         <v>29.590375999999999</v>
       </c>
       <c r="AD39" s="87">
         <v>32.007277000000002</v>
       </c>
       <c r="AE39" s="87">
         <v>34.808906</v>
       </c>
       <c r="AF39" s="87">
         <v>33.524661000000002</v>
       </c>
       <c r="AG39" s="87">
         <v>32.192383</v>
       </c>
       <c r="AH39" s="87">
         <v>32.439197</v>
       </c>
+      <c r="AI39" s="87">
+        <v>29.938761</v>
+      </c>
     </row>
-    <row r="40" spans="1:34" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:35" x14ac:dyDescent="0.25">
       <c r="A40" s="134"/>
       <c r="B40" s="130"/>
       <c r="C40" s="85" t="s">
         <v>91</v>
       </c>
       <c r="D40" s="90">
         <v>25.041115999999999</v>
       </c>
       <c r="E40" s="90">
         <v>24.908840999999999</v>
       </c>
       <c r="F40" s="90">
         <v>23.915087</v>
       </c>
       <c r="G40" s="90">
         <v>25.721675999999999</v>
       </c>
       <c r="H40" s="90">
         <v>25.690090999999999</v>
       </c>
       <c r="I40" s="90">
         <v>25.637713999999999</v>
       </c>
       <c r="J40" s="90">
         <v>27.559944999999999</v>
@@ -16821,52 +17090,55 @@
       </c>
       <c r="AA40" s="87">
         <v>35.248874999999998</v>
       </c>
       <c r="AB40" s="87">
         <v>32.215079000000003</v>
       </c>
       <c r="AC40" s="87">
         <v>34.151530999999999</v>
       </c>
       <c r="AD40" s="87">
         <v>32.860067999999998</v>
       </c>
       <c r="AE40" s="87">
         <v>33.659740999999997</v>
       </c>
       <c r="AF40" s="87">
         <v>34.195512000000001</v>
       </c>
       <c r="AG40" s="87">
         <v>34.041747999999998</v>
       </c>
       <c r="AH40" s="87">
         <v>36.939053000000001</v>
       </c>
+      <c r="AI40" s="87">
+        <v>36.970776999999998</v>
+      </c>
     </row>
-    <row r="41" spans="1:34" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:35" x14ac:dyDescent="0.25">
       <c r="A41" s="134"/>
       <c r="B41" s="130"/>
       <c r="C41" s="85" t="s">
         <v>93</v>
       </c>
       <c r="D41" s="90">
         <v>6.7080000000000004E-3</v>
       </c>
       <c r="E41" s="90">
         <v>7.4440000000000001E-3</v>
       </c>
       <c r="F41" s="90">
         <v>7.332E-3</v>
       </c>
       <c r="G41" s="90">
         <v>6.9690000000000004E-3</v>
       </c>
       <c r="H41" s="90">
         <v>9.0629999999999999E-3</v>
       </c>
       <c r="I41" s="90">
         <v>1.5021E-2</v>
       </c>
       <c r="J41" s="90">
         <v>1.7170000000000001E-2</v>
@@ -16921,52 +17193,55 @@
       </c>
       <c r="AA41" s="87">
         <v>5.2627E-2</v>
       </c>
       <c r="AB41" s="87">
         <v>4.8841999999999997E-2</v>
       </c>
       <c r="AC41" s="87">
         <v>5.7847000000000003E-2</v>
       </c>
       <c r="AD41" s="87">
         <v>5.3975000000000002E-2</v>
       </c>
       <c r="AE41" s="87">
         <v>5.5661000000000002E-2</v>
       </c>
       <c r="AF41" s="87">
         <v>5.9568999999999997E-2</v>
       </c>
       <c r="AG41" s="87">
         <v>5.6915E-2</v>
       </c>
       <c r="AH41" s="87">
         <v>6.3034000000000007E-2</v>
       </c>
+      <c r="AI41" s="87">
+        <v>6.3693E-2</v>
+      </c>
     </row>
-    <row r="42" spans="1:34" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:35" x14ac:dyDescent="0.25">
       <c r="A42" s="134"/>
       <c r="B42" s="130"/>
       <c r="C42" s="85" t="s">
         <v>94</v>
       </c>
       <c r="D42" s="90">
         <v>0</v>
       </c>
       <c r="E42" s="90">
         <v>0</v>
       </c>
       <c r="F42" s="90">
         <v>0</v>
       </c>
       <c r="G42" s="90">
         <v>0</v>
       </c>
       <c r="H42" s="90">
         <v>0</v>
       </c>
       <c r="I42" s="90">
         <v>0</v>
       </c>
       <c r="J42" s="90">
         <v>0</v>
@@ -17021,52 +17296,55 @@
       </c>
       <c r="AA42" s="87">
         <v>0</v>
       </c>
       <c r="AB42" s="87">
         <v>0</v>
       </c>
       <c r="AC42" s="87">
         <v>0</v>
       </c>
       <c r="AD42" s="87">
         <v>0</v>
       </c>
       <c r="AE42" s="87">
         <v>0</v>
       </c>
       <c r="AF42" s="87">
         <v>0</v>
       </c>
       <c r="AG42" s="87">
         <v>0</v>
       </c>
       <c r="AH42" s="87">
         <v>0</v>
       </c>
+      <c r="AI42" s="87">
+        <v>0</v>
+      </c>
     </row>
-    <row r="43" spans="1:34" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:35" x14ac:dyDescent="0.25">
       <c r="A43" s="134"/>
       <c r="B43" s="131"/>
       <c r="C43" s="93" t="s">
         <v>98</v>
       </c>
       <c r="D43" s="90">
         <v>2.9543E-2</v>
       </c>
       <c r="E43" s="90">
         <v>2.9977E-2</v>
       </c>
       <c r="F43" s="90">
         <v>2.5715999999999999E-2</v>
       </c>
       <c r="G43" s="90">
         <v>2.8287E-2</v>
       </c>
       <c r="H43" s="90">
         <v>3.7745000000000001E-2</v>
       </c>
       <c r="I43" s="90">
         <v>5.3777999999999999E-2</v>
       </c>
       <c r="J43" s="90">
         <v>6.0944999999999999E-2</v>
@@ -17121,52 +17399,55 @@
       </c>
       <c r="AA43" s="94">
         <v>5.0880000000000002E-2</v>
       </c>
       <c r="AB43" s="94">
         <v>4.1230000000000003E-2</v>
       </c>
       <c r="AC43" s="94">
         <v>3.1399000000000003E-2</v>
       </c>
       <c r="AD43" s="94">
         <v>2.7636999999999998E-2</v>
       </c>
       <c r="AE43" s="94">
         <v>2.8561E-2</v>
       </c>
       <c r="AF43" s="94">
         <v>2.7319E-2</v>
       </c>
       <c r="AG43" s="94">
         <v>2.9250999999999999E-2</v>
       </c>
       <c r="AH43" s="94">
         <v>3.1268999999999998E-2</v>
       </c>
+      <c r="AI43" s="94">
+        <v>3.0252000000000001E-2</v>
+      </c>
     </row>
-    <row r="44" spans="1:34" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="44" spans="1:35" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A44" s="135"/>
       <c r="B44" s="132"/>
       <c r="C44" s="88" t="s">
         <v>99</v>
       </c>
       <c r="D44" s="97">
         <v>0.56403099999999995</v>
       </c>
       <c r="E44" s="91">
         <v>0.58512200000000003</v>
       </c>
       <c r="F44" s="91">
         <v>0.59120899999999998</v>
       </c>
       <c r="G44" s="91">
         <v>0.62786600000000004</v>
       </c>
       <c r="H44" s="91">
         <v>0.644845</v>
       </c>
       <c r="I44" s="91">
         <v>0.65555300000000005</v>
       </c>
       <c r="J44" s="91">
         <v>0.70599299999999998</v>
@@ -17220,50 +17501,53 @@
         <v>0.69580500000000001</v>
       </c>
       <c r="AA44" s="89">
         <v>0.83701199999999998</v>
       </c>
       <c r="AB44" s="89">
         <v>0.83751200000000003</v>
       </c>
       <c r="AC44" s="89">
         <v>0.87656800000000001</v>
       </c>
       <c r="AD44" s="89">
         <v>0.901976</v>
       </c>
       <c r="AE44" s="89">
         <v>0.97484000000000004</v>
       </c>
       <c r="AF44" s="89">
         <v>0.98190900000000003</v>
       </c>
       <c r="AG44" s="89">
         <v>1.0340560000000001</v>
       </c>
       <c r="AH44" s="89">
         <v>1.1330659999999999</v>
+      </c>
+      <c r="AI44" s="89">
+        <v>1.0453809999999999</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="10">
     <mergeCell ref="D1:AD1"/>
     <mergeCell ref="B24:B30"/>
     <mergeCell ref="B38:B44"/>
     <mergeCell ref="B31:B37"/>
     <mergeCell ref="A24:A44"/>
     <mergeCell ref="A2:C2"/>
     <mergeCell ref="B3:B9"/>
     <mergeCell ref="B17:B23"/>
     <mergeCell ref="B10:B16"/>
     <mergeCell ref="A3:A23"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="4294967293" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>