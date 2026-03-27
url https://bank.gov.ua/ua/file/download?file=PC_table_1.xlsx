--- v0 (2026-02-07)
+++ v1 (2026-03-27)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="d:\UsersNBU\012685\Desktop\Звітність\Листопад 2025\Таблиці на сайт на 01.12.2025\Укр\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="d:\UsersNBU\012685\Desktop\Звітність\Січень 2026\Таблиці на сайт на 01.02.2026\Укр\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="20736" windowHeight="11160"/>
   </bookViews>
   <sheets>
     <sheet name="Загальні дані" sheetId="5" r:id="rId1"/>
     <sheet name="Дані у розрізі платіжних систем" sheetId="6" r:id="rId2"/>
   </sheets>
   <calcPr calcId="162913"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="254" uniqueCount="40">
   <si>
     <t>торговельні</t>
   </si>
   <si>
     <t>банкомати</t>
   </si>
   <si>
     <t>всього</t>
   </si>
   <si>
@@ -849,55 +849,55 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:X80"/>
+  <dimension ref="A1:X82"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <pane ySplit="4" topLeftCell="A69" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A75" sqref="A75:T75"/>
+      <pane ySplit="4" topLeftCell="A71" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="A78" sqref="A78"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="14.6640625" customWidth="1"/>
     <col min="2" max="2" width="12" customWidth="1"/>
     <col min="3" max="3" width="11.33203125" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="11.88671875" customWidth="1"/>
     <col min="5" max="5" width="11" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="16" customWidth="1"/>
     <col min="7" max="7" width="22.5546875" customWidth="1"/>
     <col min="10" max="10" width="12" customWidth="1"/>
     <col min="11" max="11" width="16.109375" customWidth="1"/>
     <col min="14" max="14" width="11.109375" customWidth="1"/>
     <col min="15" max="16" width="12.44140625" customWidth="1"/>
     <col min="18" max="18" width="11.44140625" customWidth="1"/>
     <col min="20" max="20" width="12.6640625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20" s="25" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
       <c r="A1" s="35" t="s">
         <v>32</v>
       </c>
       <c r="B1" s="36"/>
       <c r="C1" s="36"/>
@@ -5466,173 +5466,299 @@
       </c>
       <c r="N75" s="16">
         <v>473544</v>
       </c>
       <c r="O75" s="16">
         <v>59369</v>
       </c>
       <c r="P75" s="16">
         <v>310441</v>
       </c>
       <c r="Q75" s="16">
         <v>45795</v>
       </c>
       <c r="R75" s="16">
         <v>42627</v>
       </c>
       <c r="S75" s="16">
         <v>602997</v>
       </c>
       <c r="T75" s="16">
         <v>89393</v>
       </c>
       <c r="U75" s="24"/>
     </row>
     <row r="76" spans="1:21" s="20" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
-      <c r="A76" s="22"/>
-[...22 lines deleted...]
-      <c r="A77" s="34" t="s">
+      <c r="A76" s="18">
+        <v>46023</v>
+      </c>
+      <c r="B76" s="16">
+        <v>58</v>
+      </c>
+      <c r="C76" s="16">
+        <v>76110.698999999993</v>
+      </c>
+      <c r="D76" s="16">
+        <v>1436.1030000000001</v>
+      </c>
+      <c r="E76" s="16">
+        <v>74674.596000000005</v>
+      </c>
+      <c r="F76" s="16">
+        <v>148721.361</v>
+      </c>
+      <c r="G76" s="16">
+        <v>65429.088000000003</v>
+      </c>
+      <c r="H76" s="16">
+        <v>38109</v>
+      </c>
+      <c r="I76" s="16">
+        <v>15733</v>
+      </c>
+      <c r="J76" s="16">
+        <v>2727</v>
+      </c>
+      <c r="K76" s="16">
+        <v>22376</v>
+      </c>
+      <c r="L76" s="16">
+        <v>605122</v>
+      </c>
+      <c r="M76" s="16">
+        <v>558602</v>
+      </c>
+      <c r="N76" s="16">
+        <v>473848</v>
+      </c>
+      <c r="O76" s="16">
+        <v>63589</v>
+      </c>
+      <c r="P76" s="16">
+        <v>311588</v>
+      </c>
+      <c r="Q76" s="16">
+        <v>46520</v>
+      </c>
+      <c r="R76" s="16">
+        <v>43364</v>
+      </c>
+      <c r="S76" s="16">
+        <v>614054</v>
+      </c>
+      <c r="T76" s="16">
+        <v>90527</v>
+      </c>
+      <c r="U76" s="24"/>
+    </row>
+    <row r="77" spans="1:21" s="20" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A77" s="18">
+        <v>46054</v>
+      </c>
+      <c r="B77" s="16">
+        <v>57</v>
+      </c>
+      <c r="C77" s="16">
+        <v>76256.394</v>
+      </c>
+      <c r="D77" s="16">
+        <v>1427.502</v>
+      </c>
+      <c r="E77" s="16">
+        <v>74828.892000000007</v>
+      </c>
+      <c r="F77" s="16">
+        <v>149786.88099999999</v>
+      </c>
+      <c r="G77" s="16">
+        <v>61467.067000000003</v>
+      </c>
+      <c r="H77" s="16">
+        <v>37925</v>
+      </c>
+      <c r="I77" s="16">
+        <v>15640</v>
+      </c>
+      <c r="J77" s="16">
+        <v>2760</v>
+      </c>
+      <c r="K77" s="16">
+        <v>22285</v>
+      </c>
+      <c r="L77" s="16">
+        <v>599698</v>
+      </c>
+      <c r="M77" s="16">
+        <v>554170</v>
+      </c>
+      <c r="N77" s="16">
+        <v>488241</v>
+      </c>
+      <c r="O77" s="16">
+        <v>62050</v>
+      </c>
+      <c r="P77" s="16">
+        <v>309706</v>
+      </c>
+      <c r="Q77" s="16">
+        <v>45528</v>
+      </c>
+      <c r="R77" s="16">
+        <v>42449</v>
+      </c>
+      <c r="S77" s="16">
+        <v>626533</v>
+      </c>
+      <c r="T77" s="16">
+        <v>96540</v>
+      </c>
+      <c r="U77" s="24"/>
+    </row>
+    <row r="78" spans="1:21" s="20" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A78" s="22"/>
+      <c r="B78" s="23"/>
+      <c r="C78" s="23"/>
+      <c r="D78" s="23"/>
+      <c r="E78" s="23"/>
+      <c r="F78" s="23"/>
+      <c r="G78" s="23"/>
+      <c r="H78" s="23"/>
+      <c r="I78" s="23"/>
+      <c r="J78" s="23"/>
+      <c r="K78" s="23"/>
+      <c r="L78" s="23"/>
+      <c r="M78" s="23"/>
+      <c r="N78" s="23"/>
+      <c r="O78" s="23"/>
+      <c r="P78" s="23"/>
+      <c r="Q78" s="23"/>
+      <c r="R78" s="23"/>
+      <c r="S78" s="23"/>
+      <c r="T78" s="23"/>
+      <c r="U78" s="21"/>
+    </row>
+    <row r="79" spans="1:21" ht="24.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A79" s="34" t="s">
         <v>33</v>
       </c>
-      <c r="B77" s="34"/>
-[...20 lines deleted...]
-      <c r="A78" s="27" t="s">
+      <c r="B79" s="34"/>
+      <c r="C79" s="34"/>
+      <c r="D79" s="34"/>
+      <c r="E79" s="34"/>
+      <c r="F79" s="34"/>
+      <c r="G79" s="34"/>
+      <c r="H79" s="34"/>
+      <c r="I79" s="34"/>
+      <c r="J79" s="34"/>
+      <c r="K79" s="34"/>
+      <c r="L79" s="34"/>
+      <c r="M79" s="34"/>
+      <c r="N79" s="34"/>
+      <c r="O79" s="34"/>
+      <c r="P79" s="34"/>
+      <c r="Q79" s="34"/>
+      <c r="R79" s="34"/>
+      <c r="S79" s="34"/>
+      <c r="T79" s="34"/>
+    </row>
+    <row r="80" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A80" s="27" t="s">
         <v>38</v>
       </c>
-      <c r="B78" s="20"/>
-[...28 lines deleted...]
-      <c r="A80" s="20"/>
       <c r="B80" s="20"/>
       <c r="C80" s="20"/>
       <c r="D80" s="20"/>
       <c r="E80" s="20"/>
       <c r="F80" s="20"/>
       <c r="G80" s="20"/>
       <c r="H80" s="20"/>
       <c r="I80" s="20"/>
       <c r="J80" s="20"/>
       <c r="K80" s="20"/>
       <c r="L80" s="20"/>
     </row>
+    <row r="81" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A81" s="27" t="s">
+        <v>39</v>
+      </c>
+      <c r="B81" s="20"/>
+      <c r="C81" s="20"/>
+      <c r="D81" s="20"/>
+      <c r="E81" s="20"/>
+      <c r="F81" s="20"/>
+      <c r="G81" s="20"/>
+      <c r="H81" s="20"/>
+      <c r="I81" s="20"/>
+      <c r="J81" s="20"/>
+      <c r="K81" s="20"/>
+      <c r="L81" s="20"/>
+    </row>
+    <row r="82" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A82" s="20"/>
+      <c r="B82" s="20"/>
+      <c r="C82" s="20"/>
+      <c r="D82" s="20"/>
+      <c r="E82" s="20"/>
+      <c r="F82" s="20"/>
+      <c r="G82" s="20"/>
+      <c r="H82" s="20"/>
+      <c r="I82" s="20"/>
+      <c r="J82" s="20"/>
+      <c r="K82" s="20"/>
+      <c r="L82" s="20"/>
+    </row>
   </sheetData>
   <mergeCells count="16">
     <mergeCell ref="M3:P3"/>
     <mergeCell ref="G2:G4"/>
-    <mergeCell ref="A77:T77"/>
+    <mergeCell ref="A79:T79"/>
     <mergeCell ref="A1:T1"/>
     <mergeCell ref="H2:K2"/>
     <mergeCell ref="L2:R2"/>
     <mergeCell ref="S2:T3"/>
     <mergeCell ref="H3:H4"/>
     <mergeCell ref="I3:J3"/>
     <mergeCell ref="K3:K4"/>
     <mergeCell ref="L3:L4"/>
     <mergeCell ref="Q3:R3"/>
     <mergeCell ref="A2:A4"/>
     <mergeCell ref="B2:B4"/>
     <mergeCell ref="C2:E3"/>
     <mergeCell ref="F2:F4"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:EQ81"/>
+  <dimension ref="A1:EQ83"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="4" topLeftCell="A65" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A75" sqref="A75:K75"/>
+      <selection pane="bottomLeft" activeCell="A77" sqref="A77:K77"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="14.6640625" customWidth="1"/>
     <col min="2" max="2" width="11.33203125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="12.6640625" customWidth="1"/>
     <col min="4" max="4" width="11.109375" customWidth="1"/>
     <col min="5" max="5" width="12.44140625" customWidth="1"/>
     <col min="7" max="7" width="12.6640625" customWidth="1"/>
     <col min="8" max="8" width="12.33203125" customWidth="1"/>
     <col min="9" max="9" width="11.33203125" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="10.5546875" customWidth="1"/>
     <col min="11" max="11" width="12.6640625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:147" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="50" t="s">
         <v>29</v>
       </c>
       <c r="B1" s="50"/>
       <c r="C1" s="50"/>
       <c r="D1" s="50"/>
       <c r="E1" s="50"/>
       <c r="F1" s="50"/>
@@ -13098,264 +13224,336 @@
         <v>78184.732999999993</v>
       </c>
       <c r="E75" s="17">
         <v>511.49099999999999</v>
       </c>
       <c r="F75" s="17">
         <v>24.271999999999998</v>
       </c>
       <c r="G75" s="17">
         <v>59837.745999999999</v>
       </c>
       <c r="H75" s="17">
         <v>28071.234</v>
       </c>
       <c r="I75" s="17">
         <v>31554.065999999999</v>
       </c>
       <c r="J75" s="17">
         <v>210.15199999999999</v>
       </c>
       <c r="K75" s="17">
         <v>2.294</v>
       </c>
       <c r="L75" s="19"/>
     </row>
-    <row r="76" spans="1:147" s="8" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-[...149 lines deleted...]
-      <c r="A77" s="60" t="s">
+    <row r="76" spans="1:147" s="20" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A76" s="18">
+        <v>46023</v>
+      </c>
+      <c r="B76" s="17">
+        <v>148721.361</v>
+      </c>
+      <c r="C76" s="17">
+        <v>68465.456000000006</v>
+      </c>
+      <c r="D76" s="17">
+        <v>79717.33</v>
+      </c>
+      <c r="E76" s="17">
+        <v>514.35199999999998</v>
+      </c>
+      <c r="F76" s="17">
+        <v>24.222999999999999</v>
+      </c>
+      <c r="G76" s="17">
+        <v>65429.088000000003</v>
+      </c>
+      <c r="H76" s="17">
+        <v>32033.925999999999</v>
+      </c>
+      <c r="I76" s="17">
+        <v>33178.211000000003</v>
+      </c>
+      <c r="J76" s="17">
+        <v>214.392</v>
+      </c>
+      <c r="K76" s="17">
+        <v>2.5590000000000002</v>
+      </c>
+      <c r="L76" s="19"/>
+    </row>
+    <row r="77" spans="1:147" s="20" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A77" s="18">
+        <v>46054</v>
+      </c>
+      <c r="B77" s="17">
+        <v>149786.88099999999</v>
+      </c>
+      <c r="C77" s="17">
+        <v>68131.528999999995</v>
+      </c>
+      <c r="D77" s="17">
+        <v>81111.861999999994</v>
+      </c>
+      <c r="E77" s="17">
+        <v>519.21600000000001</v>
+      </c>
+      <c r="F77" s="17">
+        <v>24.274000000000001</v>
+      </c>
+      <c r="G77" s="17">
+        <v>61467.067000000003</v>
+      </c>
+      <c r="H77" s="17">
+        <v>29052.242999999999</v>
+      </c>
+      <c r="I77" s="17">
+        <v>32232.989000000001</v>
+      </c>
+      <c r="J77" s="17">
+        <v>179.49299999999999</v>
+      </c>
+      <c r="K77" s="17">
+        <v>2.3420000000000001</v>
+      </c>
+      <c r="L77" s="19"/>
+    </row>
+    <row r="78" spans="1:147" s="8" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A78" s="7"/>
+      <c r="B78" s="7"/>
+      <c r="C78" s="7"/>
+      <c r="D78" s="7"/>
+      <c r="E78" s="7"/>
+      <c r="F78" s="7"/>
+      <c r="G78" s="7"/>
+      <c r="H78" s="7"/>
+      <c r="I78" s="7"/>
+      <c r="J78" s="7"/>
+      <c r="K78" s="7"/>
+      <c r="L78"/>
+      <c r="M78"/>
+      <c r="N78"/>
+      <c r="O78"/>
+      <c r="P78"/>
+      <c r="Q78"/>
+      <c r="R78"/>
+      <c r="S78"/>
+      <c r="T78"/>
+      <c r="U78"/>
+      <c r="V78"/>
+      <c r="W78"/>
+      <c r="X78"/>
+      <c r="Y78"/>
+      <c r="Z78"/>
+      <c r="AA78"/>
+      <c r="AB78"/>
+      <c r="AC78"/>
+      <c r="AD78"/>
+      <c r="AE78"/>
+      <c r="AF78"/>
+      <c r="AG78"/>
+      <c r="AH78"/>
+      <c r="AI78"/>
+      <c r="AJ78"/>
+      <c r="AK78"/>
+      <c r="AL78"/>
+      <c r="AM78"/>
+      <c r="AN78"/>
+      <c r="AO78"/>
+      <c r="AP78"/>
+      <c r="AQ78"/>
+      <c r="AR78"/>
+      <c r="AS78"/>
+      <c r="AT78"/>
+      <c r="AU78"/>
+      <c r="AV78"/>
+      <c r="AW78"/>
+      <c r="AX78"/>
+      <c r="AY78"/>
+      <c r="AZ78"/>
+      <c r="BA78"/>
+      <c r="BB78"/>
+      <c r="BC78"/>
+      <c r="BD78"/>
+      <c r="BE78"/>
+      <c r="BF78"/>
+      <c r="BG78"/>
+      <c r="BH78"/>
+      <c r="BI78"/>
+      <c r="BJ78"/>
+      <c r="BK78"/>
+      <c r="BL78"/>
+      <c r="BM78"/>
+      <c r="BN78"/>
+      <c r="BO78"/>
+      <c r="BP78"/>
+      <c r="BQ78"/>
+      <c r="BR78"/>
+      <c r="BS78"/>
+      <c r="BT78"/>
+      <c r="BU78"/>
+      <c r="BV78"/>
+      <c r="BW78"/>
+      <c r="BX78"/>
+      <c r="BY78"/>
+      <c r="BZ78"/>
+      <c r="CA78"/>
+      <c r="CB78"/>
+      <c r="CC78"/>
+      <c r="CD78"/>
+      <c r="CE78"/>
+      <c r="CF78"/>
+      <c r="CG78"/>
+      <c r="CH78"/>
+      <c r="CI78"/>
+      <c r="CJ78"/>
+      <c r="CK78"/>
+      <c r="CL78"/>
+      <c r="CM78"/>
+      <c r="CN78"/>
+      <c r="CO78"/>
+      <c r="CP78"/>
+      <c r="CQ78"/>
+      <c r="CR78"/>
+      <c r="CS78"/>
+      <c r="CT78"/>
+      <c r="CU78"/>
+      <c r="CV78"/>
+      <c r="CW78"/>
+      <c r="CX78"/>
+      <c r="CY78"/>
+      <c r="CZ78"/>
+      <c r="DA78"/>
+      <c r="DB78"/>
+      <c r="DC78"/>
+      <c r="DD78"/>
+      <c r="DE78"/>
+      <c r="DF78"/>
+      <c r="DG78"/>
+      <c r="DH78"/>
+      <c r="DI78"/>
+      <c r="DJ78"/>
+      <c r="DK78"/>
+      <c r="DL78"/>
+      <c r="DM78"/>
+      <c r="DN78"/>
+      <c r="DO78"/>
+      <c r="DP78"/>
+      <c r="DQ78"/>
+      <c r="DR78"/>
+      <c r="DS78"/>
+      <c r="DT78"/>
+      <c r="DU78"/>
+      <c r="DV78"/>
+      <c r="DW78"/>
+      <c r="DX78"/>
+      <c r="DY78"/>
+      <c r="DZ78"/>
+      <c r="EA78"/>
+      <c r="EB78"/>
+      <c r="EC78"/>
+      <c r="ED78"/>
+      <c r="EE78"/>
+      <c r="EF78"/>
+      <c r="EG78"/>
+      <c r="EH78"/>
+      <c r="EI78"/>
+      <c r="EJ78"/>
+      <c r="EK78"/>
+      <c r="EL78"/>
+      <c r="EM78"/>
+      <c r="EN78"/>
+      <c r="EO78"/>
+      <c r="EP78"/>
+      <c r="EQ78"/>
+    </row>
+    <row r="79" spans="1:147" s="20" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A79" s="60" t="s">
         <v>27</v>
       </c>
-      <c r="B77" s="60"/>
-[...11 lines deleted...]
-      <c r="A78" s="34" t="s">
+      <c r="B79" s="60"/>
+      <c r="C79" s="60"/>
+      <c r="D79" s="60"/>
+      <c r="E79" s="60"/>
+      <c r="F79" s="60"/>
+      <c r="G79" s="60"/>
+      <c r="H79" s="60"/>
+      <c r="I79" s="60"/>
+      <c r="J79" s="60"/>
+      <c r="K79" s="60"/>
+    </row>
+    <row r="80" spans="1:147" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A80" s="34" t="s">
         <v>24</v>
       </c>
-      <c r="B78" s="34"/>
-[...25 lines deleted...]
-      <c r="D81" s="9"/>
+      <c r="B80" s="34"/>
+      <c r="C80" s="34"/>
+      <c r="D80" s="34"/>
+      <c r="E80" s="34"/>
+      <c r="F80" s="34"/>
+      <c r="G80" s="34"/>
+      <c r="H80" s="34"/>
+      <c r="I80" s="34"/>
+      <c r="J80" s="34"/>
+      <c r="K80" s="34"/>
+    </row>
+    <row r="81" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A81" s="7"/>
+      <c r="B81" s="7"/>
+      <c r="C81" s="7"/>
+      <c r="D81" s="7"/>
+      <c r="E81" s="7"/>
+      <c r="F81" s="7"/>
+      <c r="G81" s="7"/>
+      <c r="H81" s="7"/>
+      <c r="I81" s="7"/>
+      <c r="J81" s="7"/>
+      <c r="K81" s="12"/>
+    </row>
+    <row r="83" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="C83" s="9"/>
+      <c r="D83" s="9"/>
     </row>
   </sheetData>
   <mergeCells count="16">
-    <mergeCell ref="A78:K78"/>
+    <mergeCell ref="A80:K80"/>
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:A4"/>
     <mergeCell ref="B2:F2"/>
     <mergeCell ref="G2:K2"/>
     <mergeCell ref="B3:B4"/>
     <mergeCell ref="C3:C4"/>
     <mergeCell ref="D3:D4"/>
     <mergeCell ref="E3:E4"/>
     <mergeCell ref="F3:F4"/>
     <mergeCell ref="G3:G4"/>
     <mergeCell ref="H3:H4"/>
     <mergeCell ref="I3:I4"/>
     <mergeCell ref="J3:J4"/>
     <mergeCell ref="K3:K4"/>
-    <mergeCell ref="A77:K77"/>
+    <mergeCell ref="A79:K79"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Аркуші</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Загальні дані</vt:lpstr>
       <vt:lpstr>Дані у розрізі платіжних систем</vt:lpstr>