--- v0 (2025-11-02)
+++ v1 (2025-12-26)
@@ -2,65 +2,65 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="d:\UsersNBU\012685\Desktop\Звітність\Серпень 2025\Таблиці на сайт на 01.09.2025\Укр\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="d:\UsersNBU\012685\Desktop\Звітність\Жовтень 2025\Таблиці на сайт на 01.11.2025\Укр\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="20736" windowHeight="11160"/>
   </bookViews>
   <sheets>
     <sheet name="Таблиця_3" sheetId="2" r:id="rId1"/>
   </sheets>
   <calcPr calcId="162913"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="230" uniqueCount="92">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="236" uniqueCount="94">
   <si>
     <t>За видами носіїв інформації</t>
   </si>
   <si>
     <t>За типами держателів</t>
   </si>
   <si>
     <t>з магнітною смугою</t>
   </si>
   <si>
     <t>особисті</t>
   </si>
   <si>
     <t>За платіжною схемою</t>
   </si>
   <si>
     <t>Усього</t>
   </si>
   <si>
     <t>з них з функцією електронних грошей</t>
   </si>
   <si>
     <t>з них безконтактних</t>
   </si>
   <si>
@@ -292,50 +292,56 @@
     <t>грудень 2024</t>
   </si>
   <si>
     <t>січень 2025</t>
   </si>
   <si>
     <t>лютий 2025</t>
   </si>
   <si>
     <t>березень 2025</t>
   </si>
   <si>
     <t>квітень 2025</t>
   </si>
   <si>
     <t>травень 2025</t>
   </si>
   <si>
     <t>червень 2025</t>
   </si>
   <si>
     <t>липень 2025</t>
   </si>
   <si>
     <t>серпень 2025</t>
+  </si>
+  <si>
+    <t>вересень 2025</t>
+  </si>
+  <si>
+    <t>жовтень 2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0;\(#,##0\)"/>
   </numFmts>
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial Cyr"/>
       <charset val="204"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial Cyr"/>
       <charset val="204"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="204"/>
@@ -516,88 +522,88 @@
     <xf numFmtId="164" fontId="2" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="8" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="6" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="7" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Звичайний" xfId="0" builtinId="0"/>
     <cellStyle name="Обычный 2" xfId="1"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
@@ -868,191 +874,191 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:O78"/>
+  <dimension ref="A1:O80"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <pane ySplit="5" topLeftCell="A63" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A75" sqref="A75"/>
+      <pane ySplit="5" topLeftCell="A66" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="B75" sqref="B75:N75"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="20.88671875" customWidth="1"/>
     <col min="3" max="3" width="10.88671875" customWidth="1"/>
     <col min="4" max="4" width="11.44140625" customWidth="1"/>
     <col min="5" max="5" width="17.33203125" customWidth="1"/>
     <col min="6" max="6" width="9.88671875" customWidth="1"/>
     <col min="7" max="7" width="18.33203125" customWidth="1"/>
     <col min="8" max="8" width="15.5546875" customWidth="1"/>
     <col min="9" max="9" width="10.88671875" customWidth="1"/>
     <col min="10" max="10" width="14.44140625" customWidth="1"/>
     <col min="11" max="11" width="15" customWidth="1"/>
     <col min="12" max="12" width="13.5546875" customWidth="1"/>
     <col min="13" max="13" width="13.109375" customWidth="1"/>
     <col min="14" max="14" width="13.44140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" ht="13.8" x14ac:dyDescent="0.25">
-      <c r="A1" s="20" t="s">
+      <c r="A1" s="18" t="s">
         <v>71</v>
       </c>
-      <c r="B1" s="21"/>
-[...11 lines deleted...]
-      <c r="N1" s="22"/>
+      <c r="B1" s="19"/>
+      <c r="C1" s="19"/>
+      <c r="D1" s="19"/>
+      <c r="E1" s="19"/>
+      <c r="F1" s="19"/>
+      <c r="G1" s="19"/>
+      <c r="H1" s="19"/>
+      <c r="I1" s="19"/>
+      <c r="J1" s="19"/>
+      <c r="K1" s="19"/>
+      <c r="L1" s="19"/>
+      <c r="M1" s="19"/>
+      <c r="N1" s="20"/>
     </row>
     <row r="2" spans="1:15" ht="13.8" x14ac:dyDescent="0.25">
-      <c r="A2" s="19" t="s">
+      <c r="A2" s="21" t="s">
         <v>10</v>
       </c>
-      <c r="B2" s="19" t="s">
+      <c r="B2" s="21" t="s">
         <v>14</v>
       </c>
-      <c r="C2" s="19"/>
-[...10 lines deleted...]
-      <c r="N2" s="19"/>
+      <c r="C2" s="21"/>
+      <c r="D2" s="21"/>
+      <c r="E2" s="21"/>
+      <c r="F2" s="21"/>
+      <c r="G2" s="21"/>
+      <c r="H2" s="21"/>
+      <c r="I2" s="21"/>
+      <c r="J2" s="21"/>
+      <c r="K2" s="21"/>
+      <c r="L2" s="21"/>
+      <c r="M2" s="21"/>
+      <c r="N2" s="21"/>
     </row>
     <row r="3" spans="1:15" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="19"/>
-      <c r="B3" s="19" t="s">
+      <c r="A3" s="21"/>
+      <c r="B3" s="21" t="s">
         <v>5</v>
       </c>
-      <c r="C3" s="19" t="s">
+      <c r="C3" s="21" t="s">
         <v>0</v>
       </c>
-      <c r="D3" s="19"/>
-[...5 lines deleted...]
-      <c r="J3" s="19" t="s">
+      <c r="D3" s="21"/>
+      <c r="E3" s="21"/>
+      <c r="F3" s="21"/>
+      <c r="G3" s="21"/>
+      <c r="H3" s="21"/>
+      <c r="I3" s="21"/>
+      <c r="J3" s="21" t="s">
         <v>4</v>
       </c>
-      <c r="K3" s="19"/>
-      <c r="L3" s="19" t="s">
+      <c r="K3" s="21"/>
+      <c r="L3" s="21" t="s">
         <v>1</v>
       </c>
-      <c r="M3" s="19"/>
-      <c r="N3" s="19" t="s">
+      <c r="M3" s="21"/>
+      <c r="N3" s="21" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:15" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="19"/>
-[...1 lines deleted...]
-      <c r="C4" s="23" t="s">
+      <c r="A4" s="21"/>
+      <c r="B4" s="21"/>
+      <c r="C4" s="22" t="s">
         <v>2</v>
       </c>
-      <c r="D4" s="25" t="s">
+      <c r="D4" s="24" t="s">
         <v>30</v>
       </c>
       <c r="E4" s="1"/>
-      <c r="F4" s="27" t="s">
+      <c r="F4" s="26" t="s">
         <v>31</v>
       </c>
       <c r="G4" s="2"/>
-      <c r="H4" s="28" t="s">
+      <c r="H4" s="27" t="s">
         <v>34</v>
       </c>
-      <c r="I4" s="30" t="s">
+      <c r="I4" s="29" t="s">
         <v>8</v>
       </c>
-      <c r="J4" s="19" t="s">
+      <c r="J4" s="21" t="s">
         <v>20</v>
       </c>
-      <c r="K4" s="19" t="s">
+      <c r="K4" s="21" t="s">
         <v>21</v>
       </c>
-      <c r="L4" s="19" t="s">
+      <c r="L4" s="21" t="s">
         <v>9</v>
       </c>
-      <c r="M4" s="19" t="s">
+      <c r="M4" s="21" t="s">
         <v>3</v>
       </c>
-      <c r="N4" s="19"/>
+      <c r="N4" s="21"/>
     </row>
     <row r="5" spans="1:15" ht="27.6" x14ac:dyDescent="0.25">
-      <c r="A5" s="19"/>
-[...2 lines deleted...]
-      <c r="D5" s="26"/>
+      <c r="A5" s="21"/>
+      <c r="B5" s="21"/>
+      <c r="C5" s="23"/>
+      <c r="D5" s="25"/>
       <c r="E5" s="3" t="s">
         <v>7</v>
       </c>
-      <c r="F5" s="27"/>
+      <c r="F5" s="26"/>
       <c r="G5" s="3" t="s">
         <v>7</v>
       </c>
-      <c r="H5" s="29"/>
-[...5 lines deleted...]
-      <c r="N5" s="19"/>
+      <c r="H5" s="28"/>
+      <c r="I5" s="21"/>
+      <c r="J5" s="21"/>
+      <c r="K5" s="21"/>
+      <c r="L5" s="21"/>
+      <c r="M5" s="21"/>
+      <c r="N5" s="21"/>
     </row>
     <row r="6" spans="1:15" ht="13.8" x14ac:dyDescent="0.25">
       <c r="A6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="B6" s="4">
         <v>36345.349000000002</v>
       </c>
       <c r="C6" s="4">
         <v>24593.31</v>
       </c>
       <c r="D6" s="4">
         <v>9337.9969999999994</v>
       </c>
       <c r="E6" s="4">
         <v>7637.5150000000003</v>
       </c>
       <c r="F6" s="4">
         <v>0.153</v>
       </c>
       <c r="G6" s="5">
         <v>1.4E-2</v>
       </c>
       <c r="H6" s="4">
         <v>2233.7260000000001</v>
@@ -4003,139 +4009,227 @@
       <c r="G73" s="13">
         <v>35059.629999999997</v>
       </c>
       <c r="H73" s="13">
         <v>18302.542000000001</v>
       </c>
       <c r="I73" s="13">
         <v>3410.1579999999999</v>
       </c>
       <c r="J73" s="13">
         <v>36840.163999999997</v>
       </c>
       <c r="K73" s="13">
         <v>21895.760999999999</v>
       </c>
       <c r="L73" s="13">
         <v>674.55399999999997</v>
       </c>
       <c r="M73" s="13">
         <v>58061.370999999999</v>
       </c>
       <c r="N73" s="13">
         <v>0</v>
       </c>
     </row>
-    <row r="74" spans="1:14" x14ac:dyDescent="0.25">
-[...16 lines deleted...]
-      <c r="A75" s="8" t="s">
+    <row r="74" spans="1:14" s="16" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A74" s="15" t="s">
+        <v>92</v>
+      </c>
+      <c r="B74" s="13">
+        <v>59038.976999999999</v>
+      </c>
+      <c r="C74" s="13">
+        <v>1769.548</v>
+      </c>
+      <c r="D74" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E74" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="F74" s="13">
+        <v>35206.813999999998</v>
+      </c>
+      <c r="G74" s="13">
+        <v>35166.559999999998</v>
+      </c>
+      <c r="H74" s="13">
+        <v>18595.367999999999</v>
+      </c>
+      <c r="I74" s="13">
+        <v>3467.2469999999998</v>
+      </c>
+      <c r="J74" s="13">
+        <v>37130.504000000001</v>
+      </c>
+      <c r="K74" s="13">
+        <v>21908.473000000002</v>
+      </c>
+      <c r="L74" s="13">
+        <v>682.22299999999996</v>
+      </c>
+      <c r="M74" s="13">
+        <v>58356.754000000001</v>
+      </c>
+      <c r="N74" s="13">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="75" spans="1:14" s="16" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A75" s="15" t="s">
+        <v>93</v>
+      </c>
+      <c r="B75" s="13">
+        <v>58853.659</v>
+      </c>
+      <c r="C75" s="13">
+        <v>1711.671</v>
+      </c>
+      <c r="D75" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E75" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="F75" s="13">
+        <v>35207.887999999999</v>
+      </c>
+      <c r="G75" s="13">
+        <v>35168.031000000003</v>
+      </c>
+      <c r="H75" s="13">
+        <v>18778.100999999999</v>
+      </c>
+      <c r="I75" s="13">
+        <v>3155.9989999999998</v>
+      </c>
+      <c r="J75" s="13">
+        <v>36396.239000000001</v>
+      </c>
+      <c r="K75" s="13">
+        <v>22457.42</v>
+      </c>
+      <c r="L75" s="13">
+        <v>701.79899999999998</v>
+      </c>
+      <c r="M75" s="13">
+        <v>58151.86</v>
+      </c>
+      <c r="N75" s="13">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="76" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A76" s="17"/>
+      <c r="B76" s="17"/>
+      <c r="C76" s="17"/>
+      <c r="D76" s="17"/>
+      <c r="E76" s="17"/>
+      <c r="F76" s="17"/>
+      <c r="G76" s="17"/>
+      <c r="H76" s="17"/>
+      <c r="I76" s="17"/>
+      <c r="J76" s="17"/>
+      <c r="K76" s="17"/>
+      <c r="L76" s="17"/>
+      <c r="M76" s="17"/>
+      <c r="N76" s="17"/>
+    </row>
+    <row r="77" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A77" s="8" t="s">
         <v>35</v>
       </c>
-      <c r="B75" s="8"/>
-[...3 lines deleted...]
-      <c r="A76" s="8" t="s">
+      <c r="B77" s="8"/>
+      <c r="C77" s="8"/>
+    </row>
+    <row r="78" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A78" s="8" t="s">
         <v>36</v>
       </c>
-      <c r="B76" s="8"/>
-[...5 lines deleted...]
-      <c r="A77" s="18" t="s">
+      <c r="B78" s="8"/>
+      <c r="C78" s="8"/>
+      <c r="D78" s="8"/>
+      <c r="E78" s="8"/>
+    </row>
+    <row r="79" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A79" s="30" t="s">
         <v>32</v>
       </c>
-      <c r="B77" s="18"/>
-[...14 lines deleted...]
-      <c r="A78" s="18" t="s">
+      <c r="B79" s="30"/>
+      <c r="C79" s="30"/>
+      <c r="D79" s="30"/>
+      <c r="E79" s="30"/>
+      <c r="F79" s="30"/>
+      <c r="G79" s="30"/>
+      <c r="H79" s="30"/>
+      <c r="I79" s="30"/>
+      <c r="J79" s="30"/>
+      <c r="K79" s="30"/>
+      <c r="L79" s="30"/>
+      <c r="M79" s="30"/>
+      <c r="N79" s="30"/>
+    </row>
+    <row r="80" spans="1:14" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A80" s="30" t="s">
         <v>51</v>
       </c>
-      <c r="B78" s="18"/>
-[...11 lines deleted...]
-      <c r="N78" s="18"/>
+      <c r="B80" s="30"/>
+      <c r="C80" s="30"/>
+      <c r="D80" s="30"/>
+      <c r="E80" s="30"/>
+      <c r="F80" s="30"/>
+      <c r="G80" s="30"/>
+      <c r="H80" s="30"/>
+      <c r="I80" s="30"/>
+      <c r="J80" s="30"/>
+      <c r="K80" s="30"/>
+      <c r="L80" s="30"/>
+      <c r="M80" s="30"/>
+      <c r="N80" s="30"/>
     </row>
   </sheetData>
   <mergeCells count="19">
-    <mergeCell ref="J4:J5"/>
-[...2 lines deleted...]
-    <mergeCell ref="A78:N78"/>
+    <mergeCell ref="A80:N80"/>
     <mergeCell ref="M4:M5"/>
-    <mergeCell ref="A77:N77"/>
+    <mergeCell ref="A79:N79"/>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:A5"/>
     <mergeCell ref="B2:N2"/>
     <mergeCell ref="B3:B5"/>
     <mergeCell ref="C3:I3"/>
     <mergeCell ref="J3:K3"/>
     <mergeCell ref="L3:M3"/>
     <mergeCell ref="N3:N5"/>
     <mergeCell ref="C4:C5"/>
     <mergeCell ref="D4:D5"/>
     <mergeCell ref="F4:F5"/>
     <mergeCell ref="H4:H5"/>
     <mergeCell ref="I4:I5"/>
+    <mergeCell ref="J4:J5"/>
+    <mergeCell ref="K4:K5"/>
+    <mergeCell ref="L4:L5"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Аркуші</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Таблиця_3</vt:lpstr>
     </vt:vector>