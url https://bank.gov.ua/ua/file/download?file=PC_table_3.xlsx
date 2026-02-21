--- v1 (2025-12-26)
+++ v2 (2026-02-21)
@@ -2,65 +2,65 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="d:\UsersNBU\012685\Desktop\Звітність\Жовтень 2025\Таблиці на сайт на 01.11.2025\Укр\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="d:\UsersNBU\012685\Desktop\Звітність\Грудень 2025\Таблиці на сайт на 01.01.2026\Укр\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="20736" windowHeight="11160"/>
   </bookViews>
   <sheets>
     <sheet name="Таблиця_3" sheetId="2" r:id="rId1"/>
   </sheets>
   <calcPr calcId="162913"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="236" uniqueCount="94">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="242" uniqueCount="96">
   <si>
     <t>За видами носіїв інформації</t>
   </si>
   <si>
     <t>За типами держателів</t>
   </si>
   <si>
     <t>з магнітною смугою</t>
   </si>
   <si>
     <t>особисті</t>
   </si>
   <si>
     <t>За платіжною схемою</t>
   </si>
   <si>
     <t>Усього</t>
   </si>
   <si>
     <t>з них з функцією електронних грошей</t>
   </si>
   <si>
     <t>з них безконтактних</t>
   </si>
   <si>
@@ -298,50 +298,56 @@
     <t>лютий 2025</t>
   </si>
   <si>
     <t>березень 2025</t>
   </si>
   <si>
     <t>квітень 2025</t>
   </si>
   <si>
     <t>травень 2025</t>
   </si>
   <si>
     <t>червень 2025</t>
   </si>
   <si>
     <t>липень 2025</t>
   </si>
   <si>
     <t>серпень 2025</t>
   </si>
   <si>
     <t>вересень 2025</t>
   </si>
   <si>
     <t>жовтень 2025</t>
+  </si>
+  <si>
+    <t>листопад 2025</t>
+  </si>
+  <si>
+    <t>грудень 2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0;\(#,##0\)"/>
   </numFmts>
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial Cyr"/>
       <charset val="204"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial Cyr"/>
       <charset val="204"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="204"/>
@@ -522,88 +528,88 @@
     <xf numFmtId="164" fontId="2" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="8" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="6" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="7" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Звичайний" xfId="0" builtinId="0"/>
     <cellStyle name="Обычный 2" xfId="1"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
@@ -874,191 +880,191 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:O80"/>
+  <dimension ref="A1:O82"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane ySplit="5" topLeftCell="A66" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="B75" sqref="B75:N75"/>
+      <selection pane="bottomLeft" activeCell="A77" sqref="A77"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="20.88671875" customWidth="1"/>
     <col min="3" max="3" width="10.88671875" customWidth="1"/>
     <col min="4" max="4" width="11.44140625" customWidth="1"/>
     <col min="5" max="5" width="17.33203125" customWidth="1"/>
     <col min="6" max="6" width="9.88671875" customWidth="1"/>
     <col min="7" max="7" width="18.33203125" customWidth="1"/>
     <col min="8" max="8" width="15.5546875" customWidth="1"/>
     <col min="9" max="9" width="10.88671875" customWidth="1"/>
     <col min="10" max="10" width="14.44140625" customWidth="1"/>
     <col min="11" max="11" width="15" customWidth="1"/>
     <col min="12" max="12" width="13.5546875" customWidth="1"/>
     <col min="13" max="13" width="13.109375" customWidth="1"/>
     <col min="14" max="14" width="13.44140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" ht="13.8" x14ac:dyDescent="0.25">
-      <c r="A1" s="18" t="s">
+      <c r="A1" s="20" t="s">
         <v>71</v>
       </c>
-      <c r="B1" s="19"/>
-[...11 lines deleted...]
-      <c r="N1" s="20"/>
+      <c r="B1" s="21"/>
+      <c r="C1" s="21"/>
+      <c r="D1" s="21"/>
+      <c r="E1" s="21"/>
+      <c r="F1" s="21"/>
+      <c r="G1" s="21"/>
+      <c r="H1" s="21"/>
+      <c r="I1" s="21"/>
+      <c r="J1" s="21"/>
+      <c r="K1" s="21"/>
+      <c r="L1" s="21"/>
+      <c r="M1" s="21"/>
+      <c r="N1" s="22"/>
     </row>
     <row r="2" spans="1:15" ht="13.8" x14ac:dyDescent="0.25">
-      <c r="A2" s="21" t="s">
+      <c r="A2" s="19" t="s">
         <v>10</v>
       </c>
-      <c r="B2" s="21" t="s">
+      <c r="B2" s="19" t="s">
         <v>14</v>
       </c>
-      <c r="C2" s="21"/>
-[...10 lines deleted...]
-      <c r="N2" s="21"/>
+      <c r="C2" s="19"/>
+      <c r="D2" s="19"/>
+      <c r="E2" s="19"/>
+      <c r="F2" s="19"/>
+      <c r="G2" s="19"/>
+      <c r="H2" s="19"/>
+      <c r="I2" s="19"/>
+      <c r="J2" s="19"/>
+      <c r="K2" s="19"/>
+      <c r="L2" s="19"/>
+      <c r="M2" s="19"/>
+      <c r="N2" s="19"/>
     </row>
     <row r="3" spans="1:15" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="21"/>
-      <c r="B3" s="21" t="s">
+      <c r="A3" s="19"/>
+      <c r="B3" s="19" t="s">
         <v>5</v>
       </c>
-      <c r="C3" s="21" t="s">
+      <c r="C3" s="19" t="s">
         <v>0</v>
       </c>
-      <c r="D3" s="21"/>
-[...5 lines deleted...]
-      <c r="J3" s="21" t="s">
+      <c r="D3" s="19"/>
+      <c r="E3" s="19"/>
+      <c r="F3" s="19"/>
+      <c r="G3" s="19"/>
+      <c r="H3" s="19"/>
+      <c r="I3" s="19"/>
+      <c r="J3" s="19" t="s">
         <v>4</v>
       </c>
-      <c r="K3" s="21"/>
-      <c r="L3" s="21" t="s">
+      <c r="K3" s="19"/>
+      <c r="L3" s="19" t="s">
         <v>1</v>
       </c>
-      <c r="M3" s="21"/>
-      <c r="N3" s="21" t="s">
+      <c r="M3" s="19"/>
+      <c r="N3" s="19" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:15" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="21"/>
-[...1 lines deleted...]
-      <c r="C4" s="22" t="s">
+      <c r="A4" s="19"/>
+      <c r="B4" s="19"/>
+      <c r="C4" s="23" t="s">
         <v>2</v>
       </c>
-      <c r="D4" s="24" t="s">
+      <c r="D4" s="25" t="s">
         <v>30</v>
       </c>
       <c r="E4" s="1"/>
-      <c r="F4" s="26" t="s">
+      <c r="F4" s="27" t="s">
         <v>31</v>
       </c>
       <c r="G4" s="2"/>
-      <c r="H4" s="27" t="s">
+      <c r="H4" s="28" t="s">
         <v>34</v>
       </c>
-      <c r="I4" s="29" t="s">
+      <c r="I4" s="30" t="s">
         <v>8</v>
       </c>
-      <c r="J4" s="21" t="s">
+      <c r="J4" s="19" t="s">
         <v>20</v>
       </c>
-      <c r="K4" s="21" t="s">
+      <c r="K4" s="19" t="s">
         <v>21</v>
       </c>
-      <c r="L4" s="21" t="s">
+      <c r="L4" s="19" t="s">
         <v>9</v>
       </c>
-      <c r="M4" s="21" t="s">
+      <c r="M4" s="19" t="s">
         <v>3</v>
       </c>
-      <c r="N4" s="21"/>
+      <c r="N4" s="19"/>
     </row>
     <row r="5" spans="1:15" ht="27.6" x14ac:dyDescent="0.25">
-      <c r="A5" s="21"/>
-[...2 lines deleted...]
-      <c r="D5" s="25"/>
+      <c r="A5" s="19"/>
+      <c r="B5" s="19"/>
+      <c r="C5" s="24"/>
+      <c r="D5" s="26"/>
       <c r="E5" s="3" t="s">
         <v>7</v>
       </c>
-      <c r="F5" s="26"/>
+      <c r="F5" s="27"/>
       <c r="G5" s="3" t="s">
         <v>7</v>
       </c>
-      <c r="H5" s="28"/>
-[...5 lines deleted...]
-      <c r="N5" s="21"/>
+      <c r="H5" s="29"/>
+      <c r="I5" s="19"/>
+      <c r="J5" s="19"/>
+      <c r="K5" s="19"/>
+      <c r="L5" s="19"/>
+      <c r="M5" s="19"/>
+      <c r="N5" s="19"/>
     </row>
     <row r="6" spans="1:15" ht="13.8" x14ac:dyDescent="0.25">
       <c r="A6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="B6" s="4">
         <v>36345.349000000002</v>
       </c>
       <c r="C6" s="4">
         <v>24593.31</v>
       </c>
       <c r="D6" s="4">
         <v>9337.9969999999994</v>
       </c>
       <c r="E6" s="4">
         <v>7637.5150000000003</v>
       </c>
       <c r="F6" s="4">
         <v>0.153</v>
       </c>
       <c r="G6" s="5">
         <v>1.4E-2</v>
       </c>
       <c r="H6" s="4">
         <v>2233.7260000000001</v>
@@ -4097,139 +4103,227 @@
       <c r="G75" s="13">
         <v>35168.031000000003</v>
       </c>
       <c r="H75" s="13">
         <v>18778.100999999999</v>
       </c>
       <c r="I75" s="13">
         <v>3155.9989999999998</v>
       </c>
       <c r="J75" s="13">
         <v>36396.239000000001</v>
       </c>
       <c r="K75" s="13">
         <v>22457.42</v>
       </c>
       <c r="L75" s="13">
         <v>701.79899999999998</v>
       </c>
       <c r="M75" s="13">
         <v>58151.86</v>
       </c>
       <c r="N75" s="13">
         <v>0</v>
       </c>
     </row>
-    <row r="76" spans="1:14" x14ac:dyDescent="0.25">
-[...16 lines deleted...]
-      <c r="A77" s="8" t="s">
+    <row r="76" spans="1:14" s="16" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A76" s="15" t="s">
+        <v>94</v>
+      </c>
+      <c r="B76" s="13">
+        <v>59837.745999999999</v>
+      </c>
+      <c r="C76" s="13">
+        <v>1600.4179999999999</v>
+      </c>
+      <c r="D76" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E76" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="F76" s="13">
+        <v>35174.703999999998</v>
+      </c>
+      <c r="G76" s="13">
+        <v>35135.536999999997</v>
+      </c>
+      <c r="H76" s="13">
+        <v>19135.826000000001</v>
+      </c>
+      <c r="I76" s="13">
+        <v>3926.7979999999998</v>
+      </c>
+      <c r="J76" s="13">
+        <v>37336.383000000002</v>
+      </c>
+      <c r="K76" s="13">
+        <v>22501.363000000001</v>
+      </c>
+      <c r="L76" s="13">
+        <v>695.70600000000002</v>
+      </c>
+      <c r="M76" s="13">
+        <v>59142.04</v>
+      </c>
+      <c r="N76" s="13">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="77" spans="1:14" s="16" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A77" s="15" t="s">
+        <v>95</v>
+      </c>
+      <c r="B77" s="13">
+        <v>65429.088000000003</v>
+      </c>
+      <c r="C77" s="13">
+        <v>1502.44</v>
+      </c>
+      <c r="D77" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E77" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="F77" s="13">
+        <v>35930.694000000003</v>
+      </c>
+      <c r="G77" s="13">
+        <v>35891.466</v>
+      </c>
+      <c r="H77" s="13">
+        <v>20719.987000000001</v>
+      </c>
+      <c r="I77" s="13">
+        <v>7275.9669999999996</v>
+      </c>
+      <c r="J77" s="13">
+        <v>42682.775000000001</v>
+      </c>
+      <c r="K77" s="13">
+        <v>22746.312999999998</v>
+      </c>
+      <c r="L77" s="13">
+        <v>709.01700000000005</v>
+      </c>
+      <c r="M77" s="13">
+        <v>64720.071000000004</v>
+      </c>
+      <c r="N77" s="13">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="78" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A78" s="17"/>
+      <c r="B78" s="17"/>
+      <c r="C78" s="17"/>
+      <c r="D78" s="17"/>
+      <c r="E78" s="17"/>
+      <c r="F78" s="17"/>
+      <c r="G78" s="17"/>
+      <c r="H78" s="17"/>
+      <c r="I78" s="17"/>
+      <c r="J78" s="17"/>
+      <c r="K78" s="17"/>
+      <c r="L78" s="17"/>
+      <c r="M78" s="17"/>
+      <c r="N78" s="17"/>
+    </row>
+    <row r="79" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A79" s="8" t="s">
         <v>35</v>
       </c>
-      <c r="B77" s="8"/>
-[...3 lines deleted...]
-      <c r="A78" s="8" t="s">
+      <c r="B79" s="8"/>
+      <c r="C79" s="8"/>
+    </row>
+    <row r="80" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A80" s="8" t="s">
         <v>36</v>
       </c>
-      <c r="B78" s="8"/>
-[...5 lines deleted...]
-      <c r="A79" s="30" t="s">
+      <c r="B80" s="8"/>
+      <c r="C80" s="8"/>
+      <c r="D80" s="8"/>
+      <c r="E80" s="8"/>
+    </row>
+    <row r="81" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A81" s="18" t="s">
         <v>32</v>
       </c>
-      <c r="B79" s="30"/>
-[...14 lines deleted...]
-      <c r="A80" s="30" t="s">
+      <c r="B81" s="18"/>
+      <c r="C81" s="18"/>
+      <c r="D81" s="18"/>
+      <c r="E81" s="18"/>
+      <c r="F81" s="18"/>
+      <c r="G81" s="18"/>
+      <c r="H81" s="18"/>
+      <c r="I81" s="18"/>
+      <c r="J81" s="18"/>
+      <c r="K81" s="18"/>
+      <c r="L81" s="18"/>
+      <c r="M81" s="18"/>
+      <c r="N81" s="18"/>
+    </row>
+    <row r="82" spans="1:14" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A82" s="18" t="s">
         <v>51</v>
       </c>
-      <c r="B80" s="30"/>
-[...11 lines deleted...]
-      <c r="N80" s="30"/>
+      <c r="B82" s="18"/>
+      <c r="C82" s="18"/>
+      <c r="D82" s="18"/>
+      <c r="E82" s="18"/>
+      <c r="F82" s="18"/>
+      <c r="G82" s="18"/>
+      <c r="H82" s="18"/>
+      <c r="I82" s="18"/>
+      <c r="J82" s="18"/>
+      <c r="K82" s="18"/>
+      <c r="L82" s="18"/>
+      <c r="M82" s="18"/>
+      <c r="N82" s="18"/>
     </row>
   </sheetData>
   <mergeCells count="19">
-    <mergeCell ref="A80:N80"/>
+    <mergeCell ref="J4:J5"/>
+    <mergeCell ref="K4:K5"/>
+    <mergeCell ref="L4:L5"/>
+    <mergeCell ref="A82:N82"/>
     <mergeCell ref="M4:M5"/>
-    <mergeCell ref="A79:N79"/>
+    <mergeCell ref="A81:N81"/>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:A5"/>
     <mergeCell ref="B2:N2"/>
     <mergeCell ref="B3:B5"/>
     <mergeCell ref="C3:I3"/>
     <mergeCell ref="J3:K3"/>
     <mergeCell ref="L3:M3"/>
     <mergeCell ref="N3:N5"/>
     <mergeCell ref="C4:C5"/>
     <mergeCell ref="D4:D5"/>
     <mergeCell ref="F4:F5"/>
     <mergeCell ref="H4:H5"/>
     <mergeCell ref="I4:I5"/>
-    <mergeCell ref="J4:J5"/>
-[...1 lines deleted...]
-    <mergeCell ref="L4:L5"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Аркуші</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Таблиця_3</vt:lpstr>
     </vt:vector>